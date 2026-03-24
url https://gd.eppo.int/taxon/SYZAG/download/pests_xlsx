--- v0 (2025-10-04)
+++ v1 (2026-03-24)
@@ -35,51 +35,52 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>Austropuccinia psidii (as Syzygium)</t>
   </si>
   <si>
     <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>DACUTR</t>
   </si>
   <si>
     <t>Bactrocera tryoni</t>
   </si>
   <si>
     <t>* Hancock D, Hamacek EL, Lloyd AC, Elson-Harris MM (2000) The distribution and host plants of fruit flies (Diptera: Tephritidae) in Australia. Queensland Department of Primary Industries, 75 pp.</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii (as Syzygium)</t>
   </si>
   <si>
     <t>* NPPO of the Netherlands (2024-11). https://english.nvwa.nl/topics/pest-reporting/documents/plant/plant-health/pest-reporting/documents/close-out-report-eradication-of-meloidogyne-enterolobii-at-12-places-of-production-for-retail-in-the-netherlands</t>
   </si>