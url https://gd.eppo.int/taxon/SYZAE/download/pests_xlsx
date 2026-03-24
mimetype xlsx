--- v0 (2025-10-09)
+++ v1 (2026-03-24)
@@ -35,51 +35,52 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
+    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>Austropuccinia psidii (as Syzygium)</t>
   </si>
   <si>
     <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii (as Syzygium)</t>
   </si>
   <si>
     <t>* NPPO of the Netherlands (2024-11). https://english.nvwa.nl/topics/pest-reporting/documents/plant/plant-health/pest-reporting/documents/close-out-report-eradication-of-meloidogyne-enterolobii-at-12-places-of-production-for-retail-in-the-netherlands</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Syzygium)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>