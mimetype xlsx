--- v0 (2025-10-07)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SYRVU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Sforza R,Clair D, Daire X, Larrue J, Boudon-Padieu E (1998) The role of Hyalesthes obsoletus (Hemiptera: Cixiidae) in the occurrence of bois noir of grapevines in France. Journal of Phytopathology 146, 549-556.
 ------- Isolate found on S, vulgaris is not confirmed to belong 'Ca. Phytoplasma solani' (only the confirmation that the isolate found on this host plant belongs to the stolbur group is given).</t>
   </si>
@@ -184,50 +184,59 @@
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus (as Syringa)</t>
+  </si>
+  <si>
+    <t>HESOCA</t>
+  </si>
+  <si>
+    <t>Trichoferus campestris (as Syringa)</t>
+  </si>
+  <si>
+    <t>* Cocquempot C, Henin JM, Jourez B, Rapuzzi P, Roques A, Drumont A (2022) État de l’invasion de Trichoferus campestris (Faldermann, 1835) au plan international et réflexion sur sa première interception en Belgique (Coleoptera, Cerambycidae, Cerambycinae, Hesperophanini). Belgian Journal of Entomology, 129, 1–24.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Xylella fastidiosa subsp. multiplex.</t>
   </si>
   <si>
     <t>XYLEFM</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. multiplex</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>IGUTOC</t>
   </si>
   <si>
     <t>Igutettix oculatus</t>
@@ -568,62 +577,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="333.776" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="370.338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -877,79 +886,93 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
       <c r="C22" t="s">
         <v>60</v>
       </c>
       <c r="D22" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
       <c r="D24" t="s">
         <v>67</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>64</v>
+      </c>
+      <c r="B25" t="s">
+        <v>68</v>
+      </c>
+      <c r="C25" t="s">
+        <v>69</v>
+      </c>
+      <c r="D25" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">