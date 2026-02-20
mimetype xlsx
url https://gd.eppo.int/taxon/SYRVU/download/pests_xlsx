--- v1 (2025-12-02)
+++ v2 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SYRVU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Sforza R,Clair D, Daire X, Larrue J, Boudon-Padieu E (1998) The role of Hyalesthes obsoletus (Hemiptera: Cixiidae) in the occurrence of bois noir of grapevines in France. Journal of Phytopathology 146, 549-556.
 ------- Isolate found on S, vulgaris is not confirmed to belong 'Ca. Phytoplasma solani' (only the confirmation that the isolate found on this host plant belongs to the stolbur group is given).</t>
   </si>
@@ -171,54 +171,66 @@
     <t>Oemona hirta</t>
   </si>
   <si>
     <t>* Plant-SyNZ. Landcare Research (NZ). Host plants of a herbivore -Oemona hirta. http://plant-synz.landcareresearch.co.nz/index.asp). Last accessed 2021-06.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
+    <t>POCZSH</t>
+  </si>
+  <si>
+    <t>Pochazia shantungensis</t>
+  </si>
+  <si>
+    <t>* Çetin G, Göksel PH, Ak K, Hızal E (2025) Determining host preferences, population density, and geographical distribution of Pochazia shantungensis (Chu &amp; Lu, 1977)(Hemiptera: Ricaniidae) in the Eastern Marmara Region. Plant Protection Bulletin 65(4), 57-68.</t>
+  </si>
+  <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus (as Syringa)</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Syringa)</t>
   </si>
   <si>
     <t>* Cocquempot C, Henin JM, Jourez B, Rapuzzi P, Roques A, Drumont A (2022) État de l’invasion de Trichoferus campestris (Faldermann, 1835) au plan international et réflexion sur sa première interception en Belgique (Coleoptera, Cerambycidae, Cerambycinae, Hesperophanini). Belgian Journal of Entomology, 129, 1–24.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
@@ -577,51 +589,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D25"/>
+  <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="370.338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -835,144 +847,160 @@
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>55</v>
+      </c>
+      <c r="D19" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D23" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>64</v>
+        <v>8</v>
       </c>
       <c r="B24" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24" t="s">
+        <v>67</v>
+      </c>
+      <c r="D24" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B25" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
         <v>68</v>
       </c>
-      <c r="C25" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="B26" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" t="s">
+        <v>73</v>
+      </c>
+      <c r="D26" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">