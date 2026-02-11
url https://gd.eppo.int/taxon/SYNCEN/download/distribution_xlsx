--- v0 (2025-10-12)
+++ v1 (2026-02-11)
@@ -425,51 +425,51 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Present, widespread</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>
   <si>
     <t>nr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>