--- v1 (2026-02-11)
+++ v2 (2026-03-23)
@@ -1731,51 +1731,51 @@
       <c r="B50" t="s">
         <v>115</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>116</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>82</v>
       </c>
       <c r="B51" t="s">
         <v>117</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>118</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>82</v>
       </c>
       <c r="B52" t="s">
         <v>119</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>120</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>82</v>
       </c>
       <c r="B53" t="s">
         <v>121</v>
       </c>