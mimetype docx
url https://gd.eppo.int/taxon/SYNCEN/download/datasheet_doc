--- v0 (2025-10-08)
+++ v1 (2025-11-12)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Massee</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> black scab of potato, black wart of potato, wart disease of potato, wart of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383868e695ce5b530" w:history="1">
+            <w:hyperlink r:id="rId56936913f6dcc780e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391668e695ce5b5a6" w:history="1">
+            <w:hyperlink r:id="rId17216913f6dcc7891" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SYNCEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73221208" name="name317368e695ce5bd3e" descr="3972.jpg"/>
+                  <wp:docPr id="44018660" name="name55936913f6dcc7fdb" descr="3972.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3972.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId751668e695ce5bd3c" cstate="print"/>
+                          <a:blip r:embed="rId95256913f6dcc7fd9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId361568e695ce5be74" w:history="1">
+            <w:hyperlink r:id="rId62696913f6dcc80f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -757,63 +757,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in the Andean zone of South America, from where it was introduced into Europe in the 1880s. It spread widely in Europe, but statutory measures have restricted its distribution to other parts of the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18037772" name="name198568e695ce5cbc6" descr="SYNCEN_distribution_map.jpg"/>
+            <wp:docPr id="54262826" name="name60236913f6dcc90f5" descr="SYNCEN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SYNCEN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId312868e695ce5cbc4" cstate="print"/>
+                    <a:blip r:embed="rId29106913f6dcc90f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2063,51 +2063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819168e695ce5d628" w:history="1">
+      <w:hyperlink r:id="rId74296913f6dcc9e1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00775.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2142,51 +2142,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21-31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId625168e695ce5d6ab" w:history="1">
+      <w:hyperlink r:id="rId28786913f6dcca063" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-006-9039-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2292,51 +2292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId708468e695ce5d79d" w:history="1">
+      <w:hyperlink r:id="rId33996913f6dcca17b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02285.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2373,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100568e695ce5d81f" w:history="1">
+      <w:hyperlink r:id="rId32316913f6dcca241" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02453.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2454,51 +2454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7): 5352.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId434368e695ce5d8a6" w:history="1">
+      <w:hyperlink r:id="rId56406913f6dcca2d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5352</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2515,51 +2515,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schenk M, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication 2019 EN-1591. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115668e695ce5d90a" w:history="1">
+      <w:hyperlink r:id="rId24136913f6dcca362" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1591</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2574,51 +2574,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2005) EPPO Workshop on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paris, December 2005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463168e695ce5d967" w:history="1">
+      <w:hyperlink r:id="rId84146913f6dcca3c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2644,51 +2644,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">592-597. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670268e695ce5d9d5" w:history="1">
+      <w:hyperlink r:id="rId55796913f6dcca43c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2723,51 +2723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 420- 440. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431268e695ce5da4f" w:history="1">
+      <w:hyperlink r:id="rId42486913f6dcca55a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2833,51 +2833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 511-512. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505968e695ce5daf9" w:history="1">
+      <w:hyperlink r:id="rId11306913f6dcca612" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2952,51 +2952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 366-368. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865168e695ce5dbae" w:history="1">
+      <w:hyperlink r:id="rId93426913f6dcca6d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">487-503. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953868e695ce5dc35" w:history="1">
+      <w:hyperlink r:id="rId47936913f6dcca742" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3090,51 +3090,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum. EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131868e695ce5dca3" w:history="1">
+      <w:hyperlink r:id="rId32186913f6dcca7b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3218,51 +3218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317668e695ce5dd6f" w:history="1">
+      <w:hyperlink r:id="rId64476913f6dcca881" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9522-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3395,51 +3395,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198768e695ce5de82" w:history="1">
+      <w:hyperlink r:id="rId79646913f6dcca999" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02357446</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3581,51 +3581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25-31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355968e695ce5dfa8" w:history="1">
+      <w:hyperlink r:id="rId45666913f6dccaac4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00777.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3640,51 +3640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">van Leeuwen GCM, van de Vossenberg BTLH &amp; Westenberg M (2016) Final report Euphresco SENDO project Diagnostic methods for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, especially for pathotype identification.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId666568e695ce5e005" w:history="1">
+      <w:hyperlink r:id="rId31456913f6dccab22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://zenodo.org/record/3228343#.XR9CBI86-71</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">285-286. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId907268e695ce5e20f" w:history="1">
+      <w:hyperlink r:id="rId19006913f6dccad25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-14-0636-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4074,51 +4074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329268e695ce5e2bd" w:history="1">
+      <w:hyperlink r:id="rId98356913f6dccadd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0144-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4342,51 +4342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1043 – 1052. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId160968e695ce5e48f" w:history="1">
+      <w:hyperlink r:id="rId89656913f6dccaf99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-19-0024-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4432,51 +4432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">165-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484068e695ce5e51f" w:history="1">
+      <w:hyperlink r:id="rId57076913f6dccb02c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9156-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4551,51 +4551,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233868e695ce5e5e1" w:history="1">
+      <w:hyperlink r:id="rId75056913f6dccb0f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4754,63 +4754,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 129-134.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17745179" name="name883668e695ce5ec07" descr="eu_funding_250.png"/>
+            <wp:docPr id="77291142" name="name12596913f6dccb2b0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId521268e695ce5ec04" cstate="print"/>
+                    <a:blip r:embed="rId72076913f6dccb2ae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4908,137 +4908,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22036123">
+  <w:abstractNum w:abstractNumId="45233681">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87201498">
+    <w:lvl w:ilvl="0" w:tplc="14792266">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87201498" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14792266" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87201498" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14792266" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87201498" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14792266" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87201498" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14792266" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87201498" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14792266" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87201498" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14792266" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87201498" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14792266" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87201498" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14792266" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22036122">
+  <w:abstractNum w:abstractNumId="45233680">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77044761">
+    <w:lvl w:ilvl="0" w:tplc="78075445">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5790,55 +5790,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22036122">
-    <w:abstractNumId w:val="22036122"/>
+  <w:num w:numId="45233680">
+    <w:abstractNumId w:val="45233680"/>
   </w:num>
-  <w:num w:numId="22036123">
-    <w:abstractNumId w:val="22036123"/>
+  <w:num w:numId="45233681">
+    <w:abstractNumId w:val="45233681"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17388,51 +17388,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId592624203" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId170043651" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId383868e695ce5b530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/" TargetMode="External"/><Relationship Id="rId391668e695ce5b5a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/categorization" TargetMode="External"/><Relationship Id="rId361568e695ce5be74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/photos" TargetMode="External"/><Relationship Id="rId819168e695ce5d628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00775.x" TargetMode="External"/><Relationship Id="rId625168e695ce5d6ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9039-y" TargetMode="External"/><Relationship Id="rId708468e695ce5d79d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02285.x" TargetMode="External"/><Relationship Id="rId100568e695ce5d81f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02453.x" TargetMode="External"/><Relationship Id="rId434368e695ce5d8a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5352" TargetMode="External"/><Relationship Id="rId115668e695ce5d90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1591" TargetMode="External"/><Relationship Id="rId463168e695ce5d967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium" TargetMode="External"/><Relationship Id="rId670268e695ce5d9d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId431268e695ce5da4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId505968e695ce5daf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId865168e695ce5dbae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId953868e695ce5dc35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId131868e695ce5dca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId317668e695ce5dd6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9522-3" TargetMode="External"/><Relationship Id="rId198768e695ce5de82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02357446" TargetMode="External"/><Relationship Id="rId355968e695ce5dfa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00777.x" TargetMode="External"/><Relationship Id="rId666568e695ce5e005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/3228343#.XR9CBI86-71" TargetMode="External"/><Relationship Id="rId907268e695ce5e20f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-14-0636-PDN" TargetMode="External"/><Relationship Id="rId329268e695ce5e2bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0144-R" TargetMode="External"/><Relationship Id="rId160968e695ce5e48f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-19-0024-R" TargetMode="External"/><Relationship Id="rId484068e695ce5e51f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9156-2" TargetMode="External"/><Relationship Id="rId233868e695ce5e5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId751668e695ce5bd3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId751668e695ce5bd3c.jpg"/><Relationship Id="rId312868e695ce5cbc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId312868e695ce5cbc4.jpg"/><Relationship Id="rId521268e695ce5ec04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId521268e695ce5ec04.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId578540098" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId493489719" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId56936913f6dcc780e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/" TargetMode="External"/><Relationship Id="rId17216913f6dcc7891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/categorization" TargetMode="External"/><Relationship Id="rId62696913f6dcc80f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/photos" TargetMode="External"/><Relationship Id="rId74296913f6dcc9e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00775.x" TargetMode="External"/><Relationship Id="rId28786913f6dcca063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9039-y" TargetMode="External"/><Relationship Id="rId33996913f6dcca17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02285.x" TargetMode="External"/><Relationship Id="rId32316913f6dcca241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02453.x" TargetMode="External"/><Relationship Id="rId56406913f6dcca2d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5352" TargetMode="External"/><Relationship Id="rId24136913f6dcca362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1591" TargetMode="External"/><Relationship Id="rId84146913f6dcca3c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium" TargetMode="External"/><Relationship Id="rId55796913f6dcca43c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId42486913f6dcca55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId11306913f6dcca612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId93426913f6dcca6d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId47936913f6dcca742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId32186913f6dcca7b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId64476913f6dcca881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9522-3" TargetMode="External"/><Relationship Id="rId79646913f6dcca999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02357446" TargetMode="External"/><Relationship Id="rId45666913f6dccaac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00777.x" TargetMode="External"/><Relationship Id="rId31456913f6dccab22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/3228343#.XR9CBI86-71" TargetMode="External"/><Relationship Id="rId19006913f6dccad25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-14-0636-PDN" TargetMode="External"/><Relationship Id="rId98356913f6dccadd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0144-R" TargetMode="External"/><Relationship Id="rId89656913f6dccaf99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-19-0024-R" TargetMode="External"/><Relationship Id="rId57076913f6dccb02c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9156-2" TargetMode="External"/><Relationship Id="rId75056913f6dccb0f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId95256913f6dcc7fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95256913f6dcc7fd9.jpg"/><Relationship Id="rId29106913f6dcc90f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29106913f6dcc90f2.jpg"/><Relationship Id="rId72076913f6dccb2ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72076913f6dccb2ae.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>