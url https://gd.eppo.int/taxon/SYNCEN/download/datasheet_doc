--- v1 (2025-11-12)
+++ v2 (2025-12-02)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Massee</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> black scab of potato, black wart of potato, wart disease of potato, wart of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56936913f6dcc780e" w:history="1">
+            <w:hyperlink r:id="rId9698692e8eaee9291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17216913f6dcc7891" w:history="1">
+            <w:hyperlink r:id="rId6924692e8eaee92f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SYNCEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44018660" name="name55936913f6dcc7fdb" descr="3972.jpg"/>
+                  <wp:docPr id="74601316" name="name6644692e8eaee9b7f" descr="3972.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3972.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId95256913f6dcc7fd9" cstate="print"/>
+                          <a:blip r:embed="rId2774692e8eaee9b7d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId62696913f6dcc80f5" w:history="1">
+            <w:hyperlink r:id="rId8104692e8eaee9c60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -757,63 +757,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in the Andean zone of South America, from where it was introduced into Europe in the 1880s. It spread widely in Europe, but statutory measures have restricted its distribution to other parts of the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54262826" name="name60236913f6dcc90f5" descr="SYNCEN_distribution_map.jpg"/>
+            <wp:docPr id="8652828" name="name3722692e8eaeeab95" descr="SYNCEN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SYNCEN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29106913f6dcc90f2" cstate="print"/>
+                    <a:blip r:embed="rId3020692e8eaeeab93" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2063,51 +2063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74296913f6dcc9e1c" w:history="1">
+      <w:hyperlink r:id="rId7225692e8eaeeb56e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00775.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2142,51 +2142,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21-31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28786913f6dcca063" w:history="1">
+      <w:hyperlink r:id="rId8478692e8eaeeb5f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-006-9039-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2292,51 +2292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33996913f6dcca17b" w:history="1">
+      <w:hyperlink r:id="rId7991692e8eaeeb6f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02285.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2373,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32316913f6dcca241" w:history="1">
+      <w:hyperlink r:id="rId7893692e8eaeeb77b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02453.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2454,51 +2454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7): 5352.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56406913f6dcca2d3" w:history="1">
+      <w:hyperlink r:id="rId8963692e8eaeeb801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5352</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2515,51 +2515,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schenk M, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication 2019 EN-1591. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24136913f6dcca362" w:history="1">
+      <w:hyperlink r:id="rId1926692e8eaeeb866" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1591</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2574,51 +2574,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2005) EPPO Workshop on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paris, December 2005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84146913f6dcca3c9" w:history="1">
+      <w:hyperlink r:id="rId2529692e8eaeeb8c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2644,51 +2644,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">592-597. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55796913f6dcca43c" w:history="1">
+      <w:hyperlink r:id="rId2052692e8eaeeb934" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2723,51 +2723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 420- 440. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42486913f6dcca55a" w:history="1">
+      <w:hyperlink r:id="rId9344692e8eaeeb9b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2833,51 +2833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 511-512. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11306913f6dcca612" w:history="1">
+      <w:hyperlink r:id="rId9533692e8eaeeba5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2952,51 +2952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 366-368. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93426913f6dcca6d0" w:history="1">
+      <w:hyperlink r:id="rId6908692e8eaeebb14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">487-503. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47936913f6dcca742" w:history="1">
+      <w:hyperlink r:id="rId9350692e8eaeebb83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3090,51 +3090,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum. EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32186913f6dcca7b0" w:history="1">
+      <w:hyperlink r:id="rId8964692e8eaeebbf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3218,51 +3218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64476913f6dcca881" w:history="1">
+      <w:hyperlink r:id="rId7489692e8eaeebcbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9522-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3395,51 +3395,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79646913f6dcca999" w:history="1">
+      <w:hyperlink r:id="rId8159692e8eaeebdd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02357446</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3581,51 +3581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25-31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45666913f6dccaac4" w:history="1">
+      <w:hyperlink r:id="rId8723692e8eaeebefc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00777.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3640,51 +3640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">van Leeuwen GCM, van de Vossenberg BTLH &amp; Westenberg M (2016) Final report Euphresco SENDO project Diagnostic methods for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, especially for pathotype identification.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31456913f6dccab22" w:history="1">
+      <w:hyperlink r:id="rId8411692e8eaeebf59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://zenodo.org/record/3228343#.XR9CBI86-71</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">285-286. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19006913f6dccad25" w:history="1">
+      <w:hyperlink r:id="rId8450692e8eaeec158" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-14-0636-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4074,51 +4074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98356913f6dccadd5" w:history="1">
+      <w:hyperlink r:id="rId8922692e8eaeec207" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0144-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4342,51 +4342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1043 – 1052. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89656913f6dccaf99" w:history="1">
+      <w:hyperlink r:id="rId5215692e8eaeec3bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-19-0024-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4432,51 +4432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">165-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57076913f6dccb02c" w:history="1">
+      <w:hyperlink r:id="rId9299692e8eaeec44f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9156-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4551,51 +4551,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75056913f6dccb0f5" w:history="1">
+      <w:hyperlink r:id="rId6456692e8eaeec528" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4754,63 +4754,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 129-134.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77291142" name="name12596913f6dccb2b0" descr="eu_funding_250.png"/>
+            <wp:docPr id="97594434" name="name1038692e8eaeec6ca" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId72076913f6dccb2ae" cstate="print"/>
+                    <a:blip r:embed="rId5225692e8eaeec6c9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4908,137 +4908,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45233681">
+  <w:abstractNum w:abstractNumId="43789940">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14792266">
+    <w:lvl w:ilvl="0" w:tplc="81769760">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14792266" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81769760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14792266" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81769760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14792266" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81769760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14792266" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81769760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14792266" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81769760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14792266" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81769760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14792266" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81769760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14792266" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81769760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45233680">
+  <w:abstractNum w:abstractNumId="43789939">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78075445">
+    <w:lvl w:ilvl="0" w:tplc="62807702">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5790,55 +5790,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45233680">
-    <w:abstractNumId w:val="45233680"/>
+  <w:num w:numId="43789939">
+    <w:abstractNumId w:val="43789939"/>
   </w:num>
-  <w:num w:numId="45233681">
-    <w:abstractNumId w:val="45233681"/>
+  <w:num w:numId="43789940">
+    <w:abstractNumId w:val="43789940"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17388,51 +17388,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId578540098" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId493489719" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId56936913f6dcc780e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/" TargetMode="External"/><Relationship Id="rId17216913f6dcc7891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/categorization" TargetMode="External"/><Relationship Id="rId62696913f6dcc80f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/photos" TargetMode="External"/><Relationship Id="rId74296913f6dcc9e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00775.x" TargetMode="External"/><Relationship Id="rId28786913f6dcca063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9039-y" TargetMode="External"/><Relationship Id="rId33996913f6dcca17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02285.x" TargetMode="External"/><Relationship Id="rId32316913f6dcca241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02453.x" TargetMode="External"/><Relationship Id="rId56406913f6dcca2d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5352" TargetMode="External"/><Relationship Id="rId24136913f6dcca362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1591" TargetMode="External"/><Relationship Id="rId84146913f6dcca3c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium" TargetMode="External"/><Relationship Id="rId55796913f6dcca43c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId42486913f6dcca55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId11306913f6dcca612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId93426913f6dcca6d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId47936913f6dcca742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId32186913f6dcca7b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId64476913f6dcca881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9522-3" TargetMode="External"/><Relationship Id="rId79646913f6dcca999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02357446" TargetMode="External"/><Relationship Id="rId45666913f6dccaac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00777.x" TargetMode="External"/><Relationship Id="rId31456913f6dccab22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/3228343#.XR9CBI86-71" TargetMode="External"/><Relationship Id="rId19006913f6dccad25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-14-0636-PDN" TargetMode="External"/><Relationship Id="rId98356913f6dccadd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0144-R" TargetMode="External"/><Relationship Id="rId89656913f6dccaf99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-19-0024-R" TargetMode="External"/><Relationship Id="rId57076913f6dccb02c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9156-2" TargetMode="External"/><Relationship Id="rId75056913f6dccb0f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId95256913f6dcc7fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95256913f6dcc7fd9.jpg"/><Relationship Id="rId29106913f6dcc90f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29106913f6dcc90f2.jpg"/><Relationship Id="rId72076913f6dccb2ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72076913f6dccb2ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId951707891" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId105070551" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9698692e8eaee9291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/" TargetMode="External"/><Relationship Id="rId6924692e8eaee92f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/categorization" TargetMode="External"/><Relationship Id="rId8104692e8eaee9c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/photos" TargetMode="External"/><Relationship Id="rId7225692e8eaeeb56e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00775.x" TargetMode="External"/><Relationship Id="rId8478692e8eaeeb5f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9039-y" TargetMode="External"/><Relationship Id="rId7991692e8eaeeb6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02285.x" TargetMode="External"/><Relationship Id="rId7893692e8eaeeb77b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02453.x" TargetMode="External"/><Relationship Id="rId8963692e8eaeeb801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5352" TargetMode="External"/><Relationship Id="rId1926692e8eaeeb866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1591" TargetMode="External"/><Relationship Id="rId2529692e8eaeeb8c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium" TargetMode="External"/><Relationship Id="rId2052692e8eaeeb934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9344692e8eaeeb9b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId9533692e8eaeeba5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId6908692e8eaeebb14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9350692e8eaeebb83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId8964692e8eaeebbf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId7489692e8eaeebcbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9522-3" TargetMode="External"/><Relationship Id="rId8159692e8eaeebdd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02357446" TargetMode="External"/><Relationship Id="rId8723692e8eaeebefc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00777.x" TargetMode="External"/><Relationship Id="rId8411692e8eaeebf59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/3228343#.XR9CBI86-71" TargetMode="External"/><Relationship Id="rId8450692e8eaeec158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-14-0636-PDN" TargetMode="External"/><Relationship Id="rId8922692e8eaeec207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0144-R" TargetMode="External"/><Relationship Id="rId5215692e8eaeec3bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-19-0024-R" TargetMode="External"/><Relationship Id="rId9299692e8eaeec44f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9156-2" TargetMode="External"/><Relationship Id="rId6456692e8eaeec528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2774692e8eaee9b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2774692e8eaee9b7d.jpg"/><Relationship Id="rId3020692e8eaeeab93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3020692e8eaeeab93.jpg"/><Relationship Id="rId5225692e8eaeec6c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5225692e8eaeec6c9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>