--- v2 (2025-12-02)
+++ v3 (2026-01-14)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Massee</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> black scab of potato, black wart of potato, wart disease of potato, wart of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9698692e8eaee9291" w:history="1">
+            <w:hyperlink r:id="rId370869671ad302552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6924692e8eaee92f7" w:history="1">
+            <w:hyperlink r:id="rId350469671ad3025bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SYNCEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74601316" name="name6644692e8eaee9b7f" descr="3972.jpg"/>
+                  <wp:docPr id="17655105" name="name971669671ad3026c2" descr="3972.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3972.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2774692e8eaee9b7d" cstate="print"/>
+                          <a:blip r:embed="rId327969671ad3026c1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8104692e8eaee9c60" w:history="1">
+            <w:hyperlink r:id="rId644469671ad3027dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -757,63 +757,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in the Andean zone of South America, from where it was introduced into Europe in the 1880s. It spread widely in Europe, but statutory measures have restricted its distribution to other parts of the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8652828" name="name3722692e8eaeeab95" descr="SYNCEN_distribution_map.jpg"/>
+            <wp:docPr id="47954012" name="name429569671ad303a41" descr="SYNCEN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SYNCEN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3020692e8eaeeab93" cstate="print"/>
+                    <a:blip r:embed="rId864069671ad303a3f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2063,51 +2063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7225692e8eaeeb56e" w:history="1">
+      <w:hyperlink r:id="rId522769671ad3044b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00775.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2142,51 +2142,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21-31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8478692e8eaeeb5f5" w:history="1">
+      <w:hyperlink r:id="rId805369671ad30453d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-006-9039-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2292,51 +2292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7991692e8eaeeb6f7" w:history="1">
+      <w:hyperlink r:id="rId424169671ad304633" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02285.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2373,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7893692e8eaeeb77b" w:history="1">
+      <w:hyperlink r:id="rId476469671ad3046b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02453.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2454,51 +2454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7): 5352.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8963692e8eaeeb801" w:history="1">
+      <w:hyperlink r:id="rId484469671ad30473f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5352</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2515,51 +2515,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schenk M, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication 2019 EN-1591. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1926692e8eaeeb866" w:history="1">
+      <w:hyperlink r:id="rId180669671ad3047a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1591</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2574,51 +2574,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2005) EPPO Workshop on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paris, December 2005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2529692e8eaeeb8c4" w:history="1">
+      <w:hyperlink r:id="rId165369671ad304802" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2644,51 +2644,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">592-597. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2052692e8eaeeb934" w:history="1">
+      <w:hyperlink r:id="rId438969671ad304872" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2723,51 +2723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 420- 440. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9344692e8eaeeb9b0" w:history="1">
+      <w:hyperlink r:id="rId648969671ad3048ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2833,51 +2833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 511-512. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9533692e8eaeeba5b" w:history="1">
+      <w:hyperlink r:id="rId208269671ad30499a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2952,51 +2952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 366-368. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6908692e8eaeebb14" w:history="1">
+      <w:hyperlink r:id="rId280269671ad304a55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">487-503. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9350692e8eaeebb83" w:history="1">
+      <w:hyperlink r:id="rId661369671ad304ac4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3090,51 +3090,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum. EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8964692e8eaeebbf0" w:history="1">
+      <w:hyperlink r:id="rId347569671ad304b33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3218,51 +3218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7489692e8eaeebcbe" w:history="1">
+      <w:hyperlink r:id="rId284169671ad304c00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9522-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3395,51 +3395,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8159692e8eaeebdd4" w:history="1">
+      <w:hyperlink r:id="rId331869671ad304d1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02357446</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3581,51 +3581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25-31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8723692e8eaeebefc" w:history="1">
+      <w:hyperlink r:id="rId739469671ad304e59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00777.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3640,51 +3640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">van Leeuwen GCM, van de Vossenberg BTLH &amp; Westenberg M (2016) Final report Euphresco SENDO project Diagnostic methods for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, especially for pathotype identification.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8411692e8eaeebf59" w:history="1">
+      <w:hyperlink r:id="rId434969671ad304eb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://zenodo.org/record/3228343#.XR9CBI86-71</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">285-286. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8450692e8eaeec158" w:history="1">
+      <w:hyperlink r:id="rId772669671ad3050cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-14-0636-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4074,51 +4074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8922692e8eaeec207" w:history="1">
+      <w:hyperlink r:id="rId280369671ad30517e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0144-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4342,51 +4342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1043 – 1052. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5215692e8eaeec3bf" w:history="1">
+      <w:hyperlink r:id="rId911169671ad305339" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-19-0024-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4432,51 +4432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">165-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9299692e8eaeec44f" w:history="1">
+      <w:hyperlink r:id="rId201669671ad3053cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9156-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4529,73 +4529,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6456692e8eaeec528" w:history="1">
+      <w:hyperlink r:id="rId778069671ad305494" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4754,63 +4754,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 129-134.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97594434" name="name1038692e8eaeec6ca" descr="eu_funding_250.png"/>
+            <wp:docPr id="10642374" name="name522969671ad30563e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5225692e8eaeec6c9" cstate="print"/>
+                    <a:blip r:embed="rId813769671ad30563d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4908,137 +4908,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43789940">
+  <w:abstractNum w:abstractNumId="95582267">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81769760">
+    <w:lvl w:ilvl="0" w:tplc="75230072">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81769760" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75230072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81769760" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75230072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81769760" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75230072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81769760" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75230072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81769760" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75230072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81769760" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75230072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81769760" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75230072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81769760" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75230072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43789939">
+  <w:abstractNum w:abstractNumId="95582266">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62807702">
+    <w:lvl w:ilvl="0" w:tplc="75174397">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5790,55 +5790,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43789939">
-    <w:abstractNumId w:val="43789939"/>
+  <w:num w:numId="95582266">
+    <w:abstractNumId w:val="95582266"/>
   </w:num>
-  <w:num w:numId="43789940">
-    <w:abstractNumId w:val="43789940"/>
+  <w:num w:numId="95582267">
+    <w:abstractNumId w:val="95582267"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17388,51 +17388,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId951707891" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId105070551" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9698692e8eaee9291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/" TargetMode="External"/><Relationship Id="rId6924692e8eaee92f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/categorization" TargetMode="External"/><Relationship Id="rId8104692e8eaee9c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/photos" TargetMode="External"/><Relationship Id="rId7225692e8eaeeb56e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00775.x" TargetMode="External"/><Relationship Id="rId8478692e8eaeeb5f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9039-y" TargetMode="External"/><Relationship Id="rId7991692e8eaeeb6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02285.x" TargetMode="External"/><Relationship Id="rId7893692e8eaeeb77b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02453.x" TargetMode="External"/><Relationship Id="rId8963692e8eaeeb801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5352" TargetMode="External"/><Relationship Id="rId1926692e8eaeeb866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1591" TargetMode="External"/><Relationship Id="rId2529692e8eaeeb8c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium" TargetMode="External"/><Relationship Id="rId2052692e8eaeeb934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9344692e8eaeeb9b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId9533692e8eaeeba5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId6908692e8eaeebb14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9350692e8eaeebb83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId8964692e8eaeebbf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId7489692e8eaeebcbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9522-3" TargetMode="External"/><Relationship Id="rId8159692e8eaeebdd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02357446" TargetMode="External"/><Relationship Id="rId8723692e8eaeebefc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00777.x" TargetMode="External"/><Relationship Id="rId8411692e8eaeebf59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/3228343#.XR9CBI86-71" TargetMode="External"/><Relationship Id="rId8450692e8eaeec158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-14-0636-PDN" TargetMode="External"/><Relationship Id="rId8922692e8eaeec207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0144-R" TargetMode="External"/><Relationship Id="rId5215692e8eaeec3bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-19-0024-R" TargetMode="External"/><Relationship Id="rId9299692e8eaeec44f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9156-2" TargetMode="External"/><Relationship Id="rId6456692e8eaeec528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2774692e8eaee9b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2774692e8eaee9b7d.jpg"/><Relationship Id="rId3020692e8eaeeab93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3020692e8eaeeab93.jpg"/><Relationship Id="rId5225692e8eaeec6c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5225692e8eaeec6c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940526071" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId990538914" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId370869671ad302552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/" TargetMode="External"/><Relationship Id="rId350469671ad3025bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/categorization" TargetMode="External"/><Relationship Id="rId644469671ad3027dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/photos" TargetMode="External"/><Relationship Id="rId522769671ad3044b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00775.x" TargetMode="External"/><Relationship Id="rId805369671ad30453d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9039-y" TargetMode="External"/><Relationship Id="rId424169671ad304633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02285.x" TargetMode="External"/><Relationship Id="rId476469671ad3046b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02453.x" TargetMode="External"/><Relationship Id="rId484469671ad30473f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5352" TargetMode="External"/><Relationship Id="rId180669671ad3047a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1591" TargetMode="External"/><Relationship Id="rId165369671ad304802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium" TargetMode="External"/><Relationship Id="rId438969671ad304872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId648969671ad3048ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId208269671ad30499a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId280269671ad304a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId661369671ad304ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId347569671ad304b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId284169671ad304c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9522-3" TargetMode="External"/><Relationship Id="rId331869671ad304d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02357446" TargetMode="External"/><Relationship Id="rId739469671ad304e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00777.x" TargetMode="External"/><Relationship Id="rId434969671ad304eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/3228343#.XR9CBI86-71" TargetMode="External"/><Relationship Id="rId772669671ad3050cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-14-0636-PDN" TargetMode="External"/><Relationship Id="rId280369671ad30517e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0144-R" TargetMode="External"/><Relationship Id="rId911169671ad305339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-19-0024-R" TargetMode="External"/><Relationship Id="rId201669671ad3053cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9156-2" TargetMode="External"/><Relationship Id="rId778069671ad305494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId327969671ad3026c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327969671ad3026c1.jpg"/><Relationship Id="rId864069671ad303a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId864069671ad303a3f.jpg"/><Relationship Id="rId813769671ad30563d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId813769671ad30563d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>