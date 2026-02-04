--- v3 (2026-01-14)
+++ v4 (2026-02-04)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Massee</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> black scab of potato, black wart of potato, wart disease of potato, wart of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId370869671ad302552" w:history="1">
+            <w:hyperlink r:id="rId251469832ca455c75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350469671ad3025bf" w:history="1">
+            <w:hyperlink r:id="rId779269832ca455cde" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SYNCEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17655105" name="name971669671ad3026c2" descr="3972.jpg"/>
+                  <wp:docPr id="83917419" name="name460069832ca45631a" descr="3972.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3972.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId327969671ad3026c1" cstate="print"/>
+                          <a:blip r:embed="rId729469832ca456318" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId644469671ad3027dc" w:history="1">
+            <w:hyperlink r:id="rId330169832ca456445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -757,105 +757,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in the Andean zone of South America, from where it was introduced into Europe in the 1880s. It spread widely in Europe, but statutory measures have restricted its distribution to other parts of the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47954012" name="name429569671ad303a41" descr="SYNCEN_distribution_map.jpg"/>
+            <wp:docPr id="36046802" name="name710369832ca457242" descr="SYNCEN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SYNCEN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId864069671ad303a3f" cstate="print"/>
+                    <a:blip r:embed="rId998469832ca45723f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Armenia, Belarus, Bulgaria, Czechia, Denmark, Estonia, Finland, Georgia, Germany, Greece (mainland), Ireland, Italy (mainland), Luxembourg, Montenegro, Netherlands, Poland, Romania, Russian Federation (the) (Central Russia, Northern Russia, Southern Russia), Slovakia, Sweden, Tunisia, Türkiye, Ukraine, United Kingdom (England, Scotland)</w:t>
+        <w:t xml:space="preserve"> Armenia, Belarus, Bulgaria, Czechia, Denmark, Estonia, Finland, Georgia, Germany, Greece (mainland), Ireland, Italy (mainland), Luxembourg, Montenegro, Netherlands, Poland, Romania, Russian Federation (Central Russia, Northern Russia, Southern Russia), Slovakia, Sweden, Tunisia, Türkiye, Ukraine, United Kingdom (England, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> South Africa, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2063,51 +2063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522769671ad3044b6" w:history="1">
+      <w:hyperlink r:id="rId838169832ca457c89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00775.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2142,51 +2142,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21-31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805369671ad30453d" w:history="1">
+      <w:hyperlink r:id="rId146669832ca457d12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-006-9039-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2292,51 +2292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424169671ad304633" w:history="1">
+      <w:hyperlink r:id="rId797569832ca457e27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02285.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2373,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId476469671ad3046b7" w:history="1">
+      <w:hyperlink r:id="rId544769832ca457eaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02453.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2454,51 +2454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7): 5352.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484469671ad30473f" w:history="1">
+      <w:hyperlink r:id="rId872869832ca457f37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5352</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2515,51 +2515,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schenk M, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication 2019 EN-1591. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180669671ad3047a3" w:history="1">
+      <w:hyperlink r:id="rId369469832ca457f9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1591</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2574,51 +2574,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2005) EPPO Workshop on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paris, December 2005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165369671ad304802" w:history="1">
+      <w:hyperlink r:id="rId326669832ca457ffc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2644,51 +2644,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">592-597. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId438969671ad304872" w:history="1">
+      <w:hyperlink r:id="rId647869832ca45806d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2723,51 +2723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 420- 440. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648969671ad3048ec" w:history="1">
+      <w:hyperlink r:id="rId392969832ca4580e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2833,51 +2833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 511-512. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId208269671ad30499a" w:history="1">
+      <w:hyperlink r:id="rId343869832ca458196" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2952,51 +2952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 366-368. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280269671ad304a55" w:history="1">
+      <w:hyperlink r:id="rId439669832ca45824e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">487-503. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId661369671ad304ac4" w:history="1">
+      <w:hyperlink r:id="rId101069832ca4582bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3090,51 +3090,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum. EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId347569671ad304b33" w:history="1">
+      <w:hyperlink r:id="rId719369832ca45832a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3218,51 +3218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId284169671ad304c00" w:history="1">
+      <w:hyperlink r:id="rId827869832ca4583f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9522-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3395,51 +3395,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId331869671ad304d1a" w:history="1">
+      <w:hyperlink r:id="rId550869832ca45850b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02357446</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3581,51 +3581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25-31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739469671ad304e59" w:history="1">
+      <w:hyperlink r:id="rId740769832ca458631" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00777.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3640,51 +3640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">van Leeuwen GCM, van de Vossenberg BTLH &amp; Westenberg M (2016) Final report Euphresco SENDO project Diagnostic methods for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, especially for pathotype identification.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId434969671ad304eb9" w:history="1">
+      <w:hyperlink r:id="rId305169832ca45868d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://zenodo.org/record/3228343#.XR9CBI86-71</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">285-286. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772669671ad3050cc" w:history="1">
+      <w:hyperlink r:id="rId905569832ca458888" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-14-0636-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4074,51 +4074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280369671ad30517e" w:history="1">
+      <w:hyperlink r:id="rId627669832ca458935" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0144-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4342,51 +4342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1043 – 1052. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911169671ad305339" w:history="1">
+      <w:hyperlink r:id="rId192269832ca458aed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-19-0024-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4432,51 +4432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">165-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId201669671ad3053cd" w:history="1">
+      <w:hyperlink r:id="rId981969832ca458b7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9156-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4551,51 +4551,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId778069671ad305494" w:history="1">
+      <w:hyperlink r:id="rId936269832ca458c3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4754,63 +4754,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 129-134.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10642374" name="name522969671ad30563e" descr="eu_funding_250.png"/>
+            <wp:docPr id="32594821" name="name646769832ca458dcc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId813769671ad30563d" cstate="print"/>
+                    <a:blip r:embed="rId908269832ca458dca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4908,137 +4908,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95582267">
+  <w:abstractNum w:abstractNumId="85042243">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75230072">
+    <w:lvl w:ilvl="0" w:tplc="68454356">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75230072" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68454356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75230072" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68454356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75230072" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68454356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75230072" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68454356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75230072" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68454356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75230072" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68454356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75230072" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68454356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75230072" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68454356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95582266">
+  <w:abstractNum w:abstractNumId="85042242">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75174397">
+    <w:lvl w:ilvl="0" w:tplc="91017122">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5790,55 +5790,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95582266">
-    <w:abstractNumId w:val="95582266"/>
+  <w:num w:numId="85042242">
+    <w:abstractNumId w:val="85042242"/>
   </w:num>
-  <w:num w:numId="95582267">
-    <w:abstractNumId w:val="95582267"/>
+  <w:num w:numId="85042243">
+    <w:abstractNumId w:val="85042243"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17388,51 +17388,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940526071" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId990538914" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId370869671ad302552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/" TargetMode="External"/><Relationship Id="rId350469671ad3025bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/categorization" TargetMode="External"/><Relationship Id="rId644469671ad3027dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/photos" TargetMode="External"/><Relationship Id="rId522769671ad3044b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00775.x" TargetMode="External"/><Relationship Id="rId805369671ad30453d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9039-y" TargetMode="External"/><Relationship Id="rId424169671ad304633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02285.x" TargetMode="External"/><Relationship Id="rId476469671ad3046b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02453.x" TargetMode="External"/><Relationship Id="rId484469671ad30473f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5352" TargetMode="External"/><Relationship Id="rId180669671ad3047a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1591" TargetMode="External"/><Relationship Id="rId165369671ad304802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium" TargetMode="External"/><Relationship Id="rId438969671ad304872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId648969671ad3048ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId208269671ad30499a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId280269671ad304a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId661369671ad304ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId347569671ad304b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId284169671ad304c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9522-3" TargetMode="External"/><Relationship Id="rId331869671ad304d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02357446" TargetMode="External"/><Relationship Id="rId739469671ad304e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00777.x" TargetMode="External"/><Relationship Id="rId434969671ad304eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/3228343#.XR9CBI86-71" TargetMode="External"/><Relationship Id="rId772669671ad3050cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-14-0636-PDN" TargetMode="External"/><Relationship Id="rId280369671ad30517e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0144-R" TargetMode="External"/><Relationship Id="rId911169671ad305339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-19-0024-R" TargetMode="External"/><Relationship Id="rId201669671ad3053cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9156-2" TargetMode="External"/><Relationship Id="rId778069671ad305494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId327969671ad3026c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327969671ad3026c1.jpg"/><Relationship Id="rId864069671ad303a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId864069671ad303a3f.jpg"/><Relationship Id="rId813769671ad30563d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId813769671ad30563d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId329623501" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId447803959" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId251469832ca455c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/" TargetMode="External"/><Relationship Id="rId779269832ca455cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/categorization" TargetMode="External"/><Relationship Id="rId330169832ca456445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/photos" TargetMode="External"/><Relationship Id="rId838169832ca457c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00775.x" TargetMode="External"/><Relationship Id="rId146669832ca457d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9039-y" TargetMode="External"/><Relationship Id="rId797569832ca457e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02285.x" TargetMode="External"/><Relationship Id="rId544769832ca457eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02453.x" TargetMode="External"/><Relationship Id="rId872869832ca457f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5352" TargetMode="External"/><Relationship Id="rId369469832ca457f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1591" TargetMode="External"/><Relationship Id="rId326669832ca457ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium" TargetMode="External"/><Relationship Id="rId647869832ca45806d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId392969832ca4580e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId343869832ca458196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId439669832ca45824e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId101069832ca4582bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId719369832ca45832a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId827869832ca4583f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9522-3" TargetMode="External"/><Relationship Id="rId550869832ca45850b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02357446" TargetMode="External"/><Relationship Id="rId740769832ca458631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00777.x" TargetMode="External"/><Relationship Id="rId305169832ca45868d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/3228343#.XR9CBI86-71" TargetMode="External"/><Relationship Id="rId905569832ca458888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-14-0636-PDN" TargetMode="External"/><Relationship Id="rId627669832ca458935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0144-R" TargetMode="External"/><Relationship Id="rId192269832ca458aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-19-0024-R" TargetMode="External"/><Relationship Id="rId981969832ca458b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9156-2" TargetMode="External"/><Relationship Id="rId936269832ca458c3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId729469832ca456318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId729469832ca456318.jpg"/><Relationship Id="rId998469832ca45723f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId998469832ca45723f.jpg"/><Relationship Id="rId908269832ca458dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId908269832ca458dca.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>