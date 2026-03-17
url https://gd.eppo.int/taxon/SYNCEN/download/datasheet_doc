--- v4 (2026-02-04)
+++ v5 (2026-03-17)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Massee</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> black scab of potato, black wart of potato, wart disease of potato, wart of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251469832ca455c75" w:history="1">
+            <w:hyperlink r:id="rId564769b8f7f3b79da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId779269832ca455cde" w:history="1">
+            <w:hyperlink r:id="rId860569b8f7f3b7a44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SYNCEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83917419" name="name460069832ca45631a" descr="3972.jpg"/>
+                  <wp:docPr id="88921656" name="name398569b8f7f3b7b7c" descr="3972.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3972.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId729469832ca456318" cstate="print"/>
+                          <a:blip r:embed="rId493369b8f7f3b7b7b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId330169832ca456445" w:history="1">
+            <w:hyperlink r:id="rId297469b8f7f3b7ca3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -757,63 +757,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in the Andean zone of South America, from where it was introduced into Europe in the 1880s. It spread widely in Europe, but statutory measures have restricted its distribution to other parts of the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36046802" name="name710369832ca457242" descr="SYNCEN_distribution_map.jpg"/>
+            <wp:docPr id="43817528" name="name721569b8f7f3b8d9d" descr="SYNCEN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SYNCEN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId998469832ca45723f" cstate="print"/>
+                    <a:blip r:embed="rId247069b8f7f3b8d9b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2063,51 +2063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838169832ca457c89" w:history="1">
+      <w:hyperlink r:id="rId696569b8f7f3b97c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00775.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2142,51 +2142,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21-31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId146669832ca457d12" w:history="1">
+      <w:hyperlink r:id="rId895669b8f7f3b9842" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-006-9039-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2292,51 +2292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId797569832ca457e27" w:history="1">
+      <w:hyperlink r:id="rId499469b8f7f3b9957" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02285.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2373,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId544769832ca457eaf" w:history="1">
+      <w:hyperlink r:id="rId151669b8f7f3b99dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02453.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2454,51 +2454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7): 5352.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872869832ca457f37" w:history="1">
+      <w:hyperlink r:id="rId499669b8f7f3b9a65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5352</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2515,51 +2515,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schenk M, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication 2019 EN-1591. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369469832ca457f9d" w:history="1">
+      <w:hyperlink r:id="rId591469b8f7f3b9ac9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1591</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2574,51 +2574,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2005) EPPO Workshop on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paris, December 2005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326669832ca457ffc" w:history="1">
+      <w:hyperlink r:id="rId402669b8f7f3b9b27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2644,51 +2644,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">592-597. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId647869832ca45806d" w:history="1">
+      <w:hyperlink r:id="rId377869b8f7f3b9b97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2723,51 +2723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 420- 440. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392969832ca4580e9" w:history="1">
+      <w:hyperlink r:id="rId236169b8f7f3b9c12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2833,51 +2833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 511-512. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343869832ca458196" w:history="1">
+      <w:hyperlink r:id="rId581869b8f7f3b9cbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2952,51 +2952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 366-368. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439669832ca45824e" w:history="1">
+      <w:hyperlink r:id="rId185669b8f7f3b9d73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">487-503. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101069832ca4582bc" w:history="1">
+      <w:hyperlink r:id="rId404469b8f7f3b9de1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3090,51 +3090,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum. EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId719369832ca45832a" w:history="1">
+      <w:hyperlink r:id="rId697169b8f7f3b9e4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3218,51 +3218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827869832ca4583f6" w:history="1">
+      <w:hyperlink r:id="rId498269b8f7f3b9f1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9522-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3395,51 +3395,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId550869832ca45850b" w:history="1">
+      <w:hyperlink r:id="rId233769b8f7f3ba030" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02357446</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3581,51 +3581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25-31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId740769832ca458631" w:history="1">
+      <w:hyperlink r:id="rId736869b8f7f3ba155" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00777.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3640,51 +3640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">van Leeuwen GCM, van de Vossenberg BTLH &amp; Westenberg M (2016) Final report Euphresco SENDO project Diagnostic methods for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, especially for pathotype identification.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305169832ca45868d" w:history="1">
+      <w:hyperlink r:id="rId190069b8f7f3ba1b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://zenodo.org/record/3228343#.XR9CBI86-71</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">285-286. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905569832ca458888" w:history="1">
+      <w:hyperlink r:id="rId923369b8f7f3ba3af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-14-0636-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4074,51 +4074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId627669832ca458935" w:history="1">
+      <w:hyperlink r:id="rId881669b8f7f3ba45f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0144-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4342,51 +4342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1043 – 1052. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId192269832ca458aed" w:history="1">
+      <w:hyperlink r:id="rId231169b8f7f3ba61a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-19-0024-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4432,51 +4432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">165-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981969832ca458b7d" w:history="1">
+      <w:hyperlink r:id="rId785669b8f7f3ba6aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9156-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4551,51 +4551,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936269832ca458c3e" w:history="1">
+      <w:hyperlink r:id="rId924569b8f7f3ba76c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4754,63 +4754,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 129-134.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32594821" name="name646769832ca458dcc" descr="eu_funding_250.png"/>
+            <wp:docPr id="60328405" name="name284569b8f7f3baa1e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId908269832ca458dca" cstate="print"/>
+                    <a:blip r:embed="rId706969b8f7f3baa1c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4908,137 +4908,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85042243">
+  <w:abstractNum w:abstractNumId="52742679">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68454356">
+    <w:lvl w:ilvl="0" w:tplc="34294890">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68454356" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34294890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68454356" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34294890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68454356" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34294890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68454356" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34294890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68454356" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34294890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68454356" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34294890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68454356" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34294890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68454356" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34294890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85042242">
+  <w:abstractNum w:abstractNumId="52742678">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91017122">
+    <w:lvl w:ilvl="0" w:tplc="10426711">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5790,55 +5790,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85042242">
-    <w:abstractNumId w:val="85042242"/>
+  <w:num w:numId="52742678">
+    <w:abstractNumId w:val="52742678"/>
   </w:num>
-  <w:num w:numId="85042243">
-    <w:abstractNumId w:val="85042243"/>
+  <w:num w:numId="52742679">
+    <w:abstractNumId w:val="52742679"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17388,51 +17388,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId329623501" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId447803959" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId251469832ca455c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/" TargetMode="External"/><Relationship Id="rId779269832ca455cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/categorization" TargetMode="External"/><Relationship Id="rId330169832ca456445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/photos" TargetMode="External"/><Relationship Id="rId838169832ca457c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00775.x" TargetMode="External"/><Relationship Id="rId146669832ca457d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9039-y" TargetMode="External"/><Relationship Id="rId797569832ca457e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02285.x" TargetMode="External"/><Relationship Id="rId544769832ca457eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02453.x" TargetMode="External"/><Relationship Id="rId872869832ca457f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5352" TargetMode="External"/><Relationship Id="rId369469832ca457f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1591" TargetMode="External"/><Relationship Id="rId326669832ca457ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium" TargetMode="External"/><Relationship Id="rId647869832ca45806d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId392969832ca4580e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId343869832ca458196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId439669832ca45824e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId101069832ca4582bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId719369832ca45832a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId827869832ca4583f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9522-3" TargetMode="External"/><Relationship Id="rId550869832ca45850b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02357446" TargetMode="External"/><Relationship Id="rId740769832ca458631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00777.x" TargetMode="External"/><Relationship Id="rId305169832ca45868d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/3228343#.XR9CBI86-71" TargetMode="External"/><Relationship Id="rId905569832ca458888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-14-0636-PDN" TargetMode="External"/><Relationship Id="rId627669832ca458935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0144-R" TargetMode="External"/><Relationship Id="rId192269832ca458aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-19-0024-R" TargetMode="External"/><Relationship Id="rId981969832ca458b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9156-2" TargetMode="External"/><Relationship Id="rId936269832ca458c3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId729469832ca456318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId729469832ca456318.jpg"/><Relationship Id="rId998469832ca45723f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId998469832ca45723f.jpg"/><Relationship Id="rId908269832ca458dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId908269832ca458dca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId272455155" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId332245909" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId564769b8f7f3b79da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/" TargetMode="External"/><Relationship Id="rId860569b8f7f3b7a44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/categorization" TargetMode="External"/><Relationship Id="rId297469b8f7f3b7ca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/photos" TargetMode="External"/><Relationship Id="rId696569b8f7f3b97c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00775.x" TargetMode="External"/><Relationship Id="rId895669b8f7f3b9842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9039-y" TargetMode="External"/><Relationship Id="rId499469b8f7f3b9957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02285.x" TargetMode="External"/><Relationship Id="rId151669b8f7f3b99dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02453.x" TargetMode="External"/><Relationship Id="rId499669b8f7f3b9a65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5352" TargetMode="External"/><Relationship Id="rId591469b8f7f3b9ac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1591" TargetMode="External"/><Relationship Id="rId402669b8f7f3b9b27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium" TargetMode="External"/><Relationship Id="rId377869b8f7f3b9b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId236169b8f7f3b9c12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId581869b8f7f3b9cbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId185669b8f7f3b9d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId404469b8f7f3b9de1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId697169b8f7f3b9e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId498269b8f7f3b9f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9522-3" TargetMode="External"/><Relationship Id="rId233769b8f7f3ba030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02357446" TargetMode="External"/><Relationship Id="rId736869b8f7f3ba155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00777.x" TargetMode="External"/><Relationship Id="rId190069b8f7f3ba1b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/3228343#.XR9CBI86-71" TargetMode="External"/><Relationship Id="rId923369b8f7f3ba3af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-14-0636-PDN" TargetMode="External"/><Relationship Id="rId881669b8f7f3ba45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0144-R" TargetMode="External"/><Relationship Id="rId231169b8f7f3ba61a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-19-0024-R" TargetMode="External"/><Relationship Id="rId785669b8f7f3ba6aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9156-2" TargetMode="External"/><Relationship Id="rId924569b8f7f3ba76c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId493369b8f7f3b7b7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId493369b8f7f3b7b7b.jpg"/><Relationship Id="rId247069b8f7f3b8d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId247069b8f7f3b8d9b.jpg"/><Relationship Id="rId706969b8f7f3baa1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId706969b8f7f3baa1c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>