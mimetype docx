--- v5 (2026-03-17)
+++ v6 (2026-03-17)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Massee</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> black scab of potato, black wart of potato, wart disease of potato, wart of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId564769b8f7f3b79da" w:history="1">
+            <w:hyperlink r:id="rId843069b905cec3daf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId860569b8f7f3b7a44" w:history="1">
+            <w:hyperlink r:id="rId681869b905cec3e32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SYNCEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88921656" name="name398569b8f7f3b7b7c" descr="3972.jpg"/>
+                  <wp:docPr id="47476118" name="name898869b905cec42cf" descr="3972.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3972.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId493369b8f7f3b7b7b" cstate="print"/>
+                          <a:blip r:embed="rId632069b905cec42cc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId297469b8f7f3b7ca3" w:history="1">
+            <w:hyperlink r:id="rId172669b905cec43e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -757,63 +757,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in the Andean zone of South America, from where it was introduced into Europe in the 1880s. It spread widely in Europe, but statutory measures have restricted its distribution to other parts of the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43817528" name="name721569b8f7f3b8d9d" descr="SYNCEN_distribution_map.jpg"/>
+            <wp:docPr id="58510729" name="name213669b905cec53f3" descr="SYNCEN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SYNCEN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId247069b8f7f3b8d9b" cstate="print"/>
+                    <a:blip r:embed="rId740269b905cec53f0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2063,51 +2063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId696569b8f7f3b97c1" w:history="1">
+      <w:hyperlink r:id="rId497269b905cec5ee2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00775.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2142,51 +2142,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21-31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895669b8f7f3b9842" w:history="1">
+      <w:hyperlink r:id="rId490869b905cec5f7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-006-9039-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2292,51 +2292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">175-178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499469b8f7f3b9957" w:history="1">
+      <w:hyperlink r:id="rId265569b905cec6076" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02285.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2373,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId151669b8f7f3b99dd" w:history="1">
+      <w:hyperlink r:id="rId614969b905cec6113" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02453.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2454,51 +2454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7): 5352.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499669b8f7f3b9a65" w:history="1">
+      <w:hyperlink r:id="rId900769b905cec61a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5352</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2515,51 +2515,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schenk M, Camilleri M, Diakaki M, Schrader G &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication 2019 EN-1591. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId591469b8f7f3b9ac9" w:history="1">
+      <w:hyperlink r:id="rId627969b905cec6208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1591</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2574,51 +2574,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2005) EPPO Workshop on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paris, December 2005. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId402669b8f7f3b9b27" w:history="1">
+      <w:hyperlink r:id="rId574969b905cec626a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2644,51 +2644,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">592-597. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377869b8f7f3b9b97" w:history="1">
+      <w:hyperlink r:id="rId906169b905cec62dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2723,51 +2723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 420- 440. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236169b8f7f3b9c12" w:history="1">
+      <w:hyperlink r:id="rId554169b905cec635a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2833,51 +2833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 511-512. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId581869b8f7f3b9cbd" w:history="1">
+      <w:hyperlink r:id="rId315569b905cec642b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2952,51 +2952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 366-368. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185669b8f7f3b9d73" w:history="1">
+      <w:hyperlink r:id="rId277469b905cec64ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3022,51 +3022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">487-503. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId404469b8f7f3b9de1" w:history="1">
+      <w:hyperlink r:id="rId880269b905cec655f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3090,51 +3090,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum. EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in press</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId697169b8f7f3b9e4f" w:history="1">
+      <w:hyperlink r:id="rId173869b905cec65d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3218,51 +3218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId498269b8f7f3b9f1b" w:history="1">
+      <w:hyperlink r:id="rId615469b905cec66a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9522-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3395,51 +3395,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233769b8f7f3ba030" w:history="1">
+      <w:hyperlink r:id="rId873669b905cec67c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02357446</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3581,51 +3581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25-31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736869b8f7f3ba155" w:history="1">
+      <w:hyperlink r:id="rId535469b905cec68f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00777.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3640,51 +3640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">van Leeuwen GCM, van de Vossenberg BTLH &amp; Westenberg M (2016) Final report Euphresco SENDO project Diagnostic methods for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, especially for pathotype identification.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId190069b8f7f3ba1b1" w:history="1">
+      <w:hyperlink r:id="rId259369b905cec6967" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://zenodo.org/record/3228343#.XR9CBI86-71</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">285-286. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId923369b8f7f3ba3af" w:history="1">
+      <w:hyperlink r:id="rId501469b905cec6bec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-14-0636-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4074,51 +4074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId881669b8f7f3ba45f" w:history="1">
+      <w:hyperlink r:id="rId772969b905cec6ca1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0144-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4342,51 +4342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1043 – 1052. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231169b8f7f3ba61a" w:history="1">
+      <w:hyperlink r:id="rId820669b905cec6e8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-19-0024-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4432,51 +4432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">165-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785669b8f7f3ba6aa" w:history="1">
+      <w:hyperlink r:id="rId720969b905cec6f1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9156-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4551,51 +4551,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Synchytrium endobioticum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924569b8f7f3ba76c" w:history="1">
+      <w:hyperlink r:id="rId752769b905cec6fe3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4754,63 +4754,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 129-134.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60328405" name="name284569b8f7f3baa1e" descr="eu_funding_250.png"/>
+            <wp:docPr id="69871991" name="name235069b905cec7170" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId706969b8f7f3baa1c" cstate="print"/>
+                    <a:blip r:embed="rId202369b905cec716f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4908,137 +4908,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52742679">
+  <w:abstractNum w:abstractNumId="92899325">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34294890">
+    <w:lvl w:ilvl="0" w:tplc="62178612">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34294890" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62178612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34294890" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62178612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34294890" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62178612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34294890" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62178612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34294890" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62178612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34294890" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62178612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34294890" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62178612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34294890" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62178612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52742678">
+  <w:abstractNum w:abstractNumId="92899324">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10426711">
+    <w:lvl w:ilvl="0" w:tplc="99904606">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5790,55 +5790,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52742678">
-    <w:abstractNumId w:val="52742678"/>
+  <w:num w:numId="92899324">
+    <w:abstractNumId w:val="92899324"/>
   </w:num>
-  <w:num w:numId="52742679">
-    <w:abstractNumId w:val="52742679"/>
+  <w:num w:numId="92899325">
+    <w:abstractNumId w:val="92899325"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17388,51 +17388,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId272455155" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId332245909" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId564769b8f7f3b79da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/" TargetMode="External"/><Relationship Id="rId860569b8f7f3b7a44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/categorization" TargetMode="External"/><Relationship Id="rId297469b8f7f3b7ca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/photos" TargetMode="External"/><Relationship Id="rId696569b8f7f3b97c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00775.x" TargetMode="External"/><Relationship Id="rId895669b8f7f3b9842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9039-y" TargetMode="External"/><Relationship Id="rId499469b8f7f3b9957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02285.x" TargetMode="External"/><Relationship Id="rId151669b8f7f3b99dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02453.x" TargetMode="External"/><Relationship Id="rId499669b8f7f3b9a65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5352" TargetMode="External"/><Relationship Id="rId591469b8f7f3b9ac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1591" TargetMode="External"/><Relationship Id="rId402669b8f7f3b9b27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium" TargetMode="External"/><Relationship Id="rId377869b8f7f3b9b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId236169b8f7f3b9c12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId581869b8f7f3b9cbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId185669b8f7f3b9d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId404469b8f7f3b9de1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId697169b8f7f3b9e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId498269b8f7f3b9f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9522-3" TargetMode="External"/><Relationship Id="rId233769b8f7f3ba030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02357446" TargetMode="External"/><Relationship Id="rId736869b8f7f3ba155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00777.x" TargetMode="External"/><Relationship Id="rId190069b8f7f3ba1b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/3228343#.XR9CBI86-71" TargetMode="External"/><Relationship Id="rId923369b8f7f3ba3af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-14-0636-PDN" TargetMode="External"/><Relationship Id="rId881669b8f7f3ba45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0144-R" TargetMode="External"/><Relationship Id="rId231169b8f7f3ba61a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-19-0024-R" TargetMode="External"/><Relationship Id="rId785669b8f7f3ba6aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9156-2" TargetMode="External"/><Relationship Id="rId924569b8f7f3ba76c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId493369b8f7f3b7b7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId493369b8f7f3b7b7b.jpg"/><Relationship Id="rId247069b8f7f3b8d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId247069b8f7f3b8d9b.jpg"/><Relationship Id="rId706969b8f7f3baa1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId706969b8f7f3baa1c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId800035633" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId857509055" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId843069b905cec3daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/" TargetMode="External"/><Relationship Id="rId681869b905cec3e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/categorization" TargetMode="External"/><Relationship Id="rId172669b905cec43e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SYNCEN/photos" TargetMode="External"/><Relationship Id="rId497269b905cec5ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00775.x" TargetMode="External"/><Relationship Id="rId490869b905cec5f7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9039-y" TargetMode="External"/><Relationship Id="rId265569b905cec6076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02285.x" TargetMode="External"/><Relationship Id="rId614969b905cec6113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02453.x" TargetMode="External"/><Relationship Id="rId900769b905cec61a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5352" TargetMode="External"/><Relationship Id="rId627969b905cec6208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1591" TargetMode="External"/><Relationship Id="rId574969b905cec626a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/MEETINGS/2005_meetings/wk_synchytrium" TargetMode="External"/><Relationship Id="rId906169b905cec62dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId554169b905cec635a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId315569b905cec642b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId277469b905cec64ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId880269b905cec655f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId173869b905cec65d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId615469b905cec66a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9522-3" TargetMode="External"/><Relationship Id="rId873669b905cec67c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02357446" TargetMode="External"/><Relationship Id="rId535469b905cec68f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00777.x" TargetMode="External"/><Relationship Id="rId259369b905cec6967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/3228343#.XR9CBI86-71" TargetMode="External"/><Relationship Id="rId501469b905cec6bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-14-0636-PDN" TargetMode="External"/><Relationship Id="rId772969b905cec6ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0144-R" TargetMode="External"/><Relationship Id="rId820669b905cec6e8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-19-0024-R" TargetMode="External"/><Relationship Id="rId720969b905cec6f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9156-2" TargetMode="External"/><Relationship Id="rId752769b905cec6fe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId632069b905cec42cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId632069b905cec42cc.jpg"/><Relationship Id="rId740269b905cec53f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId740269b905cec53f0.jpg"/><Relationship Id="rId202369b905cec716f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId202369b905cec716f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>