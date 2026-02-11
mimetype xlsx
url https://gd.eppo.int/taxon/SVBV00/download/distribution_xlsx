--- v0 (2025-10-01)
+++ v1 (2026-02-11)
@@ -389,51 +389,51 @@
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>