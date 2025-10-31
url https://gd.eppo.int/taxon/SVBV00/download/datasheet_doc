--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Strawberry virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf curl of strawberry, vein banding of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId862568e79664d8376" w:history="1">
+            <w:hyperlink r:id="rId71596904963e9a7b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202168e79664d83de" w:history="1">
+            <w:hyperlink r:id="rId89976904963e9a819" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SVBV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43834200" name="name138468e79664d84b7" descr="14826.jpg"/>
+                  <wp:docPr id="68450056" name="name38536904963e9a8ce" descr="14826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId395068e79664d84b6" cstate="print"/>
+                          <a:blip r:embed="rId73516904963e9a8cd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId993368e79664d8581" w:history="1">
+            <w:hyperlink r:id="rId24346904963e9a9a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -757,63 +757,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The distribution of SVBV shown on the map below is mainly based on references that used nucleic acid-based detection techniques (PCR and western hybridization), but it still contains several records of SVBV made before 1995 that were based solely on disease symptoms. These records have to be considered critically and require further confirmation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79045156" name="name255868e79664d945d" descr="SVBV00_distribution_map.jpg"/>
+            <wp:docPr id="77085342" name="name23376904963e9bb03" descr="SVBV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SVBV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId605868e79664d945b" cstate="print"/>
+                    <a:blip r:embed="rId51526904963e9bb00" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2337,51 +2337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 271-275.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Strawberry vein banding virus (vein banding of strawberry) (2021).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543168e79664d9fd9" w:history="1">
+      <w:hyperlink r:id="rId32886904963e9c725" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.52407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2465,51 +2465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1442. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343568e79664da0b8" w:history="1">
+      <w:hyperlink r:id="rId96576904963e9c7fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081442</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2535,51 +2535,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 3772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId638668e79664da129" w:history="1">
+      <w:hyperlink r:id="rId29746904963e9c86c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2951,51 +2951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384-396. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874768e79664da3bc" w:history="1">
+      <w:hyperlink r:id="rId87686904963e9caff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-0384</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3601,51 +3601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId215268e79664da7bc" w:history="1">
+      <w:hyperlink r:id="rId66156904963e9cf06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-022-08981-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3709,51 +3709,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Strawberry vein banding virus (vein banding of strawberry). (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId676268e79664da86f" w:history="1">
+      <w:hyperlink r:id="rId24396904963e9cfc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.52407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3819,51 +3819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Caulimovirus venafragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906468e79664da93c" w:history="1">
+      <w:hyperlink r:id="rId24656904963e9d07c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4034,90 +4034,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 121-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469068e79664daa8d" w:history="1">
+      <w:hyperlink r:id="rId87846904963e9d1ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02783.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41865063" name="name565668e79664daafa" descr="eu_funding_250.png"/>
+            <wp:docPr id="91132402" name="name37076904963e9d235" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId403268e79664daaf8" cstate="print"/>
+                    <a:blip r:embed="rId51246904963e9d234" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4215,137 +4215,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95368633">
+  <w:abstractNum w:abstractNumId="69926562">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53506686">
+    <w:lvl w:ilvl="0" w:tplc="61738659">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53506686" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61738659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53506686" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61738659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53506686" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61738659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53506686" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61738659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53506686" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61738659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53506686" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61738659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53506686" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61738659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53506686" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61738659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95368632">
+  <w:abstractNum w:abstractNumId="69926561">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51519854">
+    <w:lvl w:ilvl="0" w:tplc="66587603">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5097,55 +5097,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95368632">
-    <w:abstractNumId w:val="95368632"/>
+  <w:num w:numId="69926561">
+    <w:abstractNumId w:val="69926561"/>
   </w:num>
-  <w:num w:numId="95368633">
-    <w:abstractNumId w:val="95368633"/>
+  <w:num w:numId="69926562">
+    <w:abstractNumId w:val="69926562"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16695,51 +16695,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId704570849" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId959464378" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId862568e79664d8376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/" TargetMode="External"/><Relationship Id="rId202168e79664d83de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/categorization" TargetMode="External"/><Relationship Id="rId993368e79664d8581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/photos" TargetMode="External"/><Relationship Id="rId543168e79664d9fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId343568e79664da0b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081442" TargetMode="External"/><Relationship Id="rId638668e79664da129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3772" TargetMode="External"/><Relationship Id="rId874768e79664da3bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-0384" TargetMode="External"/><Relationship Id="rId215268e79664da7bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-022-08981-9" TargetMode="External"/><Relationship Id="rId676268e79664da86f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId906468e79664da93c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId469068e79664daa8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02783.x" TargetMode="External"/><Relationship Id="rId395068e79664d84b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId395068e79664d84b6.jpg"/><Relationship Id="rId605868e79664d945b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId605868e79664d945b.jpg"/><Relationship Id="rId403268e79664daaf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId403268e79664daaf8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId267241455" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId928004530" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId71596904963e9a7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/" TargetMode="External"/><Relationship Id="rId89976904963e9a819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/categorization" TargetMode="External"/><Relationship Id="rId24346904963e9a9a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/photos" TargetMode="External"/><Relationship Id="rId32886904963e9c725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId96576904963e9c7fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081442" TargetMode="External"/><Relationship Id="rId29746904963e9c86c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3772" TargetMode="External"/><Relationship Id="rId87686904963e9caff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-0384" TargetMode="External"/><Relationship Id="rId66156904963e9cf06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-022-08981-9" TargetMode="External"/><Relationship Id="rId24396904963e9cfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId24656904963e9d07c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId87846904963e9d1ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02783.x" TargetMode="External"/><Relationship Id="rId73516904963e9a8cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73516904963e9a8cd.jpg"/><Relationship Id="rId51526904963e9bb00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51526904963e9bb00.jpg"/><Relationship Id="rId51246904963e9d234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51246904963e9d234.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>