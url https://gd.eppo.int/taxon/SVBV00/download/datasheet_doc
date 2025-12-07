--- v1 (2025-10-31)
+++ v2 (2025-12-07)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Strawberry virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf curl of strawberry, vein banding of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71596904963e9a7b3" w:history="1">
+            <w:hyperlink r:id="rId982469350ed4c7e4c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89976904963e9a819" w:history="1">
+            <w:hyperlink r:id="rId289869350ed4c7eb4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SVBV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68450056" name="name38536904963e9a8ce" descr="14826.jpg"/>
+                  <wp:docPr id="4290867" name="name597769350ed4c8985" descr="14826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId73516904963e9a8cd" cstate="print"/>
+                          <a:blip r:embed="rId532069350ed4c8983" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId24346904963e9a9a0" w:history="1">
+            <w:hyperlink r:id="rId925669350ed4c8abb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -757,63 +757,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The distribution of SVBV shown on the map below is mainly based on references that used nucleic acid-based detection techniques (PCR and western hybridization), but it still contains several records of SVBV made before 1995 that were based solely on disease symptoms. These records have to be considered critically and require further confirmation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77085342" name="name23376904963e9bb03" descr="SVBV00_distribution_map.jpg"/>
+            <wp:docPr id="21792485" name="name321469350ed4c9cd4" descr="SVBV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SVBV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId51526904963e9bb00" cstate="print"/>
+                    <a:blip r:embed="rId203769350ed4c9cd1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2337,51 +2337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 271-275.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Strawberry vein banding virus (vein banding of strawberry) (2021).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32886904963e9c725" w:history="1">
+      <w:hyperlink r:id="rId555669350ed4ca8af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.52407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2465,51 +2465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1442. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96576904963e9c7fa" w:history="1">
+      <w:hyperlink r:id="rId383669350ed4ca985" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081442</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2535,51 +2535,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 3772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29746904963e9c86c" w:history="1">
+      <w:hyperlink r:id="rId520769350ed4ca9f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2951,51 +2951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384-396. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87686904963e9caff" w:history="1">
+      <w:hyperlink r:id="rId803069350ed4cac8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-0384</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3601,51 +3601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66156904963e9cf06" w:history="1">
+      <w:hyperlink r:id="rId602169350ed4cb08f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-022-08981-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3709,51 +3709,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Strawberry vein banding virus (vein banding of strawberry). (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24396904963e9cfc5" w:history="1">
+      <w:hyperlink r:id="rId100969350ed4cb141" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.52407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3819,51 +3819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Caulimovirus venafragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24656904963e9d07c" w:history="1">
+      <w:hyperlink r:id="rId858069350ed4cb208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4034,90 +4034,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 121-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87846904963e9d1ce" w:history="1">
+      <w:hyperlink r:id="rId420469350ed4cb369" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02783.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91132402" name="name37076904963e9d235" descr="eu_funding_250.png"/>
+            <wp:docPr id="26860233" name="name288769350ed4cb55d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId51246904963e9d234" cstate="print"/>
+                    <a:blip r:embed="rId962569350ed4cb55b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4215,137 +4215,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69926562">
+  <w:abstractNum w:abstractNumId="53543464">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61738659">
+    <w:lvl w:ilvl="0" w:tplc="33653981">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61738659" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33653981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61738659" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33653981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61738659" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33653981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61738659" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33653981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61738659" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33653981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61738659" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33653981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61738659" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33653981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61738659" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33653981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69926561">
+  <w:abstractNum w:abstractNumId="53543463">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66587603">
+    <w:lvl w:ilvl="0" w:tplc="38094413">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5097,55 +5097,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69926561">
-    <w:abstractNumId w:val="69926561"/>
+  <w:num w:numId="53543463">
+    <w:abstractNumId w:val="53543463"/>
   </w:num>
-  <w:num w:numId="69926562">
-    <w:abstractNumId w:val="69926562"/>
+  <w:num w:numId="53543464">
+    <w:abstractNumId w:val="53543464"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16695,51 +16695,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId267241455" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId928004530" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId71596904963e9a7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/" TargetMode="External"/><Relationship Id="rId89976904963e9a819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/categorization" TargetMode="External"/><Relationship Id="rId24346904963e9a9a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/photos" TargetMode="External"/><Relationship Id="rId32886904963e9c725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId96576904963e9c7fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081442" TargetMode="External"/><Relationship Id="rId29746904963e9c86c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3772" TargetMode="External"/><Relationship Id="rId87686904963e9caff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-0384" TargetMode="External"/><Relationship Id="rId66156904963e9cf06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-022-08981-9" TargetMode="External"/><Relationship Id="rId24396904963e9cfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId24656904963e9d07c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId87846904963e9d1ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02783.x" TargetMode="External"/><Relationship Id="rId73516904963e9a8cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73516904963e9a8cd.jpg"/><Relationship Id="rId51526904963e9bb00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51526904963e9bb00.jpg"/><Relationship Id="rId51246904963e9d234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51246904963e9d234.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId817396550" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId141325281" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId982469350ed4c7e4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/" TargetMode="External"/><Relationship Id="rId289869350ed4c7eb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/categorization" TargetMode="External"/><Relationship Id="rId925669350ed4c8abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/photos" TargetMode="External"/><Relationship Id="rId555669350ed4ca8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId383669350ed4ca985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081442" TargetMode="External"/><Relationship Id="rId520769350ed4ca9f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3772" TargetMode="External"/><Relationship Id="rId803069350ed4cac8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-0384" TargetMode="External"/><Relationship Id="rId602169350ed4cb08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-022-08981-9" TargetMode="External"/><Relationship Id="rId100969350ed4cb141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId858069350ed4cb208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId420469350ed4cb369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02783.x" TargetMode="External"/><Relationship Id="rId532069350ed4c8983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId532069350ed4c8983.jpg"/><Relationship Id="rId203769350ed4c9cd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId203769350ed4c9cd1.jpg"/><Relationship Id="rId962569350ed4cb55b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId962569350ed4cb55b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>