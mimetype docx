--- v2 (2025-12-07)
+++ v3 (2025-12-27)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Strawberry virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf curl of strawberry, vein banding of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId982469350ed4c7e4c" w:history="1">
+            <w:hyperlink r:id="rId7031694fefe1bdc3b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289869350ed4c7eb4" w:history="1">
+            <w:hyperlink r:id="rId8510694fefe1bdca3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SVBV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4290867" name="name597769350ed4c8985" descr="14826.jpg"/>
+                  <wp:docPr id="30983194" name="name8053694fefe1be3dc" descr="14826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId532069350ed4c8983" cstate="print"/>
+                          <a:blip r:embed="rId8154694fefe1be3da" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId925669350ed4c8abb" w:history="1">
+            <w:hyperlink r:id="rId4953694fefe1be4be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -757,63 +757,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The distribution of SVBV shown on the map below is mainly based on references that used nucleic acid-based detection techniques (PCR and western hybridization), but it still contains several records of SVBV made before 1995 that were based solely on disease symptoms. These records have to be considered critically and require further confirmation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21792485" name="name321469350ed4c9cd4" descr="SVBV00_distribution_map.jpg"/>
+            <wp:docPr id="78772007" name="name5495694fefe1bf2b4" descr="SVBV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SVBV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId203769350ed4c9cd1" cstate="print"/>
+                    <a:blip r:embed="rId5079694fefe1bf2b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2337,51 +2337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 271-275.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Strawberry vein banding virus (vein banding of strawberry) (2021).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId555669350ed4ca8af" w:history="1">
+      <w:hyperlink r:id="rId4436694fefe1bfe06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.52407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2465,51 +2465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1442. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383669350ed4ca985" w:history="1">
+      <w:hyperlink r:id="rId7783694fefe1bfef6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081442</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2535,51 +2535,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 3772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520769350ed4ca9f7" w:history="1">
+      <w:hyperlink r:id="rId6900694fefe1bff68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2951,51 +2951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384-396. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803069350ed4cac8e" w:history="1">
+      <w:hyperlink r:id="rId8260694fefe1c0204" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-0384</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3601,51 +3601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602169350ed4cb08f" w:history="1">
+      <w:hyperlink r:id="rId8817694fefe1c0625" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-022-08981-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3709,51 +3709,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Strawberry vein banding virus (vein banding of strawberry). (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100969350ed4cb141" w:history="1">
+      <w:hyperlink r:id="rId5843694fefe1c06dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.52407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3819,51 +3819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Caulimovirus venafragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858069350ed4cb208" w:history="1">
+      <w:hyperlink r:id="rId6970694fefe1c0793" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4034,90 +4034,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 121-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420469350ed4cb369" w:history="1">
+      <w:hyperlink r:id="rId7412694fefe1c08e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02783.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26860233" name="name288769350ed4cb55d" descr="eu_funding_250.png"/>
+            <wp:docPr id="38473971" name="name2095694fefe1c093d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId962569350ed4cb55b" cstate="print"/>
+                    <a:blip r:embed="rId7567694fefe1c093c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4215,137 +4215,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53543464">
+  <w:abstractNum w:abstractNumId="45268097">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33653981">
+    <w:lvl w:ilvl="0" w:tplc="69404647">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33653981" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69404647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33653981" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69404647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33653981" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69404647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33653981" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69404647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33653981" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69404647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33653981" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69404647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33653981" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69404647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33653981" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69404647" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53543463">
+  <w:abstractNum w:abstractNumId="45268096">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38094413">
+    <w:lvl w:ilvl="0" w:tplc="32541202">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5097,55 +5097,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53543463">
-    <w:abstractNumId w:val="53543463"/>
+  <w:num w:numId="45268096">
+    <w:abstractNumId w:val="45268096"/>
   </w:num>
-  <w:num w:numId="53543464">
-    <w:abstractNumId w:val="53543464"/>
+  <w:num w:numId="45268097">
+    <w:abstractNumId w:val="45268097"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16695,51 +16695,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId817396550" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId141325281" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId982469350ed4c7e4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/" TargetMode="External"/><Relationship Id="rId289869350ed4c7eb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/categorization" TargetMode="External"/><Relationship Id="rId925669350ed4c8abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/photos" TargetMode="External"/><Relationship Id="rId555669350ed4ca8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId383669350ed4ca985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081442" TargetMode="External"/><Relationship Id="rId520769350ed4ca9f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3772" TargetMode="External"/><Relationship Id="rId803069350ed4cac8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-0384" TargetMode="External"/><Relationship Id="rId602169350ed4cb08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-022-08981-9" TargetMode="External"/><Relationship Id="rId100969350ed4cb141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId858069350ed4cb208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId420469350ed4cb369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02783.x" TargetMode="External"/><Relationship Id="rId532069350ed4c8983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId532069350ed4c8983.jpg"/><Relationship Id="rId203769350ed4c9cd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId203769350ed4c9cd1.jpg"/><Relationship Id="rId962569350ed4cb55b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId962569350ed4cb55b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId350119584" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId156622841" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7031694fefe1bdc3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/" TargetMode="External"/><Relationship Id="rId8510694fefe1bdca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/categorization" TargetMode="External"/><Relationship Id="rId4953694fefe1be4be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/photos" TargetMode="External"/><Relationship Id="rId4436694fefe1bfe06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId7783694fefe1bfef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081442" TargetMode="External"/><Relationship Id="rId6900694fefe1bff68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3772" TargetMode="External"/><Relationship Id="rId8260694fefe1c0204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-0384" TargetMode="External"/><Relationship Id="rId8817694fefe1c0625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-022-08981-9" TargetMode="External"/><Relationship Id="rId5843694fefe1c06dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId6970694fefe1c0793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7412694fefe1c08e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02783.x" TargetMode="External"/><Relationship Id="rId8154694fefe1be3da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8154694fefe1be3da.jpg"/><Relationship Id="rId5079694fefe1bf2b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5079694fefe1bf2b2.jpg"/><Relationship Id="rId7567694fefe1c093c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7567694fefe1c093c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>