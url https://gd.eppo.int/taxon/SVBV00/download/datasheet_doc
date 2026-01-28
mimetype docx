--- v3 (2025-12-27)
+++ v4 (2026-01-28)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Strawberry virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf curl of strawberry, vein banding of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7031694fefe1bdc3b" w:history="1">
+            <w:hyperlink r:id="rId32596979bdfb2c0f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8510694fefe1bdca3" w:history="1">
+            <w:hyperlink r:id="rId71616979bdfb2c160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SVBV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="30983194" name="name8053694fefe1be3dc" descr="14826.jpg"/>
+                  <wp:docPr id="17869052" name="name16696979bdfb2c5c0" descr="14826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8154694fefe1be3da" cstate="print"/>
+                          <a:blip r:embed="rId91416979bdfb2c5be" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4953694fefe1be4be" w:history="1">
+            <w:hyperlink r:id="rId97516979bdfb2c7f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -757,63 +757,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The distribution of SVBV shown on the map below is mainly based on references that used nucleic acid-based detection techniques (PCR and western hybridization), but it still contains several records of SVBV made before 1995 that were based solely on disease symptoms. These records have to be considered critically and require further confirmation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78772007" name="name5495694fefe1bf2b4" descr="SVBV00_distribution_map.jpg"/>
+            <wp:docPr id="65988835" name="name53406979bdfb2d2bc" descr="SVBV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SVBV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5079694fefe1bf2b2" cstate="print"/>
+                    <a:blip r:embed="rId82686979bdfb2d2b9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2337,51 +2337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 271-275.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Strawberry vein banding virus (vein banding of strawberry) (2021).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4436694fefe1bfe06" w:history="1">
+      <w:hyperlink r:id="rId52836979bdfb2dee0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.52407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2465,51 +2465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1442. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7783694fefe1bfef6" w:history="1">
+      <w:hyperlink r:id="rId74296979bdfb2dfb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081442</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2535,51 +2535,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 3772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6900694fefe1bff68" w:history="1">
+      <w:hyperlink r:id="rId20976979bdfb2e022" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2951,51 +2951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384-396. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8260694fefe1c0204" w:history="1">
+      <w:hyperlink r:id="rId17736979bdfb2e2b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-0384</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3601,51 +3601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8817694fefe1c0625" w:history="1">
+      <w:hyperlink r:id="rId21046979bdfb2e6ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-022-08981-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3709,51 +3709,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Strawberry vein banding virus (vein banding of strawberry). (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5843694fefe1c06dd" w:history="1">
+      <w:hyperlink r:id="rId11746979bdfb2e75b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.52407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3797,73 +3797,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Caulimovirus venafragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6970694fefe1c0793" w:history="1">
+      <w:hyperlink r:id="rId20686979bdfb2e819" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4034,90 +4034,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 121-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7412694fefe1c08e4" w:history="1">
+      <w:hyperlink r:id="rId18506979bdfb2e96e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02783.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38473971" name="name2095694fefe1c093d" descr="eu_funding_250.png"/>
+            <wp:docPr id="16418742" name="name66076979bdfb2e9ee" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7567694fefe1c093c" cstate="print"/>
+                    <a:blip r:embed="rId17096979bdfb2e9ed" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4215,137 +4215,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45268097">
+  <w:abstractNum w:abstractNumId="86416114">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69404647">
+    <w:lvl w:ilvl="0" w:tplc="71415755">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69404647" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71415755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69404647" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71415755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69404647" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71415755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69404647" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71415755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69404647" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71415755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69404647" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71415755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69404647" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71415755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69404647" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71415755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45268096">
+  <w:abstractNum w:abstractNumId="86416113">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32541202">
+    <w:lvl w:ilvl="0" w:tplc="99833406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5097,55 +5097,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45268096">
-    <w:abstractNumId w:val="45268096"/>
+  <w:num w:numId="86416113">
+    <w:abstractNumId w:val="86416113"/>
   </w:num>
-  <w:num w:numId="45268097">
-    <w:abstractNumId w:val="45268097"/>
+  <w:num w:numId="86416114">
+    <w:abstractNumId w:val="86416114"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16695,51 +16695,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId350119584" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId156622841" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7031694fefe1bdc3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/" TargetMode="External"/><Relationship Id="rId8510694fefe1bdca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/categorization" TargetMode="External"/><Relationship Id="rId4953694fefe1be4be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/photos" TargetMode="External"/><Relationship Id="rId4436694fefe1bfe06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId7783694fefe1bfef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081442" TargetMode="External"/><Relationship Id="rId6900694fefe1bff68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3772" TargetMode="External"/><Relationship Id="rId8260694fefe1c0204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-0384" TargetMode="External"/><Relationship Id="rId8817694fefe1c0625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-022-08981-9" TargetMode="External"/><Relationship Id="rId5843694fefe1c06dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId6970694fefe1c0793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7412694fefe1c08e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02783.x" TargetMode="External"/><Relationship Id="rId8154694fefe1be3da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8154694fefe1be3da.jpg"/><Relationship Id="rId5079694fefe1bf2b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5079694fefe1bf2b2.jpg"/><Relationship Id="rId7567694fefe1c093c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7567694fefe1c093c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId732531331" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId862644301" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId32596979bdfb2c0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/" TargetMode="External"/><Relationship Id="rId71616979bdfb2c160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/categorization" TargetMode="External"/><Relationship Id="rId97516979bdfb2c7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/photos" TargetMode="External"/><Relationship Id="rId52836979bdfb2dee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId74296979bdfb2dfb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081442" TargetMode="External"/><Relationship Id="rId20976979bdfb2e022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3772" TargetMode="External"/><Relationship Id="rId17736979bdfb2e2b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-0384" TargetMode="External"/><Relationship Id="rId21046979bdfb2e6ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-022-08981-9" TargetMode="External"/><Relationship Id="rId11746979bdfb2e75b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId20686979bdfb2e819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18506979bdfb2e96e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02783.x" TargetMode="External"/><Relationship Id="rId91416979bdfb2c5be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91416979bdfb2c5be.jpg"/><Relationship Id="rId82686979bdfb2d2b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82686979bdfb2d2b9.jpg"/><Relationship Id="rId17096979bdfb2e9ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17096979bdfb2e9ed.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>