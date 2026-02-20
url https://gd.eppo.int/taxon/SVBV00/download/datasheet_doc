--- v4 (2026-01-28)
+++ v5 (2026-02-20)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Strawberry virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf curl of strawberry, vein banding of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32596979bdfb2c0f2" w:history="1">
+            <w:hyperlink r:id="rId637069989a796de52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -361,53 +361,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71616979bdfb2c160" w:history="1">
+            <w:hyperlink r:id="rId414769989a796deba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SVBV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17869052" name="name16696979bdfb2c5c0" descr="14826.jpg"/>
+                  <wp:docPr id="16993881" name="name242669989a796e434" descr="14826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId91416979bdfb2c5be" cstate="print"/>
+                          <a:blip r:embed="rId450769989a796e433" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId97516979bdfb2c7f2" w:history="1">
+            <w:hyperlink r:id="rId831369989a796e599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -757,105 +757,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The distribution of SVBV shown on the map below is mainly based on references that used nucleic acid-based detection techniques (PCR and western hybridization), but it still contains several records of SVBV made before 1995 that were based solely on disease symptoms. These records have to be considered critically and require further confirmation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65988835" name="name53406979bdfb2d2bc" descr="SVBV00_distribution_map.jpg"/>
+            <wp:docPr id="48006182" name="name316669989a796f165" descr="SVBV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SVBV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId82686979bdfb2d2b9" cstate="print"/>
+                    <a:blip r:embed="rId596569989a796f163" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Czechia, Italy (mainland), Russian Federation (the) (Far East), Slovakia, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Czechia, Italy (mainland), Russian Federation (Far East), Slovakia, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2337,51 +2337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 271-275.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Strawberry vein banding virus (vein banding of strawberry) (2021).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52836979bdfb2dee0" w:history="1">
+      <w:hyperlink r:id="rId206269989a796fd34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.52407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2465,51 +2465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1442. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74296979bdfb2dfb3" w:history="1">
+      <w:hyperlink r:id="rId652869989a796fe09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081442</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2535,51 +2535,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 3772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20976979bdfb2e022" w:history="1">
+      <w:hyperlink r:id="rId483569989a796fe7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2951,51 +2951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384-396. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17736979bdfb2e2b0" w:history="1">
+      <w:hyperlink r:id="rId223069989a7970115" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-0384</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3601,51 +3601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21046979bdfb2e6ab" w:history="1">
+      <w:hyperlink r:id="rId293769989a797054a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-022-08981-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3709,51 +3709,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Strawberry vein banding virus (vein banding of strawberry). (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11746979bdfb2e75b" w:history="1">
+      <w:hyperlink r:id="rId785369989a7970600" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.52407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3819,51 +3819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Caulimovirus venafragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20686979bdfb2e819" w:history="1">
+      <w:hyperlink r:id="rId503169989a79706b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4034,90 +4034,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 121-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18506979bdfb2e96e" w:history="1">
+      <w:hyperlink r:id="rId661169989a797080c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02783.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16418742" name="name66076979bdfb2e9ee" descr="eu_funding_250.png"/>
+            <wp:docPr id="97082407" name="name628369989a7970893" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17096979bdfb2e9ed" cstate="print"/>
+                    <a:blip r:embed="rId259969989a7970892" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4215,137 +4215,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86416114">
+  <w:abstractNum w:abstractNumId="31918682">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71415755">
+    <w:lvl w:ilvl="0" w:tplc="57115197">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71415755" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57115197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71415755" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57115197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71415755" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57115197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71415755" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57115197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71415755" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57115197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71415755" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57115197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71415755" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57115197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71415755" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57115197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86416113">
+  <w:abstractNum w:abstractNumId="31918681">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99833406">
+    <w:lvl w:ilvl="0" w:tplc="66332940">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5097,55 +5097,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86416113">
-    <w:abstractNumId w:val="86416113"/>
+  <w:num w:numId="31918681">
+    <w:abstractNumId w:val="31918681"/>
   </w:num>
-  <w:num w:numId="86416114">
-    <w:abstractNumId w:val="86416114"/>
+  <w:num w:numId="31918682">
+    <w:abstractNumId w:val="31918682"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16695,51 +16695,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId732531331" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId862644301" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId32596979bdfb2c0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/" TargetMode="External"/><Relationship Id="rId71616979bdfb2c160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/categorization" TargetMode="External"/><Relationship Id="rId97516979bdfb2c7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/photos" TargetMode="External"/><Relationship Id="rId52836979bdfb2dee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId74296979bdfb2dfb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081442" TargetMode="External"/><Relationship Id="rId20976979bdfb2e022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3772" TargetMode="External"/><Relationship Id="rId17736979bdfb2e2b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-0384" TargetMode="External"/><Relationship Id="rId21046979bdfb2e6ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-022-08981-9" TargetMode="External"/><Relationship Id="rId11746979bdfb2e75b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId20686979bdfb2e819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18506979bdfb2e96e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02783.x" TargetMode="External"/><Relationship Id="rId91416979bdfb2c5be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91416979bdfb2c5be.jpg"/><Relationship Id="rId82686979bdfb2d2b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82686979bdfb2d2b9.jpg"/><Relationship Id="rId17096979bdfb2e9ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17096979bdfb2e9ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId317789917" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId606976811" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId637069989a796de52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/" TargetMode="External"/><Relationship Id="rId414769989a796deba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/categorization" TargetMode="External"/><Relationship Id="rId831369989a796e599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/photos" TargetMode="External"/><Relationship Id="rId206269989a796fd34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId652869989a796fe09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081442" TargetMode="External"/><Relationship Id="rId483569989a796fe7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3772" TargetMode="External"/><Relationship Id="rId223069989a7970115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-0384" TargetMode="External"/><Relationship Id="rId293769989a797054a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-022-08981-9" TargetMode="External"/><Relationship Id="rId785369989a7970600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId503169989a79706b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId661169989a797080c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02783.x" TargetMode="External"/><Relationship Id="rId450769989a796e433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId450769989a796e433.jpg"/><Relationship Id="rId596569989a796f163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId596569989a796f163.jpg"/><Relationship Id="rId259969989a7970892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId259969989a7970892.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>