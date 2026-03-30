--- v5 (2026-02-20)
+++ v6 (2026-03-30)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Strawberry virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf curl of strawberry, vein banding of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId637069989a796de52" w:history="1">
+            <w:hyperlink r:id="rId662169ca81fc92a7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414769989a796deba" w:history="1">
+            <w:hyperlink r:id="rId343969ca81fc92ae7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SVBV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16993881" name="name242669989a796e434" descr="14826.jpg"/>
+                  <wp:docPr id="31067315" name="name513569ca81fc931c0" descr="14826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId450769989a796e433" cstate="print"/>
+                          <a:blip r:embed="rId337969ca81fc931be" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId831369989a796e599" w:history="1">
+            <w:hyperlink r:id="rId221269ca81fc932e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -757,63 +757,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The distribution of SVBV shown on the map below is mainly based on references that used nucleic acid-based detection techniques (PCR and western hybridization), but it still contains several records of SVBV made before 1995 that were based solely on disease symptoms. These records have to be considered critically and require further confirmation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48006182" name="name316669989a796f165" descr="SVBV00_distribution_map.jpg"/>
+            <wp:docPr id="17991210" name="name421969ca81fc943e3" descr="SVBV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SVBV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId596569989a796f163" cstate="print"/>
+                    <a:blip r:embed="rId640069ca81fc943e1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2337,51 +2337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 271-275.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Strawberry vein banding virus (vein banding of strawberry) (2021).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId206269989a796fd34" w:history="1">
+      <w:hyperlink r:id="rId202269ca81fc94fec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.52407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2465,51 +2465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1442. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652869989a796fe09" w:history="1">
+      <w:hyperlink r:id="rId393569ca81fc950c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13081442</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2535,51 +2535,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 3772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId483569989a796fe7c" w:history="1">
+      <w:hyperlink r:id="rId732369ca81fc95134" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2951,51 +2951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384-396. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223069989a7970115" w:history="1">
+      <w:hyperlink r:id="rId604769ca81fc953d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-0384</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3601,51 +3601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293769989a797054a" w:history="1">
+      <w:hyperlink r:id="rId584569ca81fc95805" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-022-08981-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3709,51 +3709,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Strawberry vein banding virus (vein banding of strawberry). (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785369989a7970600" w:history="1">
+      <w:hyperlink r:id="rId827069ca81fc958bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.52407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3819,51 +3819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Caulimovirus venafragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503169989a79706b8" w:history="1">
+      <w:hyperlink r:id="rId258969ca81fc95976" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4034,90 +4034,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 121-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId661169989a797080c" w:history="1">
+      <w:hyperlink r:id="rId722469ca81fc95ad8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02783.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97082407" name="name628369989a7970893" descr="eu_funding_250.png"/>
+            <wp:docPr id="31267534" name="name758669ca81fc95e0a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId259969989a7970892" cstate="print"/>
+                    <a:blip r:embed="rId628169ca81fc95e09" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4215,137 +4215,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31918682">
+  <w:abstractNum w:abstractNumId="92618668">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57115197">
+    <w:lvl w:ilvl="0" w:tplc="53336344">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57115197" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53336344" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57115197" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53336344" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57115197" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53336344" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57115197" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53336344" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57115197" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53336344" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57115197" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53336344" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57115197" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53336344" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57115197" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53336344" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31918681">
+  <w:abstractNum w:abstractNumId="92618667">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66332940">
+    <w:lvl w:ilvl="0" w:tplc="24537878">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5097,55 +5097,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31918681">
-    <w:abstractNumId w:val="31918681"/>
+  <w:num w:numId="92618667">
+    <w:abstractNumId w:val="92618667"/>
   </w:num>
-  <w:num w:numId="31918682">
-    <w:abstractNumId w:val="31918682"/>
+  <w:num w:numId="92618668">
+    <w:abstractNumId w:val="92618668"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16695,51 +16695,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId317789917" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId606976811" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId637069989a796de52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/" TargetMode="External"/><Relationship Id="rId414769989a796deba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/categorization" TargetMode="External"/><Relationship Id="rId831369989a796e599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/photos" TargetMode="External"/><Relationship Id="rId206269989a796fd34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId652869989a796fe09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081442" TargetMode="External"/><Relationship Id="rId483569989a796fe7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3772" TargetMode="External"/><Relationship Id="rId223069989a7970115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-0384" TargetMode="External"/><Relationship Id="rId293769989a797054a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-022-08981-9" TargetMode="External"/><Relationship Id="rId785369989a7970600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId503169989a79706b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId661169989a797080c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02783.x" TargetMode="External"/><Relationship Id="rId450769989a796e433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId450769989a796e433.jpg"/><Relationship Id="rId596569989a796f163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId596569989a796f163.jpg"/><Relationship Id="rId259969989a7970892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId259969989a7970892.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId340192421" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId567503210" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId662169ca81fc92a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/" TargetMode="External"/><Relationship Id="rId343969ca81fc92ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/categorization" TargetMode="External"/><Relationship Id="rId221269ca81fc932e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SVBV00/photos" TargetMode="External"/><Relationship Id="rId202269ca81fc94fec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId393569ca81fc950c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13081442" TargetMode="External"/><Relationship Id="rId732369ca81fc95134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3772" TargetMode="External"/><Relationship Id="rId604769ca81fc953d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-0384" TargetMode="External"/><Relationship Id="rId584569ca81fc95805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-022-08981-9" TargetMode="External"/><Relationship Id="rId827069ca81fc958bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.1079/cabicompendium.52407" TargetMode="External"/><Relationship Id="rId258969ca81fc95976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId722469ca81fc95ad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02783.x" TargetMode="External"/><Relationship Id="rId337969ca81fc931be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId337969ca81fc931be.jpg"/><Relationship Id="rId640069ca81fc943e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId640069ca81fc943e1.jpg"/><Relationship Id="rId628169ca81fc95e09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId628169ca81fc95e09.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>