--- v0 (2025-10-08)
+++ v1 (2026-02-21)
@@ -110,51 +110,51 @@
   <si>
     <t>ln</t>
   </si>
   <si>
     <t>Neimenggu</t>
   </si>
   <si>
     <t>nm</t>
   </si>
   <si>
     <t>Shanxi</t>
   </si>
   <si>
     <t>sh</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>