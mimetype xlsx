--- v0 (2025-10-04)
+++ v1 (2026-02-09)
@@ -305,51 +305,51 @@
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>