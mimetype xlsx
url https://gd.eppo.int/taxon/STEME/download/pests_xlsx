--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -174,51 +174,53 @@
     <t>Crinivirus tomatichlorosis</t>
   </si>
   <si>
     <t>* Kil EJ, Lee YJ, Cho S, Auh CK, Kim D, Lee KY, Kim MK, Choi HS, Kim CS, Lee S (2015) Identification of natural weed hosts of Tomato chlorosis virus in Korea by RT-PCR with root tissues. European Journal of Plant Pathology 142(2), 419-426.
 -------confirmed host</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Burrows PR, Stone AR (1985) Heterodera glycines. CIH Descriptions of Plant-Parasitic Nematodes No. 118. CABI, Wallingford (GB).
 * Riggs RD, Hamblen ML (1966) Further studies on the host range of the soybean-cyst. Bulletin of the Agricultural Experiment Station no. 718. University of Arkansas, Fayetteville (US), 19 pp.
 ------- Host range experiments.
 * Rocha LF, Gage KL, Pimentel MF, Bond JP, Fakhoury AM (2021) Weeds hosting the soybean cyst nematode (Heterodera glycines Ichinohe): management implications in agroecological systems. Agronomy 11(1), 146. https://doi.org/10.3390/agronomy11010146</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
-    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
+    <t>* Gautam V, Garg V, Singh NK, Singh RK (2026) The pathogen-weed complex: a new perspective on the role of alternative hosts in Meloidogyne graminicola epidemiology. Planta 263(3), 65.
+------- poor host
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>MELGNA</t>
   </si>
   <si>
     <t>Meloidogyne naasi</t>
   </si>
   <si>
     <t>NACOBA</t>
   </si>
   <si>
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Manzanilla-López RH, Costilla MA, Doucet M, Inserra RN, Lehman PS, Cid del Prado-Vera I, Souza RM, Evans K (2002) The genus Nacobbus Thorne &amp; Allen, 1944 (Nematoda: Pratylenchidae): systematics, distribution, biology and management. Nematropica 32, 149-226.</t>
   </si>
   <si>
     <t>TORSV0</t>
   </si>
   <si>
     <t>Nepovirus lycopersici</t>
   </si>
   <si>
     <t>* Powell CA, Forer LB, Stouffer RF (1982) Reservoirs of tomato ringspot virus in fruit orchards. Plant Disease 66, 583-584.</t>
   </si>