--- v0 (2025-10-16)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SSAAL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANIDMA</t>
   </si>
   <si>
     <t>Anisandrus maiche</t>
   </si>
   <si>
     <t>* Tobin KN, Ethington MW, Ginzel MD (2024) Volatiles from nutritional fungal symbiont influence the attraction of Anisandrus maiche (Coleoptera: Curculionidae) to ethanol-baited traps. Environmental Entomology 53(1), 108-115.</t>
   </si>
   <si>
@@ -94,50 +94,59 @@
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Liyanapathiranage P, Avin FA, Bonkowski J, Beckerman JL, Munster M, Hadziabdic D, Trigiano RN, Baysal-Gurel F (2025) Vascular streak dieback: A novel threat to redbud and other woody ornamental production in the United States. Plant Disease 109(5), 953-970</t>
   </si>
   <si>
     <t>XYLBGR</t>
   </si>
   <si>
     <t>Xyleborus glabratus</t>
   </si>
   <si>
     <t>* Brar GS, Capinera JL, Kendra PE, McLean S, Peña JE (2013) Life cycle, development, and culture of Xyleborus glabratus (Coleoptera: Curculionidae: Scolytinae). Florida Entomologist 96(3), 1158-1167.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies unknown.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>RAFFLA</t>
@@ -473,61 +482,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D11"/>
+  <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -629,60 +638,74 @@
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>4</v>
+      </c>
+      <c r="B11" t="s">
         <v>32</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>33</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>34</v>
       </c>
-      <c r="D11" t="s">
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
         <v>35</v>
+      </c>
+      <c r="B12" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">