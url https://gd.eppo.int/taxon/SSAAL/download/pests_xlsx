--- v1 (2026-01-28)
+++ v2 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SSAAL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANIDMA</t>
   </si>
   <si>
     <t>Anisandrus maiche</t>
   </si>
   <si>
     <t>* Tobin KN, Ethington MW, Ginzel MD (2024) Volatiles from nutritional fungal symbiont influence the attraction of Anisandrus maiche (Coleoptera: Curculionidae) to ethanol-baited traps. Environmental Entomology 53(1), 108-115.</t>
   </si>
   <si>
@@ -94,50 +94,60 @@
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Sassafras)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>VSD000</t>
   </si>
   <si>
     <t>Vascular streak dieback agent</t>
   </si>
   <si>
     <t>* Liyanapathiranage P, Avin FA, Bonkowski J, Beckerman JL, Munster M, Hadziabdic D, Trigiano RN, Baysal-Gurel F (2025) Vascular streak dieback: A novel threat to redbud and other woody ornamental production in the United States. Plant Disease 109(5), 953-970</t>
   </si>
   <si>
     <t>XYLBGR</t>
   </si>
   <si>
     <t>Xyleborus glabratus</t>
   </si>
   <si>
     <t>* Brar GS, Capinera JL, Kendra PE, McLean S, Peña JE (2013) Life cycle, development, and culture of Xyleborus glabratus (Coleoptera: Curculionidae: Scolytinae). Florida Entomologist 96(3), 1158-1167.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
@@ -482,61 +492,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -652,60 +662,74 @@
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B12" t="s">
         <v>35</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>36</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>37</v>
       </c>
-      <c r="D12" t="s">
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
         <v>38</v>
+      </c>
+      <c r="B13" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">