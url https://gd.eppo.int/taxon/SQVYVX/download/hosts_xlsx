--- v0 (2025-10-09)
+++ v1 (2026-02-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SQVYVX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>MOMCH</t>
   </si>
   <si>
     <t>Momordica charantia</t>
   </si>
   <si>
     <t>* Adkins S, Webb SE, Baker CA, Kousik CS (2008) Squash vein yellowing virus detection using nested polymerase chain reaction demonstrates that the cucurbit weed Momordica charantia is a reservoir host. Plant Disease 92, 1119-1123.</t>
   </si>
   <si>
@@ -79,57 +79,68 @@
   <si>
     <t>Cucumis melo</t>
   </si>
   <si>
     <t>* Hussein A, Salem N, Margaria P, Menzel W, Abu Muslem M (2024) First Report of Squash Vein Yellowing Virus Naturally Infecting Cucumber, Squash, and Melon in Jordan. Plant Disease. 108 (10): 3204.</t>
   </si>
   <si>
     <t>CUMMD</t>
   </si>
   <si>
     <t>Cucumis melo var. dudaim</t>
   </si>
   <si>
     <t>* Adkins S, Webster CG, Baker CA, Weaver R, Rosskopf EN, Turechek WW (2009) Detection of three whitefly-transmitted viruses infecting the cucurbit weed Cucumis melo var. dudaim in Florida. Online. Plant Health Progress. doi:10.1094/PHP-2009-1118-01-BR.</t>
   </si>
   <si>
     <t>CUMSA</t>
   </si>
   <si>
     <t>Cucumis sativus</t>
   </si>
   <si>
     <t>* Hussein A, Salem N, Margaria P, Menzel W, Abu Muslem m (2024) First Report of Squash Vein Yellowing Virus Naturally Infecting Cucumber, Squash, and Melon in Jordan. Plant Disease. 108(10): 3204.</t>
   </si>
   <si>
+    <t>CUUMO</t>
+  </si>
+  <si>
+    <t>Cucurbita moschata</t>
+  </si>
+  <si>
+    <t>* Hernandez RN, Isakeit T, Al Rwahnih M, Hernandez R, Alabi OJ (2021) First Report of Squash vein yellowing virus Naturally Infecting Butternut Squash (Cucurbita moschata) in Texas. Plant Disease 105(9), 2738.
+------- sequences shared closest identity with a strain from Israel (reported in Reingold et al., 2016)</t>
+  </si>
+  <si>
     <t>CUUPE</t>
   </si>
   <si>
     <t>Cucurbita pepo</t>
   </si>
   <si>
-    <t>* Adkins S, Webb SE, Achor D, Roberts PD, Baker CA (2007) Identification and characterization of a novel whitefly-transmitted member of the family potyviridae isolated from cucurbits in Florida. Phytopathology 97(2), 145-154.</t>
+    <t>* Adkins S, Webb SE, Achor D, Roberts PD, Baker CA (2007) Identification and characterization of a novel whitefly-transmitted member of the family potyviridae isolated from cucurbits in Florida. Phytopathology 97(2), 145-154.
+* Hussein A, Salem N, Margaria P, Menzel W, Abu Muslem M (2024) First report of squash vein yellowing virus naturally infecting cucumber, squash, and melon in Jordan. Plant Disease 108(10), 3204. https://doi.org/10.1094/PDIS-06-24-1264-PDN</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>MEEPE</t>
   </si>
   <si>
     <t>Melothria pendula</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -442,51 +453,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="298.356" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -556,59 +567,73 @@
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
         <v>24</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>25</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>26</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" t="s">
+        <v>29</v>
+      </c>
+      <c r="D9" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>