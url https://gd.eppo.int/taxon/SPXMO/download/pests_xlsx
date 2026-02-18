--- v0 (2025-10-20)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SPXMO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens</t>
   </si>
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.</t>
   </si>
   <si>
@@ -173,50 +173,60 @@
   </si>
   <si>
     <t>Ceratitis quilicii</t>
   </si>
   <si>
     <t>* Moquet L, Payet J, Glenac S, Delatte H (2021) Niche shift of tephritid species after the Oriental fruit fly (Bactrocera dorsalis) invasion in La Réunion. Diversity and Distributions. 27(1), 109-129. https://doi.org/10.1111/ddi.13172</t>
   </si>
   <si>
     <t>DROSSU</t>
   </si>
   <si>
     <t>Drosophila suzukii</t>
   </si>
   <si>
     <t>* Barreto-Barriga O, Pérez-Pérez M, Flores-González E, Juárez-Gutiérrez AC, Pineda-Guillermo S, Segura-Ledesma S, Ibarra-Bautista B, Rebollar-Alviter Á (2024) Seasonal trend and alternative host plants of drosophila suzukii in blackberry crops from Mexico. Phytoparasitica. 52 doi.org/10/1007/s12600-024-01170-6</t>
   </si>
   <si>
     <t>PHENHI</t>
   </si>
   <si>
     <t>Maconellicoccus hirsutus</t>
   </si>
   <si>
     <t>* Martins dos S. D, Fornazier MJ, Peronti ALBG, Culik MP, Souza CAS, Taques RC, Zanuncio Jr JS, Queiroz RB (2019) Maconellicoccus hirsutus (Hemiptera: Pseudococcidae) in Brazil: recent spread, natural enemies, and new hosts. Florida Entomologist 102(2), 438-443.  https://doi.org/10.1653/024.102.0225
 ------- Confirmed host in Brazil.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Spondias)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SLENRU</t>
   </si>
   <si>
     <t>Selenothrips rubrocinctus</t>
   </si>
   <si>
     <t>* Gaud SM (1957) Control of the Red-Banded Thrips, Selenothrips rubrocinctus Giard, on Acalypha. Journal of Agriculture of University of Puerto Rico, 258-362.</t>
   </si>
   <si>
     <t>ZAPRTU</t>
   </si>
   <si>
     <t>Zaprionus tuberculatus</t>
   </si>
   <si>
     <t>* Yazzin A, David JR (2010) Revision of the Afrotropical species of Zaprionus (Diptera, Drosophilidae), with descriptions of two new species and notes on internal reproductive structures and immature stages. ZooKeys 51, 33-72.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -538,61 +548,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D18"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -802,50 +812,64 @@
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>50</v>
       </c>
       <c r="C17" t="s">
         <v>51</v>
       </c>
       <c r="D17" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>53</v>
       </c>
       <c r="C18" t="s">
         <v>54</v>
       </c>
       <c r="D18" t="s">
         <v>55</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>56</v>
+      </c>
+      <c r="C19" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">