--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,62 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SPQOL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>BLCV00</t>
   </si>
   <si>
     <t>Beet leaf curl virus</t>
   </si>
   <si>
     <t>* Brunt AA, Crabtree K, Dallwitz MJ, Gibbs AJ, Watson L (1996) Viruses of plants. CAB International. 1484 pp.
 * Schmutterer H, Ehrhardt P (1966) Zur Kenntnis des Wirtspflanzenkreises beim Rübenkräuselvirus (Beta Virus 3). Zeitschrift für Pflanzenkrankheiten (Pflanzenpathologie) und Pflanzenschutz 73(5), 271-283.
 ------- in transmission trials, highly susceptible. Also reports that it was considered as host by Wille (1929).
 * Smith KM (1972) A textbook of plant virus diseases (3rd edition). Longman, London, UK. pp. 88-90. 
 * Wille J (1929) Die durch die Rübenblattwanze erzeugte Kräuselkrankheit der Rüben. Arbeiten aus der Biologischen Reichsanstalt für Land- und Forstwirtschaft 16(1), 115-167.</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Chenopodioideae)</t>
   </si>
   <si>
     <t>LIYV00</t>
@@ -816,707 +829,721 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D47"/>
+  <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D3"/>
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>44</v>
+      </c>
+      <c r="D15" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D25"/>
+        <v>73</v>
+      </c>
+      <c r="D25" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D37" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B38" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C38" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C39" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D39" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C40" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C41" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C43" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C44" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D44"/>
+        <v>129</v>
+      </c>
+      <c r="D44" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C45" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D46" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>135</v>
+        <v>33</v>
       </c>
       <c r="B47" t="s">
         <v>136</v>
       </c>
       <c r="C47" t="s">
         <v>137</v>
       </c>
-      <c r="D47"/>
+      <c r="D47" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>139</v>
+      </c>
+      <c r="B48" t="s">
+        <v>140</v>
+      </c>
+      <c r="C48" t="s">
+        <v>141</v>
+      </c>
+      <c r="D48"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>