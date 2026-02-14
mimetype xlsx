--- v1 (2025-11-24)
+++ v2 (2026-02-14)
@@ -355,50 +355,56 @@
   <si>
     <t>* Bassimba DD, Mira JL, Vicent A (2014) First report of leaf spot of spinach caused by Pleospora betae in Spain. Plant Disease 98(11), 1583. https://doi.org/10.1094/PDIS-04-14-0367-PDN</t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* Jones DR (2005) Plant viruses transmitted by thrips. European Journal of Plant Pathology 113, 119–157.
 * Liu HY, Sears JL, Mou B (2009) Spinach (Spinacia oleracea) is a new natural host of Impatiens necrotic spot virus in California. Plant Disease 93(6),p  673.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>SPFMV0</t>
   </si>
   <si>
     <t>Potyvirus batataplumei</t>
   </si>
   <si>
     <t>* Akel E, Ismail ID, Al-Chaabi S, Fuentes S (2010) New natural weed hosts of Sweet potato feathery mottle virus in Syria. Arab Journal of Plant Protection 28(1), 96-100.</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Diaz-Silva F (2011) [Agroecological aspects for the integrated management of Prodiplosis longifila Gagné in the irrigation of Chavimochic]. Escuela de Ciencias Biológicas, Universidad de Trujillo, Trujillo, PERU (in Spanish).
@@ -449,56 +455,50 @@
     <t>Spodoptera ornithogalli</t>
   </si>
   <si>
     <t>* Anonymous (1955) Cooperative Economic Insect Report 5(38), 909.
 * Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Rogg HW (2000) Manual de Entomología Agrícola de Ecuador. Abya-Yala, Quito, p 684.</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t>* Etienne J, Ryckewaert P, Michel B (2015) Thrips (Insecta: Thysanoptera) of Guadeloupe and Martinique: updated check-list with new information on their ecology and natural enemies. Florida Entomologist 98(1), 298-304.</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci</t>
   </si>
   <si>
     <t>* Zhu F, Che YP, Liang ZJ, Ji ZL (2018) First report of Tobacco rattle virus infecting spinach in China. Plant Disease 102(12), 2671-2672.
 -------- On Spinacia oleracea, in Yangzhou city, Jiangsu province, China.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Tuta absoluta</t>
   </si>
   <si>
     <t>VERTDA</t>
   </si>
   <si>
     <t>Verticillium dahliae</t>
   </si>
   <si>
     <t>* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA</t>
   </si>
   <si>
     <t>VERTNO</t>
   </si>
   <si>
     <t>Verticillium nonalfalfae</t>
   </si>
   <si>
     <t xml:space="preserve">* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA </t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>SPIRCI</t>
   </si>
@@ -1319,191 +1319,191 @@
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>98</v>
       </c>
       <c r="C34" t="s">
         <v>99</v>
       </c>
       <c r="D34" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>33</v>
       </c>
       <c r="B35" t="s">
         <v>101</v>
       </c>
       <c r="C35" t="s">
         <v>102</v>
       </c>
-      <c r="D35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>33</v>
       </c>
       <c r="B36" t="s">
+        <v>103</v>
+      </c>
+      <c r="C36" t="s">
         <v>104</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>33</v>
       </c>
       <c r="B37" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" t="s">
         <v>107</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>33</v>
       </c>
       <c r="B38" t="s">
+        <v>109</v>
+      </c>
+      <c r="C38" t="s">
         <v>110</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>33</v>
       </c>
       <c r="B39" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" t="s">
         <v>113</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>33</v>
       </c>
       <c r="B40" t="s">
+        <v>115</v>
+      </c>
+      <c r="C40" t="s">
         <v>116</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>33</v>
       </c>
       <c r="B41" t="s">
+        <v>118</v>
+      </c>
+      <c r="C41" t="s">
         <v>119</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>33</v>
       </c>
       <c r="B42" t="s">
+        <v>121</v>
+      </c>
+      <c r="C42" t="s">
         <v>122</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>33</v>
       </c>
       <c r="B43" t="s">
+        <v>124</v>
+      </c>
+      <c r="C43" t="s">
         <v>125</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>33</v>
       </c>
       <c r="B44" t="s">
+        <v>127</v>
+      </c>
+      <c r="C44" t="s">
         <v>128</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>33</v>
       </c>
       <c r="B45" t="s">
+        <v>130</v>
+      </c>
+      <c r="C45" t="s">
         <v>131</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>132</v>
       </c>
-      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>33</v>
       </c>
       <c r="B46" t="s">
         <v>133</v>
       </c>
       <c r="C46" t="s">
         <v>134</v>
       </c>
       <c r="D46" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>33</v>
       </c>
       <c r="B47" t="s">
         <v>136</v>
       </c>
       <c r="C47" t="s">
         <v>137</v>
       </c>