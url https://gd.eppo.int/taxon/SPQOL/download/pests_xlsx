--- v2 (2026-02-14)
+++ v3 (2026-03-07)
@@ -12,75 +12,85 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SPQOL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- incidental host.</t>
+  </si>
+  <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+-------no information on life cycle</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>BLCV00</t>
   </si>
   <si>
     <t>Beet leaf curl virus</t>
   </si>
   <si>
     <t>* Brunt AA, Crabtree K, Dallwitz MJ, Gibbs AJ, Watson L (1996) Viruses of plants. CAB International. 1484 pp.
 * Schmutterer H, Ehrhardt P (1966) Zur Kenntnis des Wirtspflanzenkreises beim Rübenkräuselvirus (Beta Virus 3). Zeitschrift für Pflanzenkrankheiten (Pflanzenpathologie) und Pflanzenschutz 73(5), 271-283.
 ------- in transmission trials, highly susceptible. Also reports that it was considered as host by Wille (1929).
 * Smith KM (1972) A textbook of plant virus diseases (3rd edition). Longman, London, UK. pp. 88-90. 
 * Wille J (1929) Die durch die Rübenblattwanze erzeugte Kräuselkrankheit der Rüben. Arbeiten aus der Biologischen Reichsanstalt für Land- und Forstwirtschaft 16(1), 115-167.</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Chenopodioideae)</t>
   </si>
   <si>
     <t>LIYV00</t>
@@ -353,56 +363,50 @@
     <t>Neocamarosporium betae</t>
   </si>
   <si>
     <t>* Bassimba DD, Mira JL, Vicent A (2014) First report of leaf spot of spinach caused by Pleospora betae in Spain. Plant Disease 98(11), 1583. https://doi.org/10.1094/PDIS-04-14-0367-PDN</t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* Jones DR (2005) Plant viruses transmitted by thrips. European Journal of Plant Pathology 113, 119–157.
 * Liu HY, Sears JL, Mou B (2009) Spinach (Spinacia oleracea) is a new natural host of Impatiens necrotic spot virus in California. Plant Disease 93(6),p  673.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Phthorimaea absoluta</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>SPFMV0</t>
   </si>
   <si>
     <t>Potyvirus batataplumei</t>
   </si>
   <si>
     <t>* Akel E, Ismail ID, Al-Chaabi S, Fuentes S (2010) New natural weed hosts of Sweet potato feathery mottle virus in Syria. Arab Journal of Plant Protection 28(1), 96-100.</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
@@ -873,675 +877,677 @@
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D5" t="s">
         <v>16</v>
       </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D9" t="s">
         <v>26</v>
       </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B12" t="s">
         <v>33</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>34</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>50</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" t="s">
         <v>76</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>79</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B28" t="s">
         <v>80</v>
       </c>
       <c r="C28" t="s">
         <v>81</v>
       </c>
       <c r="D28" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B29" t="s">
         <v>83</v>
       </c>
       <c r="C29" t="s">
         <v>84</v>
       </c>
       <c r="D29" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B30" t="s">
         <v>86</v>
       </c>
       <c r="C30" t="s">
         <v>87</v>
       </c>
       <c r="D30" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B31" t="s">
         <v>89</v>
       </c>
       <c r="C31" t="s">
         <v>90</v>
       </c>
       <c r="D31" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B32" t="s">
         <v>92</v>
       </c>
       <c r="C32" t="s">
         <v>93</v>
       </c>
       <c r="D32" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B33" t="s">
         <v>95</v>
       </c>
       <c r="C33" t="s">
         <v>96</v>
       </c>
       <c r="D33" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B34" t="s">
         <v>98</v>
       </c>
       <c r="C34" t="s">
         <v>99</v>
       </c>
       <c r="D34" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B35" t="s">
         <v>101</v>
       </c>
       <c r="C35" t="s">
         <v>102</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D37" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B38" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C38" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C39" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D39" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C40" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C41" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C43" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C44" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C45" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C46" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D46" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B47" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C47" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D47" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B48" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C48" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D48"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>