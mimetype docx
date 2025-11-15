--- v0 (2025-10-07)
+++ v1 (2025-11-15)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (Boisduval)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Egyptian cotton leafworm, Egyptian cotton worm, Mediterranean brocade moth, Mediterranean climbing cutworm, cotton leafworm, tobacco cutworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId689768e4b0bd7de24" w:history="1">
+            <w:hyperlink r:id="rId33086918613edaa02" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423968e4b0bd7de67" w:history="1">
+            <w:hyperlink r:id="rId62026918613edaa47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SPODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15554713" name="name380368e4b0bd7df58" descr="1576.jpg"/>
+                  <wp:docPr id="41971426" name="name10486918613edab08" descr="1576.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1576.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId321368e4b0bd7df57" cstate="print"/>
+                          <a:blip r:embed="rId30616918613edab07" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId226668e4b0bd7e060" w:history="1">
+            <w:hyperlink r:id="rId23996918613edac0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2056,63 +2056,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. littoralis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is present in Africa, Southern Europe and the Middle East. Its native range is considered to be sub-Saharan Africa (Lopez-Vaamonde, 2008). It is now common in the Middle East and the Mediterranean basin, including countries in Southern Europe. Transient populations may occur in Northern Europe (Coquempot and Ramel, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58618125" name="name974668e4b0bd7f979" descr="SPODLI_distribution_map.jpg"/>
+            <wp:docPr id="25223787" name="name63886918613edc354" descr="SPODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SPODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId311868e4b0bd7f977" cstate="print"/>
+                    <a:blip r:embed="rId20186918613edc350" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4945,51 +4945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1):3987, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId339068e4b0bd80d6b" w:history="1">
+      <w:hyperlink r:id="rId56106918613edd813" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5363,51 +5363,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330–349.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fredon Corse, (2014) La noctuelle méditerranéenne. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906368e4b0bd81026" w:history="1">
+      <w:hyperlink r:id="rId50596918613eddae1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5658,51 +5658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1058–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715968e4b0bd811ff" w:history="1"/>
+      <w:hyperlink r:id="rId18976918613eddcc1" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Holloway JD (1989) The moths of Borneo: Family Noctuidae, trifine subfamilies: Noctuinae, Heliothinae, Hadeninae, Acronictinae, Amphipyrinae, Agaristinae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7582,51 +7582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Egypt Journal Biological Pest Control </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 73. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355668e4b0bd81dce" w:history="1">
+      <w:hyperlink r:id="rId35586918613ede8d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s41938-020-00265-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8053,51 +8053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 133–144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId672068e4b0bd820cb" w:history="1">
+      <w:hyperlink r:id="rId87926918613edec68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11248-005-2736-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8221,51 +8221,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera littoralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296368e4b0bd821de" w:history="1">
+      <w:hyperlink r:id="rId89786918613eded80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8456,81 +8456,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680268e4b0bd8234e" w:history="1">
+      <w:hyperlink r:id="rId17726918613edeef6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01750.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67613071" name="name588868e4b0bd823c5" descr="eu_funding_250.png"/>
+            <wp:docPr id="61499222" name="name77526918613edefbe" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId373868e4b0bd823c4" cstate="print"/>
+                    <a:blip r:embed="rId52376918613edefbd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8628,137 +8628,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80482599">
+  <w:abstractNum w:abstractNumId="39917431">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31998987">
+    <w:lvl w:ilvl="0" w:tplc="69691536">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31998987" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69691536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31998987" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69691536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31998987" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69691536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31998987" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69691536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31998987" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69691536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31998987" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69691536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31998987" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69691536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31998987" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69691536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80482598">
+  <w:abstractNum w:abstractNumId="39917430">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68251035">
+    <w:lvl w:ilvl="0" w:tplc="68269049">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9510,55 +9510,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80482598">
-    <w:abstractNumId w:val="80482598"/>
+  <w:num w:numId="39917430">
+    <w:abstractNumId w:val="39917430"/>
   </w:num>
-  <w:num w:numId="80482599">
-    <w:abstractNumId w:val="80482599"/>
+  <w:num w:numId="39917431">
+    <w:abstractNumId w:val="39917431"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21108,51 +21108,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId563599773" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId432545070" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId689768e4b0bd7de24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/" TargetMode="External"/><Relationship Id="rId423968e4b0bd7de67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/categorization" TargetMode="External"/><Relationship Id="rId226668e4b0bd7e060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/photos" TargetMode="External"/><Relationship Id="rId339068e4b0bd80d6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3987" TargetMode="External"/><Relationship Id="rId906368e4b0bd81026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm" TargetMode="External"/><Relationship Id="rId715968e4b0bd811ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tow028" TargetMode="External"/><Relationship Id="rId355668e4b0bd81dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s41938-020-00265-6" TargetMode="External"/><Relationship Id="rId672068e4b0bd820cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11248-005-2736-z" TargetMode="External"/><Relationship Id="rId296368e4b0bd821de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId680268e4b0bd8234e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01750.x" TargetMode="External"/><Relationship Id="rId321368e4b0bd7df57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId321368e4b0bd7df57.jpg"/><Relationship Id="rId311868e4b0bd7f977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId311868e4b0bd7f977.jpg"/><Relationship Id="rId373868e4b0bd823c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId373868e4b0bd823c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId887733454" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId946830752" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId33086918613edaa02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/" TargetMode="External"/><Relationship Id="rId62026918613edaa47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/categorization" TargetMode="External"/><Relationship Id="rId23996918613edac0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/photos" TargetMode="External"/><Relationship Id="rId56106918613edd813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3987" TargetMode="External"/><Relationship Id="rId50596918613eddae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm" TargetMode="External"/><Relationship Id="rId18976918613eddcc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tow028" TargetMode="External"/><Relationship Id="rId35586918613ede8d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s41938-020-00265-6" TargetMode="External"/><Relationship Id="rId87926918613edec68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11248-005-2736-z" TargetMode="External"/><Relationship Id="rId89786918613eded80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17726918613edeef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01750.x" TargetMode="External"/><Relationship Id="rId30616918613edab07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30616918613edab07.jpg"/><Relationship Id="rId20186918613edc350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20186918613edc350.jpg"/><Relationship Id="rId52376918613edefbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52376918613edefbd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>