--- v1 (2025-11-15)
+++ v2 (2026-01-09)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (Boisduval)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Egyptian cotton leafworm, Egyptian cotton worm, Mediterranean brocade moth, Mediterranean climbing cutworm, cotton leafworm, tobacco cutworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33086918613edaa02" w:history="1">
+            <w:hyperlink r:id="rId87136960f06c77942" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62026918613edaa47" w:history="1">
+            <w:hyperlink r:id="rId10376960f06c77986" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SPODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="41971426" name="name10486918613edab08" descr="1576.jpg"/>
+                  <wp:docPr id="11919846" name="name64786960f06c77a55" descr="1576.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1576.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId30616918613edab07" cstate="print"/>
+                          <a:blip r:embed="rId91186960f06c77a54" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId23996918613edac0d" w:history="1">
+            <w:hyperlink r:id="rId75036960f06c77b7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2056,63 +2056,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. littoralis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is present in Africa, Southern Europe and the Middle East. Its native range is considered to be sub-Saharan Africa (Lopez-Vaamonde, 2008). It is now common in the Middle East and the Mediterranean basin, including countries in Southern Europe. Transient populations may occur in Northern Europe (Coquempot and Ramel, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25223787" name="name63886918613edc354" descr="SPODLI_distribution_map.jpg"/>
+            <wp:docPr id="41513395" name="name92726960f06c79425" descr="SPODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SPODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20186918613edc350" cstate="print"/>
+                    <a:blip r:embed="rId75856960f06c79422" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4945,51 +4945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1):3987, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56106918613edd813" w:history="1">
+      <w:hyperlink r:id="rId20486960f06c7a8cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5363,51 +5363,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330–349.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fredon Corse, (2014) La noctuelle méditerranéenne. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50596918613eddae1" w:history="1">
+      <w:hyperlink r:id="rId69636960f06c7ab73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5658,51 +5658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1058–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18976918613eddcc1" w:history="1"/>
+      <w:hyperlink r:id="rId14576960f06c7ad53" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Holloway JD (1989) The moths of Borneo: Family Noctuidae, trifine subfamilies: Noctuinae, Heliothinae, Hadeninae, Acronictinae, Amphipyrinae, Agaristinae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7582,51 +7582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Egypt Journal Biological Pest Control </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 73. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35586918613ede8d4" w:history="1">
+      <w:hyperlink r:id="rId12056960f06c7bafa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s41938-020-00265-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8053,51 +8053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 133–144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87926918613edec68" w:history="1">
+      <w:hyperlink r:id="rId13386960f06c7bdfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11248-005-2736-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8199,73 +8199,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera littoralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89786918613eded80" w:history="1">
+      <w:hyperlink r:id="rId69176960f06c7bf10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8456,81 +8456,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17726918613edeef6" w:history="1">
+      <w:hyperlink r:id="rId79206960f06c7c0a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01750.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61499222" name="name77526918613edefbe" descr="eu_funding_250.png"/>
+            <wp:docPr id="80282815" name="name65676960f06c7c102" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52376918613edefbd" cstate="print"/>
+                    <a:blip r:embed="rId14286960f06c7c101" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8628,137 +8628,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39917431">
+  <w:abstractNum w:abstractNumId="26652114">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69691536">
+    <w:lvl w:ilvl="0" w:tplc="18485265">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69691536" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18485265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69691536" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18485265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69691536" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18485265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69691536" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18485265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69691536" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18485265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69691536" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18485265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69691536" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18485265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69691536" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18485265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39917430">
+  <w:abstractNum w:abstractNumId="26652113">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68269049">
+    <w:lvl w:ilvl="0" w:tplc="68775027">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9510,55 +9510,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39917430">
-    <w:abstractNumId w:val="39917430"/>
+  <w:num w:numId="26652113">
+    <w:abstractNumId w:val="26652113"/>
   </w:num>
-  <w:num w:numId="39917431">
-    <w:abstractNumId w:val="39917431"/>
+  <w:num w:numId="26652114">
+    <w:abstractNumId w:val="26652114"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21108,51 +21108,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId887733454" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId946830752" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId33086918613edaa02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/" TargetMode="External"/><Relationship Id="rId62026918613edaa47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/categorization" TargetMode="External"/><Relationship Id="rId23996918613edac0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/photos" TargetMode="External"/><Relationship Id="rId56106918613edd813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3987" TargetMode="External"/><Relationship Id="rId50596918613eddae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm" TargetMode="External"/><Relationship Id="rId18976918613eddcc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tow028" TargetMode="External"/><Relationship Id="rId35586918613ede8d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s41938-020-00265-6" TargetMode="External"/><Relationship Id="rId87926918613edec68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11248-005-2736-z" TargetMode="External"/><Relationship Id="rId89786918613eded80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17726918613edeef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01750.x" TargetMode="External"/><Relationship Id="rId30616918613edab07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30616918613edab07.jpg"/><Relationship Id="rId20186918613edc350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20186918613edc350.jpg"/><Relationship Id="rId52376918613edefbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52376918613edefbd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId928596644" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId990769078" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87136960f06c77942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/" TargetMode="External"/><Relationship Id="rId10376960f06c77986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/categorization" TargetMode="External"/><Relationship Id="rId75036960f06c77b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/photos" TargetMode="External"/><Relationship Id="rId20486960f06c7a8cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3987" TargetMode="External"/><Relationship Id="rId69636960f06c7ab73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm" TargetMode="External"/><Relationship Id="rId14576960f06c7ad53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tow028" TargetMode="External"/><Relationship Id="rId12056960f06c7bafa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s41938-020-00265-6" TargetMode="External"/><Relationship Id="rId13386960f06c7bdfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11248-005-2736-z" TargetMode="External"/><Relationship Id="rId69176960f06c7bf10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79206960f06c7c0a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01750.x" TargetMode="External"/><Relationship Id="rId91186960f06c77a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91186960f06c77a54.jpg"/><Relationship Id="rId75856960f06c79422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75856960f06c79422.jpg"/><Relationship Id="rId14286960f06c7c101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14286960f06c7c101.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>