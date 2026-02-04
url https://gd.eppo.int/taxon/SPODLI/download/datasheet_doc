--- v2 (2026-01-09)
+++ v3 (2026-02-04)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (Boisduval)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Egyptian cotton leafworm, Egyptian cotton worm, Mediterranean brocade moth, Mediterranean climbing cutworm, cotton leafworm, tobacco cutworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87136960f06c77942" w:history="1">
+            <w:hyperlink r:id="rId304269838432e6ecd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10376960f06c77986" w:history="1">
+            <w:hyperlink r:id="rId941869838432e6f12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SPODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11919846" name="name64786960f06c77a55" descr="1576.jpg"/>
+                  <wp:docPr id="11474784" name="name220069838432e7557" descr="1576.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1576.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId91186960f06c77a54" cstate="print"/>
+                          <a:blip r:embed="rId174069838432e7555" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId75036960f06c77b7e" w:history="1">
+            <w:hyperlink r:id="rId464869838432e7685" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2056,63 +2056,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. littoralis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is present in Africa, Southern Europe and the Middle East. Its native range is considered to be sub-Saharan Africa (Lopez-Vaamonde, 2008). It is now common in the Middle East and the Mediterranean basin, including countries in Southern Europe. Transient populations may occur in Northern Europe (Coquempot and Ramel, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41513395" name="name92726960f06c79425" descr="SPODLI_distribution_map.jpg"/>
+            <wp:docPr id="95510169" name="name683169838432e8fc6" descr="SPODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SPODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75856960f06c79422" cstate="print"/>
+                    <a:blip r:embed="rId522669838432e8fc3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4945,51 +4945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1):3987, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20486960f06c7a8cc" w:history="1">
+      <w:hyperlink r:id="rId446669838432ea71c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5363,51 +5363,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330–349.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fredon Corse, (2014) La noctuelle méditerranéenne. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69636960f06c7ab73" w:history="1">
+      <w:hyperlink r:id="rId196969838432ea9cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5658,51 +5658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1058–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14576960f06c7ad53" w:history="1"/>
+      <w:hyperlink r:id="rId286569838432eaba9" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Holloway JD (1989) The moths of Borneo: Family Noctuidae, trifine subfamilies: Noctuinae, Heliothinae, Hadeninae, Acronictinae, Amphipyrinae, Agaristinae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7582,51 +7582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Egypt Journal Biological Pest Control </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 73. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12056960f06c7bafa" w:history="1">
+      <w:hyperlink r:id="rId735569838432eb7b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s41938-020-00265-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8053,51 +8053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 133–144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13386960f06c7bdfb" w:history="1">
+      <w:hyperlink r:id="rId357769838432ebaa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11248-005-2736-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8221,51 +8221,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera littoralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69176960f06c7bf10" w:history="1">
+      <w:hyperlink r:id="rId783369838432ebbbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8456,81 +8456,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79206960f06c7c0a5" w:history="1">
+      <w:hyperlink r:id="rId271469838432ebd2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01750.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80282815" name="name65676960f06c7c102" descr="eu_funding_250.png"/>
+            <wp:docPr id="76453714" name="name982569838432ebd89" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14286960f06c7c101" cstate="print"/>
+                    <a:blip r:embed="rId989569838432ebd88" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8628,137 +8628,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26652114">
+  <w:abstractNum w:abstractNumId="65852436">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18485265">
+    <w:lvl w:ilvl="0" w:tplc="73090304">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18485265" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73090304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18485265" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73090304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18485265" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73090304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18485265" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73090304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18485265" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73090304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18485265" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73090304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18485265" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73090304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18485265" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73090304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26652113">
+  <w:abstractNum w:abstractNumId="65852435">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68775027">
+    <w:lvl w:ilvl="0" w:tplc="16580270">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9510,55 +9510,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26652113">
-    <w:abstractNumId w:val="26652113"/>
+  <w:num w:numId="65852435">
+    <w:abstractNumId w:val="65852435"/>
   </w:num>
-  <w:num w:numId="26652114">
-    <w:abstractNumId w:val="26652114"/>
+  <w:num w:numId="65852436">
+    <w:abstractNumId w:val="65852436"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21108,51 +21108,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId928596644" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId990769078" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87136960f06c77942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/" TargetMode="External"/><Relationship Id="rId10376960f06c77986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/categorization" TargetMode="External"/><Relationship Id="rId75036960f06c77b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/photos" TargetMode="External"/><Relationship Id="rId20486960f06c7a8cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3987" TargetMode="External"/><Relationship Id="rId69636960f06c7ab73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm" TargetMode="External"/><Relationship Id="rId14576960f06c7ad53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tow028" TargetMode="External"/><Relationship Id="rId12056960f06c7bafa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s41938-020-00265-6" TargetMode="External"/><Relationship Id="rId13386960f06c7bdfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11248-005-2736-z" TargetMode="External"/><Relationship Id="rId69176960f06c7bf10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79206960f06c7c0a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01750.x" TargetMode="External"/><Relationship Id="rId91186960f06c77a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91186960f06c77a54.jpg"/><Relationship Id="rId75856960f06c79422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75856960f06c79422.jpg"/><Relationship Id="rId14286960f06c7c101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14286960f06c7c101.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId564171151" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId568272782" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId304269838432e6ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/" TargetMode="External"/><Relationship Id="rId941869838432e6f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/categorization" TargetMode="External"/><Relationship Id="rId464869838432e7685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/photos" TargetMode="External"/><Relationship Id="rId446669838432ea71c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3987" TargetMode="External"/><Relationship Id="rId196969838432ea9cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm" TargetMode="External"/><Relationship Id="rId286569838432eaba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tow028" TargetMode="External"/><Relationship Id="rId735569838432eb7b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s41938-020-00265-6" TargetMode="External"/><Relationship Id="rId357769838432ebaa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11248-005-2736-z" TargetMode="External"/><Relationship Id="rId783369838432ebbbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId271469838432ebd2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01750.x" TargetMode="External"/><Relationship Id="rId174069838432e7555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId174069838432e7555.jpg"/><Relationship Id="rId522669838432e8fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId522669838432e8fc3.jpg"/><Relationship Id="rId989569838432ebd88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId989569838432ebd88.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>