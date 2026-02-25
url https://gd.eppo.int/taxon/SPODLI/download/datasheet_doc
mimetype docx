--- v3 (2026-02-04)
+++ v4 (2026-02-25)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (Boisduval)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Egyptian cotton leafworm, Egyptian cotton worm, Mediterranean brocade moth, Mediterranean climbing cutworm, cotton leafworm, tobacco cutworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304269838432e6ecd" w:history="1">
+            <w:hyperlink r:id="rId4851699e3ef4b5485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId941869838432e6f12" w:history="1">
+            <w:hyperlink r:id="rId1777699e3ef4b54ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SPODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11474784" name="name220069838432e7557" descr="1576.jpg"/>
+                  <wp:docPr id="48775480" name="name4330699e3ef4b5a71" descr="1576.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1576.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId174069838432e7555" cstate="print"/>
+                          <a:blip r:embed="rId6321699e3ef4b5a6f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId464869838432e7685" w:history="1">
+            <w:hyperlink r:id="rId8909699e3ef4b5bad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2056,63 +2056,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. littoralis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is present in Africa, Southern Europe and the Middle East. Its native range is considered to be sub-Saharan Africa (Lopez-Vaamonde, 2008). It is now common in the Middle East and the Mediterranean basin, including countries in Southern Europe. Transient populations may occur in Northern Europe (Coquempot and Ramel, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95510169" name="name683169838432e8fc6" descr="SPODLI_distribution_map.jpg"/>
+            <wp:docPr id="38704970" name="name1383699e3ef4b763a" descr="SPODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SPODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId522669838432e8fc3" cstate="print"/>
+                    <a:blip r:embed="rId2505699e3ef4b7636" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4945,51 +4945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1):3987, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId446669838432ea71c" w:history="1">
+      <w:hyperlink r:id="rId1653699e3ef4b8bde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5363,51 +5363,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330–349.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fredon Corse, (2014) La noctuelle méditerranéenne. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId196969838432ea9cd" w:history="1">
+      <w:hyperlink r:id="rId1101699e3ef4b8e94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5658,51 +5658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1058–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286569838432eaba9" w:history="1"/>
+      <w:hyperlink r:id="rId2352699e3ef4b9075" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Holloway JD (1989) The moths of Borneo: Family Noctuidae, trifine subfamilies: Noctuinae, Heliothinae, Hadeninae, Acronictinae, Amphipyrinae, Agaristinae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7582,51 +7582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Egypt Journal Biological Pest Control </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 73. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735569838432eb7b9" w:history="1">
+      <w:hyperlink r:id="rId8392699e3ef4b9ce8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s41938-020-00265-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8053,51 +8053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 133–144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId357769838432ebaa7" w:history="1">
+      <w:hyperlink r:id="rId9852699e3ef4b9fe2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11248-005-2736-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8221,51 +8221,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera littoralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId783369838432ebbbb" w:history="1">
+      <w:hyperlink r:id="rId9508699e3ef4ba0fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8456,81 +8456,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId271469838432ebd2a" w:history="1">
+      <w:hyperlink r:id="rId1423699e3ef4ba27e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01750.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76453714" name="name982569838432ebd89" descr="eu_funding_250.png"/>
+            <wp:docPr id="28647495" name="name3652699e3ef4ba5ab" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId989569838432ebd88" cstate="print"/>
+                    <a:blip r:embed="rId7585699e3ef4ba5aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8628,137 +8628,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65852436">
+  <w:abstractNum w:abstractNumId="46426123">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73090304">
+    <w:lvl w:ilvl="0" w:tplc="24516609">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73090304" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24516609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73090304" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24516609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73090304" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24516609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73090304" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24516609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73090304" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24516609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73090304" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24516609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73090304" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24516609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73090304" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24516609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65852435">
+  <w:abstractNum w:abstractNumId="46426122">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16580270">
+    <w:lvl w:ilvl="0" w:tplc="45357624">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9510,55 +9510,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65852435">
-    <w:abstractNumId w:val="65852435"/>
+  <w:num w:numId="46426122">
+    <w:abstractNumId w:val="46426122"/>
   </w:num>
-  <w:num w:numId="65852436">
-    <w:abstractNumId w:val="65852436"/>
+  <w:num w:numId="46426123">
+    <w:abstractNumId w:val="46426123"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21108,51 +21108,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId564171151" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId568272782" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId304269838432e6ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/" TargetMode="External"/><Relationship Id="rId941869838432e6f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/categorization" TargetMode="External"/><Relationship Id="rId464869838432e7685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/photos" TargetMode="External"/><Relationship Id="rId446669838432ea71c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3987" TargetMode="External"/><Relationship Id="rId196969838432ea9cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm" TargetMode="External"/><Relationship Id="rId286569838432eaba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tow028" TargetMode="External"/><Relationship Id="rId735569838432eb7b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s41938-020-00265-6" TargetMode="External"/><Relationship Id="rId357769838432ebaa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11248-005-2736-z" TargetMode="External"/><Relationship Id="rId783369838432ebbbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId271469838432ebd2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01750.x" TargetMode="External"/><Relationship Id="rId174069838432e7555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId174069838432e7555.jpg"/><Relationship Id="rId522669838432e8fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId522669838432e8fc3.jpg"/><Relationship Id="rId989569838432ebd88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId989569838432ebd88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId973050955" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId811820274" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4851699e3ef4b5485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/" TargetMode="External"/><Relationship Id="rId1777699e3ef4b54ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/categorization" TargetMode="External"/><Relationship Id="rId8909699e3ef4b5bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/photos" TargetMode="External"/><Relationship Id="rId1653699e3ef4b8bde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3987" TargetMode="External"/><Relationship Id="rId1101699e3ef4b8e94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm" TargetMode="External"/><Relationship Id="rId2352699e3ef4b9075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tow028" TargetMode="External"/><Relationship Id="rId8392699e3ef4b9ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s41938-020-00265-6" TargetMode="External"/><Relationship Id="rId9852699e3ef4b9fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11248-005-2736-z" TargetMode="External"/><Relationship Id="rId9508699e3ef4ba0fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1423699e3ef4ba27e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01750.x" TargetMode="External"/><Relationship Id="rId6321699e3ef4b5a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6321699e3ef4b5a6f.jpg"/><Relationship Id="rId2505699e3ef4b7636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2505699e3ef4b7636.jpg"/><Relationship Id="rId7585699e3ef4ba5aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7585699e3ef4ba5aa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>