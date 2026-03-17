--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (Boisduval)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Egyptian cotton leafworm, Egyptian cotton worm, Mediterranean brocade moth, Mediterranean climbing cutworm, cotton leafworm, tobacco cutworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4851699e3ef4b5485" w:history="1">
+            <w:hyperlink r:id="rId441969b8b795723ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1777699e3ef4b54ca" w:history="1">
+            <w:hyperlink r:id="rId905369b8b7957240c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SPODLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48775480" name="name4330699e3ef4b5a71" descr="1576.jpg"/>
+                  <wp:docPr id="22104534" name="name973969b8b79572a3e" descr="1576.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1576.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6321699e3ef4b5a6f" cstate="print"/>
+                          <a:blip r:embed="rId158869b8b79572a3c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8909699e3ef4b5bad" w:history="1">
+            <w:hyperlink r:id="rId500069b8b79572b71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2056,63 +2056,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. littoralis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is present in Africa, Southern Europe and the Middle East. Its native range is considered to be sub-Saharan Africa (Lopez-Vaamonde, 2008). It is now common in the Middle East and the Mediterranean basin, including countries in Southern Europe. Transient populations may occur in Northern Europe (Coquempot and Ramel, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38704970" name="name1383699e3ef4b763a" descr="SPODLI_distribution_map.jpg"/>
+            <wp:docPr id="74618542" name="name226569b8b795742ef" descr="SPODLI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SPODLI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2505699e3ef4b7636" cstate="print"/>
+                    <a:blip r:embed="rId858769b8b795742ec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4945,51 +4945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1):3987, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1653699e3ef4b8bde" w:history="1">
+      <w:hyperlink r:id="rId641469b8b795757cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5363,51 +5363,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330–349.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fredon Corse, (2014) La noctuelle méditerranéenne. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1101699e3ef4b8e94" w:history="1">
+      <w:hyperlink r:id="rId406469b8b79575a68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5658,51 +5658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1058–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2352699e3ef4b9075" w:history="1"/>
+      <w:hyperlink r:id="rId656669b8b79575c63" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Holloway JD (1989) The moths of Borneo: Family Noctuidae, trifine subfamilies: Noctuinae, Heliothinae, Hadeninae, Acronictinae, Amphipyrinae, Agaristinae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7582,51 +7582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Egypt Journal Biological Pest Control </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 73. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8392699e3ef4b9ce8" w:history="1">
+      <w:hyperlink r:id="rId151469b8b79576883" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s41938-020-00265-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8053,51 +8053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 133–144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9852699e3ef4b9fe2" w:history="1">
+      <w:hyperlink r:id="rId173469b8b79576b6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11248-005-2736-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8221,51 +8221,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera littoralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9508699e3ef4ba0fa" w:history="1">
+      <w:hyperlink r:id="rId624269b8b79576c81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8456,81 +8456,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1423699e3ef4ba27e" w:history="1">
+      <w:hyperlink r:id="rId155969b8b79576df3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01750.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28647495" name="name3652699e3ef4ba5ab" descr="eu_funding_250.png"/>
+            <wp:docPr id="32744261" name="name889569b8b79577142" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7585699e3ef4ba5aa" cstate="print"/>
+                    <a:blip r:embed="rId271569b8b79577141" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8628,137 +8628,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46426123">
+  <w:abstractNum w:abstractNumId="16980706">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24516609">
+    <w:lvl w:ilvl="0" w:tplc="14382260">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24516609" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14382260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24516609" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14382260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24516609" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14382260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24516609" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14382260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24516609" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14382260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24516609" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14382260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24516609" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14382260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24516609" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14382260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46426122">
+  <w:abstractNum w:abstractNumId="16980705">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45357624">
+    <w:lvl w:ilvl="0" w:tplc="48745791">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9510,55 +9510,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46426122">
-    <w:abstractNumId w:val="46426122"/>
+  <w:num w:numId="16980705">
+    <w:abstractNumId w:val="16980705"/>
   </w:num>
-  <w:num w:numId="46426123">
-    <w:abstractNumId w:val="46426123"/>
+  <w:num w:numId="16980706">
+    <w:abstractNumId w:val="16980706"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21108,51 +21108,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId973050955" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId811820274" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4851699e3ef4b5485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/" TargetMode="External"/><Relationship Id="rId1777699e3ef4b54ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/categorization" TargetMode="External"/><Relationship Id="rId8909699e3ef4b5bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/photos" TargetMode="External"/><Relationship Id="rId1653699e3ef4b8bde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3987" TargetMode="External"/><Relationship Id="rId1101699e3ef4b8e94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm" TargetMode="External"/><Relationship Id="rId2352699e3ef4b9075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tow028" TargetMode="External"/><Relationship Id="rId8392699e3ef4b9ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s41938-020-00265-6" TargetMode="External"/><Relationship Id="rId9852699e3ef4b9fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11248-005-2736-z" TargetMode="External"/><Relationship Id="rId9508699e3ef4ba0fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1423699e3ef4ba27e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01750.x" TargetMode="External"/><Relationship Id="rId6321699e3ef4b5a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6321699e3ef4b5a6f.jpg"/><Relationship Id="rId2505699e3ef4b7636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2505699e3ef4b7636.jpg"/><Relationship Id="rId7585699e3ef4ba5aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7585699e3ef4ba5aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId231412646" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId559132198" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId441969b8b795723ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/" TargetMode="External"/><Relationship Id="rId905369b8b7957240c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/categorization" TargetMode="External"/><Relationship Id="rId500069b8b79572b71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SPODLI/photos" TargetMode="External"/><Relationship Id="rId641469b8b795757cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3987" TargetMode="External"/><Relationship Id="rId406469b8b79575a68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fredon-corse.com/ravageurs/Noctuelle_mediterraneenne.htm" TargetMode="External"/><Relationship Id="rId656669b8b79575c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tow028" TargetMode="External"/><Relationship Id="rId151469b8b79576883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s41938-020-00265-6" TargetMode="External"/><Relationship Id="rId173469b8b79576b6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11248-005-2736-z" TargetMode="External"/><Relationship Id="rId624269b8b79576c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId155969b8b79576df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01750.x" TargetMode="External"/><Relationship Id="rId158869b8b79572a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId158869b8b79572a3c.jpg"/><Relationship Id="rId858769b8b795742ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId858769b8b795742ec.jpg"/><Relationship Id="rId271569b8b79577141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId271569b8b79577141.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>