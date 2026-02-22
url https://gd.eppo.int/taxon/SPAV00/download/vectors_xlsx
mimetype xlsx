--- v0 (2025-10-09)
+++ v1 (2026-02-22)
@@ -12,74 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SPAV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Known vector</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci</t>
   </si>
   <si>
     <t>* EFSA Panel on Plant Health (2013) Scientific opinion on the risks to plant health posed by Bemisia tabaci species complex and viruses it transmits for the EU territory. EFSA journal 11(4), 3162.</t>
+  </si>
+  <si>
+    <t>TRIAVA</t>
+  </si>
+  <si>
+    <t>Trialeurodes vaporariorum</t>
+  </si>
+  <si>
+    <t>* Tzanetakis IE, Wintermantel WM, Cortez AA, Barnes JE, Barrett SM, Bolda MP, Martin RR. Epidemiology of strawberry pallidosis-associated virus and occurrence of pallidosis disease in North America. Plant Disease 90(10), 1343-1346.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -383,90 +392,104 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2"/>
+  <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="232.229" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="273.648" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">