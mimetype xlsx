--- v0 (2025-10-07)
+++ v1 (2025-11-11)
@@ -311,51 +311,53 @@
   </si>
   <si>
     <t>Meloidogyne chitwoodi</t>
   </si>
   <si>
     <t>* O’Bannon JH, Santo GS, Nyczepir AP (1982) Host range of the Columbia root-knot nematode. Plant Disease 66, 1045-1048.
 -------- As Sorghum vulgare.</t>
   </si>
   <si>
     <t>MELGFL</t>
   </si>
   <si>
     <t>Meloidogyne floridensis</t>
   </si>
   <si>
     <t>* Khanal C, Sagar GC, Harshman D (2024) Host suitability of summer cover crops and peach rootstocks to the peach root-knot nematode, Meloidogyne floridensis. Plant Disease 108(3), 582-586.
 -------poor host in pot experiments.</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
-    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
+    <t>* Pooja Devi, Kanwar RS, Anil Kumar (2016) Studies on population variation of Meloidogyne graminicola using some weeds, forage and vegetable crops. Forage Research 42 pp.135-139.  http://forageresearch.in/wp-content/uploads/2016/09/135-139.pdf
+------- host.
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>METAHE</t>
   </si>
   <si>
     <t>Metamasius hemipterus</t>
   </si>
   <si>
     <t>PSEDSE</t>
   </si>
   <si>
     <t>Mythimna separata</t>
   </si>
   <si>
     <t>PYRUNU</t>
   </si>
   <si>
     <t>Ostrinia nubilalis</t>
   </si>
   <si>
     <t>PERCCI</t>
   </si>
   <si>
     <t>Periconia circinata</t>
   </si>