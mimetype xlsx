--- v0 (2025-10-10)
+++ v1 (2026-02-11)
@@ -920,51 +920,51 @@
   <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
@@ -4240,51 +4240,51 @@
       <c r="B156" t="s">
         <v>318</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
         <v>319</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
         <v>269</v>
       </c>
       <c r="B157" t="s">
         <v>320</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
         <v>321</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
         <v>269</v>
       </c>
       <c r="B158" t="s">
         <v>322</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
         <v>323</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
         <v>324</v>
       </c>
       <c r="B159" t="s">
         <v>325</v>
       </c>