--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLTU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="630">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="632">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
@@ -98,50 +98,53 @@
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t xml:space="preserve">* Vasquez Gutierrez U, López López H, Frías Treviño GA, Delgado Ortiz JC, Flores Olivas A, Aguirre Uribe LA, Hernández Juarez A (2024) Biological exploration and physicochemical characteristics of Tomato Brown Rugose Fruit Virus in several host crops. Agronomy 14(2), 388. https://doi.org/10.3390/agronomy14020388
 ------- symptomatic in incoulation trials in field conditions. 
 * Yan ZY, Zhao MS, Liu LZ, Yang GL, Chao GE, Yanping TI, Li XD (2021) Biological and molecular characterization of tomato brown rugose fruit virus and development of quadruplex RT-PCR detection. Journal of Integrative Agriculture 20(7), 1871-1979. https://doi.org/10.1016/S2095-3119(20)63275-0
 ------- asymptomatic host in inoculation trials. </t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici</t>
+  </si>
+  <si>
+    <t>* Vervaet L, De Vis R, De Clercq P, Van Leeuwen T (2021) Is the emerging mite pest Aculops lycopersici controllable? Global and genome‐based insights in its biology and management. Pest Management Science 77(6), 2635-2644.</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>HERSCO</t>
   </si>
   <si>
     <t>Agrius convolvuli</t>
   </si>
   <si>
     <t>AGROSE</t>
   </si>
   <si>
     <t>Agrotis segetum</t>
   </si>
   <si>
     <t>AMV000</t>
   </si>
   <si>
     <t>Alfamovirus AMV</t>
   </si>
   <si>
     <t>* Nie X, De Koeyer D, Liang Z, Dickison V, Singh M, Hawkins G (2015) Identification and first report of a potato tuber necrosis-inducing isolate of Alfalfa mosaic virus in Canada. Plant Disease 99(11), p 1658.</t>
   </si>
@@ -1402,50 +1405,53 @@
 * Vásquez V, Montero-Astúa M, Rivera C (2006) Incidence and altitudinal distribution of 13 viruses in Solanum tuberosum (Solanaceae) crops in Costa Rica. (Incidencia y distribución altitudinal de 13 virus en cultivos de Solanum tuberosum (Solanaceae) en Costa Rica). Revista de Biología Tropical 54, 1135-1141.</t>
   </si>
   <si>
     <t>Crinivirus flavisolani</t>
   </si>
   <si>
     <t>* Niño Á, Del Toro FJ, Tenllado F, Canto T, Franco-Lara L (2021) Molecular insights on potato yellow vein crinivirus infections in the highlands of Colombia. Journal of General Virology. 102(6), 001604. https://doi.org/10.1099/jgv.0.001604.</t>
   </si>
   <si>
     <t>TOCV00</t>
   </si>
   <si>
     <t>Crinivirus tomatichlorosis</t>
   </si>
   <si>
     <t xml:space="preserve">* Favara GM, Martines CD, de Oliveira AV, Dovigo LH, Marubayashi JM, de Oliveira CS, de Souza‐Dias JA, Hayashi P, Watanabe LF, Rezende JA, Krause‐Sakate R (2025) Current status of tomato chlorosis virus and whiteflies in potato crops of São Paulo State and virus–vector–host interactions. Plant Pathology (early view). https://doi.org/10.1111/ppa.14108
 * Fortes IM, Navas-Castillo J (2012) Potato, an experimental and natural host of the crinivirus Tomato chlorosis virus. European Journal of Plant Pathology 134(1), 81-86.
 ------- confirmed host
 </t>
   </si>
   <si>
     <t>DIABSC</t>
   </si>
   <si>
     <t>Diabrotica speciosa</t>
+  </si>
+  <si>
+    <t>* Barboza MR, Outeiro VH, Tokarski A, Rech C, Kawakami J, Nardi C (2021) A method to estimate the damage of Diabrotica speciosa larvae on potato tubers. Horticultura Brasileira 39, 245-249.</t>
   </si>
   <si>
     <t>ERWICD</t>
   </si>
   <si>
     <t>Dickeya dianthicola</t>
   </si>
   <si>
     <t>* Bobev S G, van Vaerenbergh J, Maes M (2014) First report of Dickeya dianthicola causing blackleg on potato (Solanum tuberosum) in Bulgaria. Plant Disease 98 (2), 275. https://doi.org/10.1094/PDIS-02-13-0147-PDN
 * Boluk G, Arif M (2019) First report of Dickeya dianthicola as a causal agent of bacterial soft rot of potato in Hawaii. Plant Disease 103 (11), 2943-2943. https://doi.org/:10.1094/PDIS-11-18-2094-PDN
 * Ge T, Jiang H, Johnson SB, Larkin RP, Charkowski AO, Secor G, Hao J (2021) Genotyping Dickeya dianthicola causing potato blackleg and soft rot outbreak associated with inoculum geography in the United States. Plant Disease 105(7), 1976-1983.
 * Jiang HH, Hao JJ, Johnson SB, Brueggeman RS, Secor G (2016) First report of Dickeya dianthicola causing blackleg and bacterial soft rot on potato in Maine. Plant Disease 100 (11), 2320. https://doi.org/10.1094/PDIS-12-15-1513-PDN 
 * Laurila J, Joutsjoki T, Lehtinen A, Ahola V, Hannukkala A, Pirhonen M (2006) Characterisation of erwinias causing blackleg and soft rot in Finland. NJF report2 1, 25. 
 * Nasaruddin AS, Charkowski AO, Babler BN, Perna NT, Glasner JD (2019) First report of Dickeya dianthicola causing blackleg on potato in Texas. Plant Disease 103 (8), p 2121. https://doi.org/10.1094/PDIS-01-19-0024-PDN
 * Oulghazi S, Khayi S, Lafkih N, Massaoudi Y, El-Karkouri A, El-Hassouni M, Faure D, Moumni M (2017) First report of Dickeya dianthicola causing blackleg disease on potato in Morocco. Plant Disease 101(9), 1671-1672. https://doi.org/10.1094/pdis-04-17-0548-pdn
 * Parkinson N, Stead D, Bew J, Heeney J, Tsror L &amp; Elphinstone J (2009) Dickeya species relatedness and clade structure determined by comparison of recA sequences. International Journal of Systematic and Evolutionary Microbiology 59, 2388–2393.
 * Patel N, Baldwin AC, Patel RD, Kobayashi DY, Wyenandt CA (2019) First report of Dickeya dianthicola causing blackleg and soft rot on potato (Solanum tuberosum) in New Jersey, U.S.A. Plant Disease 103 (1), 146. https://doi.org/10.1094/PDIS-05-18-0775-PDN  
 * Rosenzweig N, Steere L, Kirk W W, Mambetova S, Long C, Schafer R, Dangi S, Byrne J (2016) First report of Dickeya dianthicola and Pectobacterium wasabiae causing aerial stem rot of potato in Michigan, USA. New Disease Reports 10. http://www.ndrs.org.uk/pdfs/033/NDR_033010.pdf
 * Samson R, Legendre JB, Christen R, Fischer-Le Saux M, Achouak W, Gardan L (2005) Transfer of Pectobacterium chrysanthemi (Burkholder et al., 1953) Brenner I. 1973 and Brenneria paradisiaca to the genus Dickeya gen. nov. as Dickeya chrysanthemi comb. nov and Dickeya paradisiaca comb. nov. and delineation of four novel species, Dickeya dadantii sp. nov., Dickeya dianthicola sp. nov., Dickeya dieffenbachiae sp. nov. and Dickeya zeae sp. nov. International Journal of Systematic and Evolutionary Microbiology 55, 1415–1427.
 * Sarfraz S, Riaz K, Oulghazi S, Cigna J, Alam M W, Dessaux Y, Faure D (2018) First report of Dickeya dianthicola causing blackleg disease on potato plants in Pakistan. Plant Disease 102 (10), 2027-2028.  https://doi.org/10.1094/PDIS-04-18-0551-PDN
 * Toth IK, van der Wolf JM, Saddler G, Lojkowska E, Hélias V, Pirhonen M, Tsror (Lahkim) L, Elphinstone JG (2011) Dickeya species: an emerging problem for potato production in Europe. Plant Pathology 60, 385–399.
 * Wright D, Bwye A, Banovic M, Baulch J, Wang C, Hair S, Hammond N, Coutts B, Kehoe M (2018) First report of Dickeya dianthicola in potatoes in Australia. Plant Disease 102(10), 2029-2029.</t>
   </si>
   <si>
     <t>DICKSP</t>
@@ -2655,3215 +2661,3219 @@
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>24</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>24</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>24</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>24</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>24</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>24</v>
       </c>
       <c r="B18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>24</v>
       </c>
       <c r="B19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>24</v>
       </c>
       <c r="B20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>24</v>
       </c>
       <c r="B22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>24</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>24</v>
       </c>
       <c r="B27" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C27" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D27" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>24</v>
       </c>
       <c r="B28" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C28" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>24</v>
       </c>
       <c r="B29" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C29" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>24</v>
       </c>
       <c r="B30" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C30" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>24</v>
       </c>
       <c r="B31" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C31" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D31" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>24</v>
       </c>
       <c r="B32" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C32" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>24</v>
       </c>
       <c r="B33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C33" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>24</v>
       </c>
       <c r="B34" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C34" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D34" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>24</v>
       </c>
       <c r="B35" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C35" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>24</v>
       </c>
       <c r="B36" t="s">
         <v>5</v>
       </c>
       <c r="C36" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>24</v>
       </c>
       <c r="B37" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C37" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D37" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C38" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D38" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>24</v>
       </c>
       <c r="B39" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C39" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>24</v>
       </c>
       <c r="B40" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>24</v>
       </c>
       <c r="B41" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>24</v>
       </c>
       <c r="B42" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>24</v>
       </c>
       <c r="B43" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C43" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>24</v>
       </c>
       <c r="B44" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C44" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>24</v>
       </c>
       <c r="B45" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C45" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D45" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>24</v>
       </c>
       <c r="B46" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C46" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>24</v>
       </c>
       <c r="B47" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C47" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D47" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>24</v>
       </c>
       <c r="B48" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C48" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>24</v>
       </c>
       <c r="B49" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>24</v>
       </c>
       <c r="B50" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C50" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D50" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>24</v>
       </c>
       <c r="B51" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C51" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>24</v>
       </c>
       <c r="B52" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C52" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>24</v>
       </c>
       <c r="B53" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C53" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D53" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>24</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C54" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>24</v>
       </c>
       <c r="B55" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C55" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D55" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>24</v>
       </c>
       <c r="B56" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C56" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D56" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>24</v>
       </c>
       <c r="B57" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C57" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>24</v>
       </c>
       <c r="B58" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C58" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>24</v>
       </c>
       <c r="B59" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C59" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D59" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>24</v>
       </c>
       <c r="B60" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C60" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>24</v>
       </c>
       <c r="B61" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C61" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D61" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>24</v>
       </c>
       <c r="B62" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C62" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D62" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>24</v>
       </c>
       <c r="B63" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C63" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D63" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>24</v>
       </c>
       <c r="B64" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C64" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>24</v>
       </c>
       <c r="B65" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C65" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D65" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>24</v>
       </c>
       <c r="B66" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C66" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D66" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>24</v>
       </c>
       <c r="B67" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C67" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D67" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>24</v>
       </c>
       <c r="B68" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C68" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D68" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>24</v>
       </c>
       <c r="B69" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C69" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D69" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>24</v>
       </c>
       <c r="B70" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C70" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D70" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>24</v>
       </c>
       <c r="B71" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C71" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D71" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>24</v>
       </c>
       <c r="B72" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C72" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D72" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>24</v>
       </c>
       <c r="B73" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C73" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D73" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>24</v>
       </c>
       <c r="B74" t="s">
+        <v>192</v>
+      </c>
+      <c r="C74" t="s">
+        <v>193</v>
+      </c>
+      <c r="D74" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>24</v>
       </c>
       <c r="B75" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C75" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>24</v>
       </c>
       <c r="B76" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C76" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>24</v>
       </c>
       <c r="B77" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C77" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D77" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>24</v>
       </c>
       <c r="B78" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C78" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D78" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>24</v>
       </c>
       <c r="B79" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C79" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>24</v>
       </c>
       <c r="B80" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C80" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D80" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>24</v>
       </c>
       <c r="B81" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C81" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D81" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>24</v>
       </c>
       <c r="B82" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C82" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D82" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>24</v>
       </c>
       <c r="B83" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C83" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D83" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>24</v>
       </c>
       <c r="B84" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C84" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D84" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>24</v>
       </c>
       <c r="B85" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C85" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D85" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>24</v>
       </c>
       <c r="B86" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C86" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>24</v>
       </c>
       <c r="B87" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C87" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D87" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>24</v>
       </c>
       <c r="B88" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C88" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>24</v>
       </c>
       <c r="B89" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C89" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D89" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>24</v>
       </c>
       <c r="B90" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C90" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D90" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>24</v>
       </c>
       <c r="B91" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C91" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D91" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>24</v>
       </c>
       <c r="B92" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C92" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D92" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>24</v>
       </c>
       <c r="B93" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C93" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D93" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>24</v>
       </c>
       <c r="B94" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C94" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D94" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>24</v>
       </c>
       <c r="B95" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C95" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>24</v>
       </c>
       <c r="B96" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C96" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D96" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>24</v>
       </c>
       <c r="B97" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C97" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D97" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>24</v>
       </c>
       <c r="B98" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C98" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>24</v>
       </c>
       <c r="B99" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C99" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D99" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>24</v>
       </c>
       <c r="B100" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C100" t="s">
+        <v>260</v>
+      </c>
+      <c r="D100" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>24</v>
       </c>
       <c r="B101" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C101" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D101" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>24</v>
       </c>
       <c r="B102" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C102" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>24</v>
       </c>
       <c r="B103" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C103" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>24</v>
       </c>
       <c r="B104" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C104" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>24</v>
       </c>
       <c r="B105" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C105" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>24</v>
       </c>
       <c r="B106" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C106" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>24</v>
       </c>
       <c r="B107" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C107" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>24</v>
       </c>
       <c r="B108" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C108" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>24</v>
       </c>
       <c r="B109" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C109" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D109" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>24</v>
       </c>
       <c r="B110" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C110" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D110" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>24</v>
       </c>
       <c r="B111" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C111" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D111" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>24</v>
       </c>
       <c r="B112" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C112" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D112"/>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>24</v>
       </c>
       <c r="B113" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C113" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>24</v>
       </c>
       <c r="B114" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C114" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>24</v>
       </c>
       <c r="B115" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C115" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>24</v>
       </c>
       <c r="B116" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C116" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D116" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>24</v>
       </c>
       <c r="B117" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C117" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>24</v>
       </c>
       <c r="B118" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C118" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D118"/>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>24</v>
       </c>
       <c r="B119" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C119" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D119" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>24</v>
       </c>
       <c r="B120" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C120" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D120"/>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>24</v>
       </c>
       <c r="B121" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C121" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D121" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>24</v>
       </c>
       <c r="B122" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C122" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D122" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>24</v>
       </c>
       <c r="B123" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C123" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D123" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>24</v>
       </c>
       <c r="B124" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C124" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D124" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>24</v>
       </c>
       <c r="B125" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C125" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D125" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>24</v>
       </c>
       <c r="B126" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C126" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D126" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>24</v>
       </c>
       <c r="B127" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C127" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D127"/>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>24</v>
       </c>
       <c r="B128" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C128" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>24</v>
       </c>
       <c r="B129" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C129" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D129" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>24</v>
       </c>
       <c r="B130" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C130" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D130" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>24</v>
       </c>
       <c r="B131" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C131" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D131"/>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>24</v>
       </c>
       <c r="B132" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C132" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D132" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>24</v>
       </c>
       <c r="B133" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C133" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D133" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>24</v>
       </c>
       <c r="B134" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C134" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D134" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>24</v>
       </c>
       <c r="B135" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C135" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D135"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>24</v>
       </c>
       <c r="B136" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C136" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D136"/>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>24</v>
       </c>
       <c r="B137" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C137" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D137"/>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>24</v>
       </c>
       <c r="B138" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C138" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>24</v>
       </c>
       <c r="B139" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C139" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D139" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>24</v>
       </c>
       <c r="B140" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C140" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D140" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>24</v>
       </c>
       <c r="B141" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C141" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D141" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>24</v>
       </c>
       <c r="B142" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C142" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D142" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B143" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C143" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D143"/>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B144" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C144" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D144"/>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B145" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C145" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D145" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B146" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C146" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D146" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B147" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C147" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D147" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B148" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C148" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D148" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B149" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C149" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D149" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B150" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C150" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D150"/>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B151" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C151" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D151" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B152" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C152" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D152" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B153" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C153" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D153" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B154" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C154" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D154" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B155" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C155" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D155" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B156" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C156" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D156" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B157" t="s">
         <v>5</v>
       </c>
       <c r="C157" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D157"/>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B158" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C158" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D158" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B159" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C159" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D159" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B160" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C160" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D160" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B161" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C161" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D161" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B162" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C162" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D162" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B163" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C163" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="D163"/>
+        <v>417</v>
+      </c>
+      <c r="D163" t="s">
+        <v>418</v>
+      </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B164" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C164" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D164" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B165" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C165" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D165" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B166" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C166" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D166" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B167" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C167" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D167"/>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B168" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C168" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D168" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B169" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C169" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D169" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B170" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C170" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D170"/>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B171" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C171" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D171" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B172" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C172" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D172" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B173" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C173" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D173" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B174" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C174" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D174" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B175" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C175" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D175" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B176" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C176" t="s">
+        <v>453</v>
+      </c>
+      <c r="D176" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B177" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C177" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D177" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B178" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C178" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D178" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B179" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C179" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D179" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B180" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C180" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="D180" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B181" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C181" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D181" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B182" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C182" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D182" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B183" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C183" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D183" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B184" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C184" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D184" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B185" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C185" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D185" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B186" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C186" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D186" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B187" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C187" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D187" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B188" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="C188" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D188" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B189" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C189" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D189"/>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B190" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C190" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D190" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B191" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C191" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="D191" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B192" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C192" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D192" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B193" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C193" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D193" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B194" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C194" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D194" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B195" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C195" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D195" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B196" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C196" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="D196" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B197" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C197" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="D197"/>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B198" t="s">
         <v>10</v>
       </c>
       <c r="C198" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D198" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B199" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C199" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D199"/>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B200" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C200" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D200" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B201" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C201" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D201" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B202" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C202" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="D202" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B203" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C203" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D203" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B204" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C204" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D204" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B205" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C205" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D205" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B206" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C206" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D206" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B207" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C207" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D207"/>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B208" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C208" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D208"/>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B209" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C209" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D209" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B210" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C210" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="D210" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B211" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C211" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D211"/>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B212" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C212" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D212" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B213" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C213" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="D213" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B214" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C214" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D214" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B215" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C215" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="D215" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B216" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C216" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D216"/>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B217" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C217" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D217"/>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B218" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C218" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D218" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B219" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C219" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D219" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B220" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C220" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D220" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B221" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C221" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D221"/>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B222" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C222" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="D222" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B223" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C223" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D223" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B224" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C224" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D224" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B225" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C225" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D225" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B226" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C226" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D226" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B227" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C227" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D227"/>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B228" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C228" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D228" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B229" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C229" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D229" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B230" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C230" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D230" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B231" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C231" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="D231" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B232" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="C232" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D232" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B233" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C233" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D233" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B234" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C234" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D234" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B235" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C235" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D235" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B236" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C236" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="D236" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B237" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C237" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D237"/>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B238" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C238" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D238" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B239" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C239" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D239"/>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B240" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C240" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D240" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B241" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C241" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D241" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="B242" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C242" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="D242"/>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="B243" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C243" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D243"/>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="B244" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C244" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D244"/>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="B245" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C245" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="D245" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="B246" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C246" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="D246"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>