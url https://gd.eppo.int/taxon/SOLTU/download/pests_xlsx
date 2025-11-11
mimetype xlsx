--- v1 (2025-10-22)
+++ v2 (2025-11-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLTU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="632">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="635">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
@@ -131,50 +131,60 @@
     <t>HERSCO</t>
   </si>
   <si>
     <t>Agrius convolvuli</t>
   </si>
   <si>
     <t>AGROSE</t>
   </si>
   <si>
     <t>Agrotis segetum</t>
   </si>
   <si>
     <t>AMV000</t>
   </si>
   <si>
     <t>Alfamovirus AMV</t>
   </si>
   <si>
     <t>* Nie X, De Koeyer D, Liang Z, Dickison V, Singh M, Hawkins G (2015) Identification and first report of a potato tuber necrosis-inducing isolate of Alfalfa mosaic virus in Canada. Plant Disease 99(11), p 1658.</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii (as Solanum)</t>
   </si>
   <si>
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>CLEOPU</t>
   </si>
   <si>
     <t>Asproparthenis punctiventris</t>
   </si>
   <si>
     <t>BAGRHI</t>
@@ -2529,51 +2539,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D246"/>
+  <dimension ref="A1:D247"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="620.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2751,455 +2761,455 @@
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>24</v>
       </c>
       <c r="B15" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>24</v>
       </c>
       <c r="B16" t="s">
         <v>41</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>24</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>24</v>
       </c>
       <c r="B18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>24</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>24</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>53</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>24</v>
       </c>
       <c r="B22" t="s">
         <v>54</v>
       </c>
       <c r="C22" t="s">
         <v>55</v>
       </c>
       <c r="D22" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>24</v>
       </c>
       <c r="B23" t="s">
         <v>57</v>
       </c>
       <c r="C23" t="s">
         <v>58</v>
       </c>
       <c r="D23" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24" t="s">
         <v>60</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>64</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>24</v>
       </c>
       <c r="B26" t="s">
         <v>65</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>24</v>
       </c>
       <c r="B27" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C27" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>69</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>24</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>24</v>
       </c>
       <c r="B29" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>24</v>
       </c>
       <c r="B30" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C30" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>76</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>24</v>
       </c>
       <c r="B31" t="s">
         <v>77</v>
       </c>
       <c r="C31" t="s">
         <v>78</v>
       </c>
       <c r="D31" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>24</v>
       </c>
       <c r="B32" t="s">
         <v>80</v>
       </c>
       <c r="C32" t="s">
         <v>81</v>
       </c>
       <c r="D32" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>24</v>
       </c>
       <c r="B33" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C33" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>84</v>
+      </c>
+      <c r="D33" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>24</v>
       </c>
       <c r="B34" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C34" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D34" t="s">
         <v>86</v>
       </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>24</v>
       </c>
       <c r="B35" t="s">
         <v>87</v>
       </c>
       <c r="C35" t="s">
         <v>88</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>24</v>
       </c>
       <c r="B36" t="s">
-        <v>5</v>
+        <v>90</v>
       </c>
       <c r="C36" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>24</v>
       </c>
       <c r="B37" t="s">
-        <v>90</v>
+        <v>5</v>
       </c>
       <c r="C37" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>92</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38" t="s">
         <v>93</v>
       </c>
       <c r="C38" t="s">
         <v>94</v>
       </c>
       <c r="D38" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>24</v>
       </c>
       <c r="B39" t="s">
         <v>96</v>
       </c>
       <c r="C39" t="s">
         <v>97</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>24</v>
       </c>
       <c r="B40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C40" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>100</v>
       </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>24</v>
       </c>
       <c r="B41" t="s">
         <v>101</v>
       </c>
       <c r="C41" t="s">
         <v>102</v>
       </c>
       <c r="D41" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>24</v>
       </c>
       <c r="B42" t="s">
         <v>104</v>
       </c>
       <c r="C42" t="s">
         <v>105</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>106</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>24</v>
       </c>
       <c r="B43" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C43" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D43" t="s">
         <v>108</v>
       </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>24</v>
       </c>
       <c r="B44" t="s">
         <v>109</v>
       </c>
       <c r="C44" t="s">
         <v>110</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>24</v>
       </c>
       <c r="B45" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C45" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D45" t="s">
         <v>113</v>
       </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>24</v>
       </c>
       <c r="B46" t="s">
         <v>114</v>
       </c>
       <c r="C46" t="s">
         <v>115</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>116</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>24</v>
       </c>
       <c r="B47" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C47" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="D47" t="s">
         <v>118</v>
       </c>
+      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>24</v>
       </c>
       <c r="B48" t="s">
         <v>119</v>
       </c>
       <c r="C48" t="s">
         <v>120</v>
       </c>
       <c r="D48" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>24</v>
       </c>
       <c r="B49" t="s">
         <v>122</v>
       </c>
       <c r="C49" t="s">
         <v>123</v>
       </c>
@@ -3209,65 +3219,65 @@
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>24</v>
       </c>
       <c r="B50" t="s">
         <v>125</v>
       </c>
       <c r="C50" t="s">
         <v>126</v>
       </c>
       <c r="D50" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>24</v>
       </c>
       <c r="B51" t="s">
         <v>128</v>
       </c>
       <c r="C51" t="s">
         <v>129</v>
       </c>
-      <c r="D51"/>
+      <c r="D51" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>24</v>
       </c>
       <c r="B52" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C52" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="D52" t="s">
         <v>132</v>
       </c>
+      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>24</v>
       </c>
       <c r="B53" t="s">
         <v>133</v>
       </c>
       <c r="C53" t="s">
         <v>134</v>
       </c>
       <c r="D53" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>24</v>
       </c>
       <c r="B54" t="s">
         <v>136</v>
       </c>
       <c r="C54" t="s">
         <v>137</v>
       </c>
@@ -3291,157 +3301,157 @@
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>24</v>
       </c>
       <c r="B56" t="s">
         <v>142</v>
       </c>
       <c r="C56" t="s">
         <v>143</v>
       </c>
       <c r="D56" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>24</v>
       </c>
       <c r="B57" t="s">
         <v>145</v>
       </c>
       <c r="C57" t="s">
         <v>146</v>
       </c>
-      <c r="D57"/>
+      <c r="D57" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>24</v>
       </c>
       <c r="B58" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C58" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>24</v>
       </c>
       <c r="B59" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C59" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="D59" t="s">
         <v>151</v>
       </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>24</v>
       </c>
       <c r="B60" t="s">
         <v>152</v>
       </c>
       <c r="C60" t="s">
         <v>153</v>
       </c>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>24</v>
       </c>
       <c r="B61" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C61" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D61" t="s">
         <v>156</v>
       </c>
+      <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>24</v>
       </c>
       <c r="B62" t="s">
         <v>157</v>
       </c>
       <c r="C62" t="s">
         <v>158</v>
       </c>
       <c r="D62" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>24</v>
       </c>
       <c r="B63" t="s">
         <v>160</v>
       </c>
       <c r="C63" t="s">
         <v>161</v>
       </c>
       <c r="D63" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>24</v>
       </c>
       <c r="B64" t="s">
         <v>163</v>
       </c>
       <c r="C64" t="s">
         <v>164</v>
       </c>
-      <c r="D64"/>
+      <c r="D64" t="s">
+        <v>165</v>
+      </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>24</v>
       </c>
       <c r="B65" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C65" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D65" t="s">
         <v>167</v>
       </c>
+      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>24</v>
       </c>
       <c r="B66" t="s">
         <v>168</v>
       </c>
       <c r="C66" t="s">
         <v>169</v>
       </c>
       <c r="D66" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>24</v>
       </c>
       <c r="B67" t="s">
         <v>171</v>
       </c>
       <c r="C67" t="s">
         <v>172</v>
       </c>
@@ -3522,130 +3532,130 @@
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>24</v>
       </c>
       <c r="B73" t="s">
         <v>189</v>
       </c>
       <c r="C73" t="s">
         <v>190</v>
       </c>
       <c r="D73" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>24</v>
       </c>
       <c r="B74" t="s">
         <v>192</v>
       </c>
       <c r="C74" t="s">
         <v>193</v>
       </c>
       <c r="D74" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>24</v>
       </c>
       <c r="B75" t="s">
+        <v>195</v>
+      </c>
+      <c r="C75" t="s">
+        <v>196</v>
+      </c>
+      <c r="D75" t="s">
         <v>194</v>
       </c>
-      <c r="C75" t="s">
-[...2 lines deleted...]
-      <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>24</v>
       </c>
       <c r="B76" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C76" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>24</v>
       </c>
       <c r="B77" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C77" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="D77" t="s">
         <v>200</v>
       </c>
+      <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>24</v>
       </c>
       <c r="B78" t="s">
         <v>201</v>
       </c>
       <c r="C78" t="s">
         <v>202</v>
       </c>
       <c r="D78" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>24</v>
       </c>
       <c r="B79" t="s">
         <v>204</v>
       </c>
       <c r="C79" t="s">
         <v>205</v>
       </c>
-      <c r="D79"/>
+      <c r="D79" t="s">
+        <v>206</v>
+      </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>24</v>
       </c>
       <c r="B80" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C80" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="D80" t="s">
         <v>208</v>
       </c>
+      <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>24</v>
       </c>
       <c r="B81" t="s">
         <v>209</v>
       </c>
       <c r="C81" t="s">
         <v>210</v>
       </c>
       <c r="D81" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>24</v>
       </c>
       <c r="B82" t="s">
         <v>212</v>
       </c>
       <c r="C82" t="s">
         <v>213</v>
       </c>
@@ -3683,91 +3693,91 @@
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>24</v>
       </c>
       <c r="B85" t="s">
         <v>221</v>
       </c>
       <c r="C85" t="s">
         <v>222</v>
       </c>
       <c r="D85" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>24</v>
       </c>
       <c r="B86" t="s">
         <v>224</v>
       </c>
       <c r="C86" t="s">
         <v>225</v>
       </c>
-      <c r="D86"/>
+      <c r="D86" t="s">
+        <v>226</v>
+      </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>24</v>
       </c>
       <c r="B87" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C87" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="D87" t="s">
         <v>228</v>
       </c>
+      <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>24</v>
       </c>
       <c r="B88" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C88" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="D88"/>
+        <v>230</v>
+      </c>
+      <c r="D88" t="s">
+        <v>231</v>
+      </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>24</v>
       </c>
       <c r="B89" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C89" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="D89" t="s">
         <v>232</v>
       </c>
+      <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>24</v>
       </c>
       <c r="B90" t="s">
         <v>233</v>
       </c>
       <c r="C90" t="s">
         <v>234</v>
       </c>
       <c r="D90" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>24</v>
       </c>
       <c r="B91" t="s">
         <v>236</v>
       </c>
       <c r="C91" t="s">
         <v>237</v>
       </c>
@@ -3778,412 +3788,412 @@
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>24</v>
       </c>
       <c r="B92" t="s">
         <v>239</v>
       </c>
       <c r="C92" t="s">
         <v>240</v>
       </c>
       <c r="D92" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>24</v>
       </c>
       <c r="B93" t="s">
         <v>242</v>
       </c>
       <c r="C93" t="s">
         <v>243</v>
       </c>
       <c r="D93" t="s">
-        <v>69</v>
+        <v>244</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>24</v>
       </c>
       <c r="B94" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C94" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D94" t="s">
-        <v>246</v>
+        <v>72</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>24</v>
       </c>
       <c r="B95" t="s">
         <v>247</v>
       </c>
       <c r="C95" t="s">
         <v>248</v>
       </c>
-      <c r="D95"/>
+      <c r="D95" t="s">
+        <v>249</v>
+      </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>24</v>
       </c>
       <c r="B96" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C96" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="D96" t="s">
         <v>251</v>
       </c>
+      <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>24</v>
       </c>
       <c r="B97" t="s">
         <v>252</v>
       </c>
       <c r="C97" t="s">
         <v>253</v>
       </c>
       <c r="D97" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>24</v>
       </c>
       <c r="B98" t="s">
         <v>255</v>
       </c>
       <c r="C98" t="s">
         <v>256</v>
       </c>
-      <c r="D98"/>
+      <c r="D98" t="s">
+        <v>257</v>
+      </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>24</v>
       </c>
       <c r="B99" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C99" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="D99" t="s">
         <v>259</v>
       </c>
+      <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>24</v>
       </c>
       <c r="B100" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C100" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D100" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>24</v>
       </c>
       <c r="B101" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C101" t="s">
+        <v>263</v>
+      </c>
+      <c r="D101" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>24</v>
       </c>
       <c r="B102" t="s">
         <v>264</v>
       </c>
       <c r="C102" t="s">
         <v>265</v>
       </c>
-      <c r="D102"/>
+      <c r="D102" t="s">
+        <v>266</v>
+      </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>24</v>
       </c>
       <c r="B103" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C103" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>24</v>
       </c>
       <c r="B104" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C104" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>24</v>
       </c>
       <c r="B105" t="s">
         <v>269</v>
       </c>
       <c r="C105" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>24</v>
       </c>
       <c r="B106" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C106" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>24</v>
       </c>
       <c r="B107" t="s">
         <v>272</v>
       </c>
       <c r="C107" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>24</v>
       </c>
       <c r="B108" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C108" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>24</v>
       </c>
       <c r="B109" t="s">
         <v>275</v>
       </c>
       <c r="C109" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D109" t="s">
         <v>277</v>
       </c>
+      <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>24</v>
       </c>
       <c r="B110" t="s">
         <v>278</v>
       </c>
       <c r="C110" t="s">
         <v>279</v>
       </c>
       <c r="D110" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>24</v>
       </c>
       <c r="B111" t="s">
         <v>281</v>
       </c>
       <c r="C111" t="s">
         <v>282</v>
       </c>
       <c r="D111" t="s">
-        <v>118</v>
+        <v>283</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>24</v>
       </c>
       <c r="B112" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C112" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="D112"/>
+        <v>285</v>
+      </c>
+      <c r="D112" t="s">
+        <v>121</v>
+      </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>24</v>
       </c>
       <c r="B113" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C113" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>24</v>
       </c>
       <c r="B114" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C114" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>24</v>
       </c>
       <c r="B115" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C115" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>24</v>
       </c>
       <c r="B116" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C116" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="D116" t="s">
         <v>293</v>
       </c>
+      <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>24</v>
       </c>
       <c r="B117" t="s">
         <v>294</v>
       </c>
       <c r="C117" t="s">
         <v>295</v>
       </c>
-      <c r="D117"/>
+      <c r="D117" t="s">
+        <v>296</v>
+      </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>24</v>
       </c>
       <c r="B118" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C118" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D118"/>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>24</v>
       </c>
       <c r="B119" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C119" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="D119" t="s">
         <v>300</v>
       </c>
+      <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>24</v>
       </c>
       <c r="B120" t="s">
         <v>301</v>
       </c>
       <c r="C120" t="s">
         <v>302</v>
       </c>
-      <c r="D120"/>
+      <c r="D120" t="s">
+        <v>303</v>
+      </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>24</v>
       </c>
       <c r="B121" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C121" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="D121" t="s">
         <v>305</v>
       </c>
+      <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>24</v>
       </c>
       <c r="B122" t="s">
         <v>306</v>
       </c>
       <c r="C122" t="s">
         <v>307</v>
       </c>
       <c r="D122" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>24</v>
       </c>
       <c r="B123" t="s">
         <v>309</v>
       </c>
       <c r="C123" t="s">
         <v>310</v>
       </c>
@@ -4221,1661 +4231,1675 @@
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>24</v>
       </c>
       <c r="B126" t="s">
         <v>318</v>
       </c>
       <c r="C126" t="s">
         <v>319</v>
       </c>
       <c r="D126" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>24</v>
       </c>
       <c r="B127" t="s">
         <v>321</v>
       </c>
       <c r="C127" t="s">
         <v>322</v>
       </c>
-      <c r="D127"/>
+      <c r="D127" t="s">
+        <v>323</v>
+      </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>24</v>
       </c>
       <c r="B128" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C128" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>24</v>
       </c>
       <c r="B129" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C129" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="D129" t="s">
         <v>327</v>
       </c>
+      <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>24</v>
       </c>
       <c r="B130" t="s">
         <v>328</v>
       </c>
       <c r="C130" t="s">
         <v>329</v>
       </c>
       <c r="D130" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>24</v>
       </c>
       <c r="B131" t="s">
         <v>331</v>
       </c>
       <c r="C131" t="s">
         <v>332</v>
       </c>
-      <c r="D131"/>
+      <c r="D131" t="s">
+        <v>333</v>
+      </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>24</v>
       </c>
       <c r="B132" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C132" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="D132" t="s">
         <v>335</v>
       </c>
+      <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>24</v>
       </c>
       <c r="B133" t="s">
         <v>336</v>
       </c>
       <c r="C133" t="s">
         <v>337</v>
       </c>
       <c r="D133" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>24</v>
       </c>
       <c r="B134" t="s">
         <v>339</v>
       </c>
       <c r="C134" t="s">
         <v>340</v>
       </c>
       <c r="D134" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>24</v>
       </c>
       <c r="B135" t="s">
         <v>342</v>
       </c>
       <c r="C135" t="s">
         <v>343</v>
       </c>
-      <c r="D135"/>
+      <c r="D135" t="s">
+        <v>344</v>
+      </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>24</v>
       </c>
       <c r="B136" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C136" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D136"/>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>24</v>
       </c>
       <c r="B137" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C137" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D137"/>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>24</v>
       </c>
       <c r="B138" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C138" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>24</v>
       </c>
       <c r="B139" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C139" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="D139" t="s">
         <v>352</v>
       </c>
+      <c r="D139"/>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>24</v>
       </c>
       <c r="B140" t="s">
         <v>353</v>
       </c>
       <c r="C140" t="s">
         <v>354</v>
       </c>
       <c r="D140" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>24</v>
       </c>
       <c r="B141" t="s">
         <v>356</v>
       </c>
       <c r="C141" t="s">
         <v>357</v>
       </c>
       <c r="D141" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>24</v>
       </c>
       <c r="B142" t="s">
         <v>359</v>
       </c>
       <c r="C142" t="s">
         <v>360</v>
       </c>
       <c r="D142" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
+        <v>24</v>
+      </c>
+      <c r="B143" t="s">
         <v>362</v>
       </c>
-      <c r="B143" t="s">
+      <c r="C143" t="s">
         <v>363</v>
       </c>
-      <c r="C143" t="s">
+      <c r="D143" t="s">
         <v>364</v>
       </c>
-      <c r="D143"/>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B144" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C144" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D144"/>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B145" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C145" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="D145" t="s">
         <v>369</v>
       </c>
+      <c r="D145"/>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B146" t="s">
         <v>370</v>
       </c>
       <c r="C146" t="s">
         <v>371</v>
       </c>
       <c r="D146" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B147" t="s">
         <v>373</v>
       </c>
       <c r="C147" t="s">
         <v>374</v>
       </c>
       <c r="D147" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B148" t="s">
         <v>376</v>
       </c>
       <c r="C148" t="s">
         <v>377</v>
       </c>
       <c r="D148" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B149" t="s">
         <v>379</v>
       </c>
       <c r="C149" t="s">
         <v>380</v>
       </c>
       <c r="D149" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B150" t="s">
         <v>382</v>
       </c>
       <c r="C150" t="s">
         <v>383</v>
       </c>
-      <c r="D150"/>
+      <c r="D150" t="s">
+        <v>384</v>
+      </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B151" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C151" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="D151" t="s">
         <v>386</v>
       </c>
+      <c r="D151"/>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B152" t="s">
-        <v>70</v>
+        <v>387</v>
       </c>
       <c r="C152" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D152" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B153" t="s">
-        <v>389</v>
+        <v>73</v>
       </c>
       <c r="C153" t="s">
         <v>390</v>
       </c>
       <c r="D153" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B154" t="s">
         <v>392</v>
       </c>
       <c r="C154" t="s">
         <v>393</v>
       </c>
       <c r="D154" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B155" t="s">
         <v>395</v>
       </c>
       <c r="C155" t="s">
         <v>396</v>
       </c>
       <c r="D155" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B156" t="s">
         <v>398</v>
       </c>
       <c r="C156" t="s">
         <v>399</v>
       </c>
       <c r="D156" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B157" t="s">
-        <v>5</v>
+        <v>401</v>
       </c>
       <c r="C157" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="D157"/>
+        <v>402</v>
+      </c>
+      <c r="D157" t="s">
+        <v>403</v>
+      </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B158" t="s">
-        <v>402</v>
+        <v>5</v>
       </c>
       <c r="C158" t="s">
-        <v>403</v>
-[...1 lines deleted...]
-      <c r="D158" t="s">
         <v>404</v>
       </c>
+      <c r="D158"/>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B159" t="s">
         <v>405</v>
       </c>
       <c r="C159" t="s">
         <v>406</v>
       </c>
       <c r="D159" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B160" t="s">
         <v>408</v>
       </c>
       <c r="C160" t="s">
         <v>409</v>
       </c>
       <c r="D160" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B161" t="s">
-        <v>114</v>
+        <v>411</v>
       </c>
       <c r="C161" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D161" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B162" t="s">
-        <v>413</v>
+        <v>117</v>
       </c>
       <c r="C162" t="s">
         <v>414</v>
       </c>
       <c r="D162" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B163" t="s">
         <v>416</v>
       </c>
       <c r="C163" t="s">
         <v>417</v>
       </c>
       <c r="D163" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B164" t="s">
         <v>419</v>
       </c>
       <c r="C164" t="s">
         <v>420</v>
       </c>
       <c r="D164" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B165" t="s">
         <v>422</v>
       </c>
       <c r="C165" t="s">
         <v>423</v>
       </c>
       <c r="D165" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B166" t="s">
         <v>425</v>
       </c>
       <c r="C166" t="s">
         <v>426</v>
       </c>
       <c r="D166" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B167" t="s">
-        <v>145</v>
+        <v>428</v>
       </c>
       <c r="C167" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="D167"/>
+        <v>429</v>
+      </c>
+      <c r="D167" t="s">
+        <v>430</v>
+      </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B168" t="s">
-        <v>429</v>
+        <v>148</v>
       </c>
       <c r="C168" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="D168" t="s">
         <v>431</v>
       </c>
+      <c r="D168"/>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B169" t="s">
         <v>432</v>
       </c>
       <c r="C169" t="s">
         <v>433</v>
       </c>
       <c r="D169" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B170" t="s">
         <v>435</v>
       </c>
       <c r="C170" t="s">
         <v>436</v>
       </c>
-      <c r="D170"/>
+      <c r="D170" t="s">
+        <v>437</v>
+      </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B171" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C171" t="s">
-        <v>438</v>
-[...1 lines deleted...]
-      <c r="D171" t="s">
         <v>439</v>
       </c>
+      <c r="D171"/>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B172" t="s">
         <v>440</v>
       </c>
       <c r="C172" t="s">
         <v>441</v>
       </c>
       <c r="D172" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B173" t="s">
         <v>443</v>
       </c>
       <c r="C173" t="s">
         <v>444</v>
       </c>
       <c r="D173" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B174" t="s">
         <v>446</v>
       </c>
       <c r="C174" t="s">
         <v>447</v>
       </c>
       <c r="D174" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B175" t="s">
         <v>449</v>
       </c>
       <c r="C175" t="s">
         <v>450</v>
       </c>
       <c r="D175" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B176" t="s">
         <v>452</v>
       </c>
       <c r="C176" t="s">
         <v>453</v>
       </c>
       <c r="D176" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B177" t="s">
+        <v>455</v>
+      </c>
+      <c r="C177" t="s">
+        <v>456</v>
+      </c>
+      <c r="D177" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B178" t="s">
         <v>457</v>
       </c>
       <c r="C178" t="s">
         <v>458</v>
       </c>
       <c r="D178" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B179" t="s">
         <v>460</v>
       </c>
       <c r="C179" t="s">
         <v>461</v>
       </c>
       <c r="D179" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B180" t="s">
         <v>463</v>
       </c>
       <c r="C180" t="s">
         <v>464</v>
       </c>
       <c r="D180" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B181" t="s">
         <v>466</v>
       </c>
       <c r="C181" t="s">
         <v>467</v>
       </c>
       <c r="D181" t="s">
-        <v>188</v>
+        <v>468</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B182" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C182" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D182" t="s">
-        <v>470</v>
+        <v>191</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B183" t="s">
         <v>471</v>
       </c>
       <c r="C183" t="s">
         <v>472</v>
       </c>
       <c r="D183" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B184" t="s">
         <v>474</v>
       </c>
       <c r="C184" t="s">
         <v>475</v>
       </c>
       <c r="D184" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B185" t="s">
         <v>477</v>
       </c>
       <c r="C185" t="s">
         <v>478</v>
       </c>
       <c r="D185" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B186" t="s">
         <v>480</v>
       </c>
       <c r="C186" t="s">
         <v>481</v>
       </c>
       <c r="D186" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B187" t="s">
         <v>483</v>
       </c>
       <c r="C187" t="s">
         <v>484</v>
       </c>
       <c r="D187" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B188" t="s">
         <v>486</v>
       </c>
       <c r="C188" t="s">
         <v>487</v>
       </c>
       <c r="D188" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B189" t="s">
         <v>489</v>
       </c>
       <c r="C189" t="s">
         <v>490</v>
       </c>
-      <c r="D189"/>
+      <c r="D189" t="s">
+        <v>491</v>
+      </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B190" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C190" t="s">
-        <v>492</v>
-[...1 lines deleted...]
-      <c r="D190" t="s">
         <v>493</v>
       </c>
+      <c r="D190"/>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B191" t="s">
         <v>494</v>
       </c>
       <c r="C191" t="s">
         <v>495</v>
       </c>
       <c r="D191" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B192" t="s">
         <v>497</v>
       </c>
       <c r="C192" t="s">
         <v>498</v>
       </c>
       <c r="D192" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B193" t="s">
         <v>500</v>
       </c>
       <c r="C193" t="s">
         <v>501</v>
       </c>
       <c r="D193" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B194" t="s">
         <v>503</v>
       </c>
       <c r="C194" t="s">
         <v>504</v>
       </c>
       <c r="D194" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B195" t="s">
         <v>506</v>
       </c>
       <c r="C195" t="s">
         <v>507</v>
       </c>
       <c r="D195" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B196" t="s">
         <v>509</v>
       </c>
       <c r="C196" t="s">
         <v>510</v>
       </c>
       <c r="D196" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B197" t="s">
         <v>512</v>
       </c>
       <c r="C197" t="s">
         <v>513</v>
       </c>
-      <c r="D197"/>
+      <c r="D197" t="s">
+        <v>514</v>
+      </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B198" t="s">
-        <v>10</v>
+        <v>515</v>
       </c>
       <c r="C198" t="s">
-        <v>514</v>
-[...3 lines deleted...]
-      </c>
+        <v>516</v>
+      </c>
+      <c r="D198"/>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B199" t="s">
-        <v>264</v>
+        <v>10</v>
       </c>
       <c r="C199" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="D199"/>
+        <v>517</v>
+      </c>
+      <c r="D199" t="s">
+        <v>518</v>
+      </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B200" t="s">
-        <v>517</v>
+        <v>267</v>
       </c>
       <c r="C200" t="s">
-        <v>518</v>
-[...1 lines deleted...]
-      <c r="D200" t="s">
         <v>519</v>
       </c>
+      <c r="D200"/>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B201" t="s">
         <v>520</v>
       </c>
       <c r="C201" t="s">
         <v>521</v>
       </c>
       <c r="D201" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B202" t="s">
         <v>523</v>
       </c>
       <c r="C202" t="s">
         <v>524</v>
       </c>
       <c r="D202" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B203" t="s">
         <v>526</v>
       </c>
       <c r="C203" t="s">
         <v>527</v>
       </c>
       <c r="D203" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B204" t="s">
         <v>529</v>
       </c>
       <c r="C204" t="s">
         <v>530</v>
       </c>
       <c r="D204" t="s">
-        <v>118</v>
+        <v>531</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B205" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C205" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D205" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B206" t="s">
-        <v>283</v>
+        <v>534</v>
       </c>
       <c r="C206" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D206" t="s">
-        <v>534</v>
+        <v>121</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B207" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C207" t="s">
-        <v>535</v>
-[...1 lines deleted...]
-      <c r="D207"/>
+        <v>536</v>
+      </c>
+      <c r="D207" t="s">
+        <v>537</v>
+      </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B208" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C208" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D208"/>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B209" t="s">
-        <v>537</v>
+        <v>290</v>
       </c>
       <c r="C209" t="s">
-        <v>538</v>
-[...1 lines deleted...]
-      <c r="D209" t="s">
         <v>539</v>
       </c>
+      <c r="D209"/>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B210" t="s">
-        <v>289</v>
+        <v>540</v>
       </c>
       <c r="C210" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D210" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B211" t="s">
-        <v>542</v>
+        <v>292</v>
       </c>
       <c r="C211" t="s">
         <v>543</v>
       </c>
-      <c r="D211"/>
+      <c r="D211" t="s">
+        <v>544</v>
+      </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B212" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C212" t="s">
-        <v>545</v>
-[...1 lines deleted...]
-      <c r="D212" t="s">
         <v>546</v>
       </c>
+      <c r="D212"/>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B213" t="s">
         <v>547</v>
       </c>
       <c r="C213" t="s">
         <v>548</v>
       </c>
       <c r="D213" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B214" t="s">
         <v>550</v>
       </c>
       <c r="C214" t="s">
         <v>551</v>
       </c>
       <c r="D214" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B215" t="s">
         <v>553</v>
       </c>
       <c r="C215" t="s">
         <v>554</v>
       </c>
       <c r="D215" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B216" t="s">
         <v>556</v>
       </c>
       <c r="C216" t="s">
         <v>557</v>
       </c>
-      <c r="D216"/>
+      <c r="D216" t="s">
+        <v>558</v>
+      </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B217" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C217" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D217"/>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B218" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C218" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="D218" t="s">
         <v>562</v>
       </c>
+      <c r="D218"/>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B219" t="s">
         <v>563</v>
       </c>
       <c r="C219" t="s">
         <v>564</v>
       </c>
       <c r="D219" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B220" t="s">
         <v>566</v>
       </c>
       <c r="C220" t="s">
         <v>567</v>
       </c>
       <c r="D220" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B221" t="s">
         <v>569</v>
       </c>
       <c r="C221" t="s">
         <v>570</v>
       </c>
-      <c r="D221"/>
+      <c r="D221" t="s">
+        <v>571</v>
+      </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B222" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C222" t="s">
-        <v>572</v>
-[...1 lines deleted...]
-      <c r="D222" t="s">
         <v>573</v>
       </c>
+      <c r="D222"/>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B223" t="s">
         <v>574</v>
       </c>
       <c r="C223" t="s">
         <v>575</v>
       </c>
       <c r="D223" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B224" t="s">
         <v>577</v>
       </c>
       <c r="C224" t="s">
         <v>578</v>
       </c>
       <c r="D224" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B225" t="s">
-        <v>301</v>
+        <v>580</v>
       </c>
       <c r="C225" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D225" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B226" t="s">
-        <v>582</v>
+        <v>304</v>
       </c>
       <c r="C226" t="s">
         <v>583</v>
       </c>
       <c r="D226" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B227" t="s">
         <v>585</v>
       </c>
       <c r="C227" t="s">
         <v>586</v>
       </c>
-      <c r="D227"/>
+      <c r="D227" t="s">
+        <v>587</v>
+      </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B228" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C228" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="D228" t="s">
         <v>589</v>
       </c>
+      <c r="D228"/>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B229" t="s">
         <v>590</v>
       </c>
       <c r="C229" t="s">
         <v>591</v>
       </c>
       <c r="D229" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B230" t="s">
-        <v>321</v>
+        <v>593</v>
       </c>
       <c r="C230" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D230" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B231" t="s">
-        <v>595</v>
+        <v>324</v>
       </c>
       <c r="C231" t="s">
         <v>596</v>
       </c>
       <c r="D231" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B232" t="s">
         <v>598</v>
       </c>
       <c r="C232" t="s">
         <v>599</v>
       </c>
       <c r="D232" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B233" t="s">
         <v>601</v>
       </c>
       <c r="C233" t="s">
         <v>602</v>
       </c>
       <c r="D233" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B234" t="s">
         <v>604</v>
       </c>
       <c r="C234" t="s">
         <v>605</v>
       </c>
       <c r="D234" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B235" t="s">
         <v>607</v>
       </c>
       <c r="C235" t="s">
         <v>608</v>
       </c>
       <c r="D235" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B236" t="s">
         <v>610</v>
       </c>
       <c r="C236" t="s">
         <v>611</v>
       </c>
       <c r="D236" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B237" t="s">
         <v>613</v>
       </c>
       <c r="C237" t="s">
         <v>614</v>
       </c>
-      <c r="D237"/>
+      <c r="D237" t="s">
+        <v>615</v>
+      </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B238" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C238" t="s">
-        <v>616</v>
-[...1 lines deleted...]
-      <c r="D238" t="s">
         <v>617</v>
       </c>
+      <c r="D238"/>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B239" t="s">
-        <v>348</v>
+        <v>618</v>
       </c>
       <c r="C239" t="s">
-        <v>618</v>
-[...1 lines deleted...]
-      <c r="D239"/>
+        <v>619</v>
+      </c>
+      <c r="D239" t="s">
+        <v>620</v>
+      </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B240" t="s">
-        <v>619</v>
+        <v>351</v>
       </c>
       <c r="C240" t="s">
-        <v>620</v>
-[...1 lines deleted...]
-      <c r="D240" t="s">
         <v>621</v>
       </c>
+      <c r="D240"/>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B241" t="s">
         <v>622</v>
       </c>
       <c r="C241" t="s">
         <v>623</v>
       </c>
       <c r="D241" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
+        <v>365</v>
+      </c>
+      <c r="B242" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C242" t="s">
         <v>626</v>
       </c>
-      <c r="D242"/>
+      <c r="D242" t="s">
+        <v>627</v>
+      </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="B243" t="s">
         <v>36</v>
       </c>
       <c r="C243" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="D243"/>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="B244" t="s">
-        <v>523</v>
+        <v>36</v>
       </c>
       <c r="C244" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D244"/>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="B245" t="s">
-        <v>315</v>
+        <v>526</v>
       </c>
       <c r="C245" t="s">
-        <v>629</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="D245"/>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="B246" t="s">
-        <v>604</v>
+        <v>318</v>
       </c>
       <c r="C246" t="s">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="D246"/>
+        <v>632</v>
+      </c>
+      <c r="D246" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>628</v>
+      </c>
+      <c r="B247" t="s">
+        <v>607</v>
+      </c>
+      <c r="C247" t="s">
+        <v>634</v>
+      </c>
+      <c r="D247"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>