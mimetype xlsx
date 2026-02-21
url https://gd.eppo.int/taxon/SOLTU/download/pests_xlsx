--- v2 (2025-11-11)
+++ v3 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLTU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="635">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="641">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
@@ -77,50 +77,53 @@
   </si>
   <si>
     <t>CLVD00</t>
   </si>
   <si>
     <t>Pospiviroid latenscolumneae</t>
   </si>
   <si>
     <t>* Hammond R, Smith DR, Diener TO (1989) Nucleotide sequence and proposed secondary structure of Columnea latent viroid: a natural mosaic of viroid sequences. Nucleic Acids Research, 17, 10083-10093</t>
   </si>
   <si>
     <t>PCFVD0</t>
   </si>
   <si>
     <t>Pospiviroid parvicapsici</t>
   </si>
   <si>
     <t>* Verhoeven JT, Jansen CC, Roenhorst JW, Flores R, de la Peña M (2009) Pepper chat fruit viroid: biological and molecular properties of a proposed new species of the genus Pospiviroid. Virus Research 144(1-2), 209-14. https://doi.org/10.1016/j.virusres.2009.05.002.
 ------- Symptoms observed after mechanical inoculation.</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t xml:space="preserve">* Vasquez Gutierrez U, López López H, Frías Treviño GA, Delgado Ortiz JC, Flores Olivas A, Aguirre Uribe LA, Hernández Juarez A (2024) Biological exploration and physicochemical characteristics of Tomato Brown Rugose Fruit Virus in several host crops. Agronomy 14(2), 388. https://doi.org/10.3390/agronomy14020388
 ------- symptomatic in incoulation trials in field conditions. 
 * Yan ZY, Zhao MS, Liu LZ, Yang GL, Chao GE, Yanping TI, Li XD (2021) Biological and molecular characterization of tomato brown rugose fruit virus and development of quadruplex RT-PCR detection. Journal of Integrative Agriculture 20(7), 1871-1979. https://doi.org/10.1016/S2095-3119(20)63275-0
 ------- asymptomatic host in inoculation trials. </t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici</t>
   </si>
   <si>
     <t>* Vervaet L, De Vis R, De Clercq P, Van Leeuwen T (2021) Is the emerging mite pest Aculops lycopersici controllable? Global and genome‐based insights in its biology and management. Pest Management Science 77(6), 2635-2644.</t>
   </si>
@@ -177,50 +180,63 @@
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>CLEOPU</t>
   </si>
   <si>
     <t>Asproparthenis punctiventris</t>
   </si>
   <si>
     <t>BAGRHI</t>
   </si>
   <si>
     <t>Bagrada hilaris</t>
   </si>
   <si>
     <t>BEASTY</t>
   </si>
   <si>
     <t>Beastie the Bug</t>
   </si>
   <si>
+    <t>CHILCU</t>
+  </si>
+  <si>
+    <t>Begomovirus chillicapsici</t>
+  </si>
+  <si>
+    <t>* Mubin M, Briddon RW, Mansoor S (2009) Complete nucleotide sequence of chili leaf curl virus and its associated satellites naturally infecting potato in Pakistan. Archives of Virology 154, 365-368.
+------- 99% identity to an isolate of the Pakistan strain of ChiLCV (AF336806), which is considered as exemplar isolate of chilli leaf curl virus in ICTV website (see below).
+INTERNET
+* ICTV report on virus classification and taxon nomenclature. Begomoviruses. https://ictv.global/report/chapter/geminiviridae/geminiviridae/begomovirus
+------- possibly a rare host as no other record found despite importance of the crop (2026-02)</t>
+  </si>
+  <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>TOSRV0</t>
   </si>
   <si>
     <t>Begomovirus solanumseverugosi</t>
   </si>
   <si>
     <t>* Souza-Dias JAC, Sawazaki HE, Pernambuco-Fo PCA, Elias LM and Maluf H (2008) Tomato severe rugose virus: another begomovirus causing leaf deformation and mosaic symptoms on potato in Brazil. Plant Disease, 92,487</t>
   </si>
   <si>
     <t>TOMOTV</t>
   </si>
   <si>
     <t>Begomovirus solanumtainoense</t>
   </si>
   <si>
     <t xml:space="preserve">* Salazar LF (2003) Potato viruses after the XXth century: effects, dissemination and their control. Crop Protection Department, Seminar Transcript CIP, PO Box 2003 (Vol. 1558). International Potato Center Lima, Peru.
 </t>
   </si>
   <si>
@@ -240,56 +256,50 @@
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
     <t>BRAPSU</t>
   </si>
   <si>
     <t>Brachyplatys subaeneus</t>
   </si>
   <si>
     <t>* Rédei D (2016) The identity of the Brachyplatys species recently introduced to Panama, with a review of bionomics (Hemiptera: Heteroptera: Plataspidae). Zootaxa 4136(1), 141-154.</t>
   </si>
   <si>
     <t>TORTPR</t>
   </si>
   <si>
     <t>Cacoecimorpha pronubana</t>
   </si>
   <si>
     <t>ARSEPH</t>
   </si>
   <si>
     <t>'Candidatus Arsenophonus phytopathogenicus'</t>
   </si>
   <si>
     <t>* Behrmann SC, Rinklef A, Lang C, Vilcinskas A, Lee KZ (2023) Potato (Solanum tuberosum) as a new host for Pentastiridius leporinus (Hemiptera: Cixiidae) and Candidatus Arsenophonus phytopathogenicus. Insects 14(3), 281. https://www.mdpi.com/2075-4450/14/3/281</t>
-  </si>
-[...4 lines deleted...]
-    <t>'Candidatus Phytoplasma americanum' (as Solanum)</t>
   </si>
   <si>
     <t>PHYPAU</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma australiense'</t>
   </si>
   <si>
     <t>PHYPFG</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma fragariae'</t>
   </si>
   <si>
     <t>* Sagar V, Sharma S, Kumar R, Kaundal P, Sundaresha S, Sharma U (2020) First report of Candidatus Phytoplasma fragariae associated with purple top, tubers' hairy sprouts and Candidatus Phytoplasma ziziphi with inward rolling of leaves of potato in India. Abstract of a paper presented at the 'Global Potato Conclave (Gandhinagar, India, 2020-01-28/31), p 118.</t>
   </si>
   <si>
     <t>PHYPFR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma fraxini'</t>
   </si>
   <si>
     <t>* Franco-Lara L, Varela-Correa CA, Guerrero-Carranza GP, Quintero-Vargas JC (2023) Association of phytoplasmas with a new disease of potato crops in Cundinamarca, Colombia. Crop Protection 163, 106-123.
 * Varela-Correa CA, Franco-Lara L (2020) First report of a ‘Candidatus Phytoplasma fraxini’-related strain associated with potato in Colombia. Plant Disease 104, 2720-2720.</t>
@@ -858,50 +868,56 @@
   <si>
     <t>* Huang CJ, Liu Y, Yu HQ, Li BL (2015) Occurrence of Tomato zonate spot virus on potato in China. Plant Disease 99(5), 733.</t>
   </si>
   <si>
     <t>PNSTLE</t>
   </si>
   <si>
     <t>Pentastiridius leporinus</t>
   </si>
   <si>
     <t>PHENPR</t>
   </si>
   <si>
     <t>Phenacoccus peruvianus</t>
   </si>
   <si>
     <t>* von Ellenrieder N, Kinnee SA, Watson GW (2020) The bougainvillea mealybug, Phenacoccus peruvianus Granara de Willink, in Granara de Willink &amp; Szumik, 2007 (Hemiptera: Pseudococcidae), an invasive species new to North America, with a description of the adult male and new host records. Pan-Pacific Entomologist 96(2), 59-72.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHRDMU</t>
   </si>
   <si>
     <t>Phyrdenus muriceus</t>
   </si>
   <si>
     <t>* Novo RJ, Viglianco A, Vaudagna E (2002) Efectos de insecticidas sobre el gorgojo de la papa, Phyrdenus muriceus (Germ.) (Coleoptera: Curculionidae). AgriScientia 19, 3-10.</t>
   </si>
   <si>
     <t>PHYTCR</t>
   </si>
   <si>
     <t>Phytophthora cryptogea</t>
   </si>
   <si>
     <t>PMTV00</t>
@@ -1004,50 +1020,60 @@
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Dhileepan K, Neser S, Rumiz D, Raman A, Sharma A (2017) Host associations of gall-inducing Prodiplosis longifila (Diptera: Cecidomyiidae) from Bolivia: Implications for its use as a biological control agent for Jatropha gossypiifolia (Euphorbiaceae). Florida Entomologist, 100(4), 777-786.
 * Diaz-Silva F (2011) [Agroecological aspects for the integrated management of Prodiplosis longifila Gagné in the irrigation of Chavimochic]. Escuela de Ciencias Biológicas, Universidad de Trujillo, Trujillo, PERU (in Spanish).
 * Kroschel J, Mujica N, Alcazar J, Canedo V, Zegarra O (2012) Developing integrated pest management for potato: experiences and lessons from two distinct potato production systems of Peru. In Wayne Honeycutt sustainable potato production: global case studies (eds He Z &amp; Larkin R), pp 419-450. Springer, Dordrecht.
 * Valarezo O, Cañarte E, Navarrete B, Arias M (2003) [Prodiplosis longifila (Diptera: Cecidomyiidae) main tomato pest in Ecuador.] Manual 51, INIAP, Ecuador. (in Spanish)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RHGPTU</t>
   </si>
   <si>
     <t>Rhigopsidius tucumanus</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Dharpure SR (2002) Changing scenario of insect pests of potato in Satpura plateau of Madhya Pradesh. Journal of the Indian Potato Association 29(3/4), 135-138.</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
@@ -1181,56 +1207,50 @@
 </t>
   </si>
   <si>
     <t>PEPRSV</t>
   </si>
   <si>
     <t>Tobravirus capsici</t>
   </si>
   <si>
     <t>* IPPC website. Official Pest Reports- South Africa (ZAF-57/2 of 2023-12-21) Notification on the detection of Pepper ringspot virus (PepRSV) in the Republic of South Africa. https://www.ippc.int/fr/countries/south-africa/pestreports/2023/12/notification-of-the-detection-of-pepper-ringspot-virus-peprsv-in-the-republic-of-south-africa/
 * Espach A, Esterhuizen L, Africander N, Thiart S, Read DA, Pietersen G (2025) First report of pepper ringspot virus on potato (Solanum tuberosum) in South Africa. Journal of Plant Pathology https://doi.org/10.1007/s42161-025-01887-1.</t>
   </si>
   <si>
     <t>TRIARI</t>
   </si>
   <si>
     <t>Trialeurodes ricini</t>
   </si>
   <si>
     <t>TRIHVI</t>
   </si>
   <si>
     <t>Trichodorus viruliferus</t>
   </si>
   <si>
-    <t>GNORAB</t>
-[...4 lines deleted...]
-  <si>
     <t>DUMV00</t>
   </si>
   <si>
     <t>Tymovirus dulcamarae (as Solanum)</t>
   </si>
   <si>
     <t>VERTDA</t>
   </si>
   <si>
     <t>Verticillium dahliae</t>
   </si>
   <si>
     <t>* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA</t>
   </si>
   <si>
     <t>VERTNO</t>
   </si>
   <si>
     <t>Verticillium nonalfalfae</t>
   </si>
   <si>
     <t xml:space="preserve">* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA </t>
   </si>
   <si>
     <t>XIPHAA</t>
@@ -1310,54 +1330,58 @@
   <si>
     <t>TOYVSV</t>
   </si>
   <si>
     <t>Begomovirus solanumflavusvenae</t>
   </si>
   <si>
     <t>* Ribeiro SG, Inoue-Nagata AK, Daniels J, Ávila AD (2005) Potato deforming mosaic disease is caused by an isolate of Tomato yellow vein streak virus. Plant Pathology 55(4), 569.  https://doi.org/10.1111/j.1365-3059.2006.01432.x</t>
   </si>
   <si>
     <t>PHOMEF</t>
   </si>
   <si>
     <t>Boeremia foveata</t>
   </si>
   <si>
     <t>LIBEPS</t>
   </si>
   <si>
     <t>'Candidatus Liberibacter solanacearum'</t>
   </si>
   <si>
     <t>* Wen A, Mallik I, Alvarado VY, Pasche JS, Wang X, Li W, Levy L, Lin H, Scholthof HB, Mirkov TE, Rush CM, Gudmestad NC (2009) Detection, distribution, and genetic variability of 'Candidatus Liberibacter' species associated with zebra complex disease of potato in North America. Plant Disease 93(11), 1102-1115.</t>
   </si>
   <si>
+    <t>PHYPAE</t>
+  </si>
+  <si>
     <t>'Candidatus Phytoplasma americanum'</t>
   </si>
   <si>
-    <t>* Lee IM, Bottner KD, Secor G, Rivera-Varas V (2006) ‘Candidatus Phytoplasma americanum’, a phytoplasma associated with a potato purple top wilt disease complex. International Journal of Systematic and Evolutionary Microbiology 56(7), 1593-1597. https://doi.org/10.1099/ijs.0.64251-0</t>
+    <t>* Lee IM, Bottner KD, Secor G, Rivera-Varas V (2006) ‘Candidatus Phytoplasma americanum’, a phytoplasma associated with a potato purple top wilt disease complex. International Journal of Systematic and Evolutionary Microbiology 56(7), 1593-1597. https://doi.org/10.1099/ijs.0.64251-0
+* Carrillo Castillo C, Rivera Varas V, Gill U, Rengifo J, Secor G (2022) ‘Candidatus Phytoplasma americanum’ identification in potatoes showing purple top disease in Ecuador. Phytopathogenic Mollicutes 12(2), 114-118.</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Ember I, Acs Z, Munyaneza JE, Crosslin JM, Kolber M (2011) Survey and molecular detection of phytoplasmas associated with potato in Romania and southern Russia. European Journal of Plant Pathology 130(3), 367-377.
 * Holeva MC, Glynos PE, Karafla CD, Koutsioumari EM, Simoglou KB, Eleftheriadis E (2014) First report of Candidatus phytoplasma solani associated with potato plants in Greece. Plant Disease 98(12), p 1739.
 * Quaglino F, Zhao Y, Casati P, Bulgari D, Bianco PA, Wei W, Davis RE (2013) ‘Candidatus Phytoplasma solani’, a novel taxon associated with stolbur- and bois noir-related diseases of plants. International Journal of Systematic and Evolutionary Microbiology 63, 2879-2894.</t>
   </si>
   <si>
     <t>PVH000</t>
   </si>
   <si>
     <t>Carlavirus chisolani</t>
   </si>
   <si>
     <t>* Li YY, Zhang RN, Xiang HY, Abouelnasr H, Li DW, Yu JL, McBeath JH, Han CG (2013) Discovery and characterization of a novel Carlavirus infecting potatoes in China. PLoS ONE 8(6), e69255. doi:10.1371/journal.pone.0069255</t>
   </si>
   <si>
     <t>POTLV0</t>
   </si>
   <si>
@@ -2539,51 +2563,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D247"/>
+  <dimension ref="A1:D248"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="620.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2645,3261 +2669,3279 @@
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>54</v>
+      </c>
+      <c r="D21" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B22" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D25"/>
+        <v>65</v>
+      </c>
+      <c r="D25" t="s">
+        <v>66</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B27" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C27" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D27"/>
+        <v>70</v>
+      </c>
+      <c r="D27" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B28" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C29" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D29"/>
+        <v>75</v>
+      </c>
+      <c r="D29" t="s">
+        <v>76</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C30" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B31" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C31" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D31" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B32" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C32" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D32" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B33" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D33" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B34" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C34" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B35" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C35" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D35" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B36" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C36" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B37" t="s">
         <v>5</v>
       </c>
       <c r="C37" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B38" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C38" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D38" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B39" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C39" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D39" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B40" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C40" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B41" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C41" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D41" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B42" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C42" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D42" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B44" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C44" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D44" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C45" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B46" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C46" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D46" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B47" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C47" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B48" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D48" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B49" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C49" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D49" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B50" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C50" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D50" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B51" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C51" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D51" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C52" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C53" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D53" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B54" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C54" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D54" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B55" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C55" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D55" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B56" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C56" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D56" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B57" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C57" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D57" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B58" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C58" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B59" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C59" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B60" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C60" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D60" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B61" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C61" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B62" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C62" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D62" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B63" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C63" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D63" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B64" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C64" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D64" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B65" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C65" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B66" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C66" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D66" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B67" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C67" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D67" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B68" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C68" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D68" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B69" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C69" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D69" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B70" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C70" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D70" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B71" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C71" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D71" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B72" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C72" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D72" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B73" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C73" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D73" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B74" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C74" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D74" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B75" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C75" t="s">
+        <v>198</v>
+      </c>
+      <c r="D75" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B76" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C76" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B77" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C77" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B78" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C78" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D78" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B79" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C79" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D79" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B80" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C80" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B81" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C81" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D81" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B82" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C82" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D82" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B83" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C83" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D83" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B84" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C84" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D84" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B85" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C85" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D85" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B86" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C86" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D86" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B87" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C87" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B88" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C88" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D88" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B89" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C89" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B90" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C90" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D90" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B91" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C91" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D91" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B92" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C92" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D92" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B93" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C93" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D93" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B94" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C94" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D94" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B95" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C95" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D95" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B96" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C96" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B97" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C97" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B98" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C98" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D98" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B99" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C99" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="D99"/>
+        <v>260</v>
+      </c>
+      <c r="D99" t="s">
+        <v>261</v>
+      </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B100" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C100" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B101" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C101" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D101" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B102" t="s">
         <v>264</v>
       </c>
       <c r="C102" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D102" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B103" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C103" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="D103"/>
+        <v>269</v>
+      </c>
+      <c r="D103" t="s">
+        <v>270</v>
+      </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B104" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C104" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B105" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="C105" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B106" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C106" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B107" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C107" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B108" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C108" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B109" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="C109" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B110" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C110" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B111" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C111" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D111" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B112" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C112" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D112" t="s">
-        <v>121</v>
+        <v>287</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B113" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C113" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="D113"/>
+        <v>289</v>
+      </c>
+      <c r="D113" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B114" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C114" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B115" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C115" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B116" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C116" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B117" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C117" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B118" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C118" t="s">
-        <v>298</v>
-[...1 lines deleted...]
-      <c r="D118"/>
+        <v>299</v>
+      </c>
+      <c r="D118" t="s">
+        <v>300</v>
+      </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B119" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C119" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="D119"/>
+        <v>302</v>
+      </c>
+      <c r="D119" t="s">
+        <v>303</v>
+      </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B120" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C120" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="D120"/>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B121" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C121" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B122" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C122" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D122" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B123" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C123" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B124" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C124" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D124" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B125" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C125" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D125" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B126" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C126" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D126" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B127" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C127" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D127" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B128" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C128" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="D128"/>
+        <v>326</v>
+      </c>
+      <c r="D128" t="s">
+        <v>327</v>
+      </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B129" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C129" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="D129"/>
+        <v>329</v>
+      </c>
+      <c r="D129" t="s">
+        <v>330</v>
+      </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B130" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C130" t="s">
-        <v>329</v>
-[...3 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B131" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C131" t="s">
-        <v>332</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="D131"/>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B132" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C132" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="D132"/>
+        <v>336</v>
+      </c>
+      <c r="D132" t="s">
+        <v>337</v>
+      </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B133" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C133" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D133" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B134" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C134" t="s">
-        <v>340</v>
-[...3 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B135" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C135" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D135" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B136" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C136" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="D136"/>
+        <v>347</v>
+      </c>
+      <c r="D136" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B137" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C137" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="D137"/>
+        <v>350</v>
+      </c>
+      <c r="D137" t="s">
+        <v>351</v>
+      </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B138" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C138" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B139" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C139" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D139"/>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B140" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C140" t="s">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="D140"/>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B141" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C141" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="D141" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B142" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C142" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D142" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B143" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C143" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="D143" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>365</v>
+        <v>25</v>
       </c>
       <c r="B144" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C144" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="D144"/>
+        <v>368</v>
+      </c>
+      <c r="D144" t="s">
+        <v>369</v>
+      </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B145" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="C145" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="D145"/>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B146" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C146" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="D146"/>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B147" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C147" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D147" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B148" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C148" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D148" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B149" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C149" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D149" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B150" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C150" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D150" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B151" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C151" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="D151"/>
+        <v>388</v>
+      </c>
+      <c r="D151" t="s">
+        <v>389</v>
+      </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B152" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C152" t="s">
-        <v>388</v>
-[...3 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="D152"/>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B153" t="s">
-        <v>73</v>
+        <v>392</v>
       </c>
       <c r="C153" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D153" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B154" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C154" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="D154" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B155" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C155" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="D155" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B156" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C156" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="D156" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B157" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C157" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D157" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B158" t="s">
-        <v>5</v>
+        <v>407</v>
       </c>
       <c r="C158" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="D158"/>
+        <v>408</v>
+      </c>
+      <c r="D158" t="s">
+        <v>409</v>
+      </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B159" t="s">
-        <v>405</v>
+        <v>5</v>
       </c>
       <c r="C159" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D159"/>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B160" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="C160" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="D160" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B161" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C161" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="D161" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B162" t="s">
-        <v>117</v>
+        <v>417</v>
       </c>
       <c r="C162" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="D162" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B163" t="s">
-        <v>416</v>
+        <v>119</v>
       </c>
       <c r="C163" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="D163" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B164" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C164" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D164" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B165" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C165" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="D165" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B166" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C166" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="D166" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B167" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="C167" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="D167" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B168" t="s">
-        <v>148</v>
+        <v>434</v>
       </c>
       <c r="C168" t="s">
-        <v>431</v>
-[...1 lines deleted...]
-      <c r="D168"/>
+        <v>435</v>
+      </c>
+      <c r="D168" t="s">
+        <v>436</v>
+      </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B169" t="s">
-        <v>432</v>
+        <v>150</v>
       </c>
       <c r="C169" t="s">
-        <v>433</v>
-[...3 lines deleted...]
-      </c>
+        <v>437</v>
+      </c>
+      <c r="D169"/>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B170" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="C170" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="D170" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B171" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C171" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="D171"/>
+        <v>442</v>
+      </c>
+      <c r="D171" t="s">
+        <v>443</v>
+      </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B172" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C172" t="s">
-        <v>441</v>
-[...3 lines deleted...]
-      </c>
+        <v>445</v>
+      </c>
+      <c r="D172"/>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B173" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C173" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="D173" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B174" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="C174" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="D174" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B175" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C175" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="D175" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B176" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C176" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="D176" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B177" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="C177" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="D177" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B178" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C178" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="D178" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B179" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="C179" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="D179" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B180" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="C180" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="D180" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B181" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="C181" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="D181" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B182" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="C182" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="D182" t="s">
-        <v>191</v>
+        <v>474</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B183" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="C183" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="D183" t="s">
-        <v>473</v>
+        <v>193</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B184" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="C184" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="D184" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B185" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="C185" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="D185" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B186" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="C186" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D186" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B187" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="C187" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="D187" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B188" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="C188" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="D188" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B189" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C189" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="D189" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B190" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="C190" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="D190"/>
+        <v>496</v>
+      </c>
+      <c r="D190" t="s">
+        <v>497</v>
+      </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B191" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="C191" t="s">
-        <v>495</v>
-[...3 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="D191"/>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B192" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="C192" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="D192" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B193" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="C193" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="D193" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B194" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="C194" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="D194" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B195" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C195" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D195" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B196" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="C196" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="D196" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B197" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C197" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="D197" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B198" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="C198" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="D198"/>
+        <v>519</v>
+      </c>
+      <c r="D198" t="s">
+        <v>520</v>
+      </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B199" t="s">
-        <v>10</v>
+        <v>521</v>
       </c>
       <c r="C199" t="s">
-        <v>517</v>
-[...3 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="D199"/>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B200" t="s">
-        <v>267</v>
+        <v>10</v>
       </c>
       <c r="C200" t="s">
-        <v>519</v>
-[...1 lines deleted...]
-      <c r="D200"/>
+        <v>523</v>
+      </c>
+      <c r="D200" t="s">
+        <v>524</v>
+      </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B201" t="s">
-        <v>520</v>
+        <v>271</v>
       </c>
       <c r="C201" t="s">
-        <v>521</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="D201"/>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B202" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="C202" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="D202" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B203" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="C203" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="D203" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B204" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="C204" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="D204" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B205" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C205" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="D205" t="s">
-        <v>121</v>
+        <v>537</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B206" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C206" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="D206" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B207" t="s">
-        <v>286</v>
+        <v>540</v>
       </c>
       <c r="C207" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="D207" t="s">
-        <v>537</v>
+        <v>123</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B208" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C208" t="s">
-        <v>538</v>
-[...1 lines deleted...]
-      <c r="D208"/>
+        <v>542</v>
+      </c>
+      <c r="D208" t="s">
+        <v>543</v>
+      </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B209" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C209" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="D209"/>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B210" t="s">
-        <v>540</v>
+        <v>294</v>
       </c>
       <c r="C210" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="D210"/>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B211" t="s">
-        <v>292</v>
+        <v>546</v>
       </c>
       <c r="C211" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="D211" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B212" t="s">
-        <v>545</v>
+        <v>296</v>
       </c>
       <c r="C212" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="D212"/>
+        <v>549</v>
+      </c>
+      <c r="D212" t="s">
+        <v>550</v>
+      </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B213" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="C213" t="s">
-        <v>548</v>
-[...3 lines deleted...]
-      </c>
+        <v>552</v>
+      </c>
+      <c r="D213"/>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B214" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="C214" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="D214" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B215" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="C215" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="D215" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B216" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="C216" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="D216" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B217" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="C217" t="s">
-        <v>560</v>
-[...1 lines deleted...]
-      <c r="D217"/>
+        <v>563</v>
+      </c>
+      <c r="D217" t="s">
+        <v>564</v>
+      </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B218" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="C218" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="D218"/>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B219" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="C219" t="s">
-        <v>564</v>
-[...3 lines deleted...]
-      </c>
+        <v>568</v>
+      </c>
+      <c r="D219"/>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B220" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="C220" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="D220" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B221" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="C221" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="D221" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B222" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="C222" t="s">
-        <v>573</v>
-[...1 lines deleted...]
-      <c r="D222"/>
+        <v>576</v>
+      </c>
+      <c r="D222" t="s">
+        <v>577</v>
+      </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B223" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="C223" t="s">
-        <v>575</v>
-[...3 lines deleted...]
-      </c>
+        <v>579</v>
+      </c>
+      <c r="D223"/>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B224" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="C224" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="D224" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B225" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="C225" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="D225" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B226" t="s">
-        <v>304</v>
+        <v>586</v>
       </c>
       <c r="C226" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="D226" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B227" t="s">
-        <v>585</v>
+        <v>311</v>
       </c>
       <c r="C227" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="D227" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B228" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="C228" t="s">
-        <v>589</v>
-[...1 lines deleted...]
-      <c r="D228"/>
+        <v>592</v>
+      </c>
+      <c r="D228" t="s">
+        <v>593</v>
+      </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B229" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="C229" t="s">
-        <v>591</v>
-[...3 lines deleted...]
-      </c>
+        <v>595</v>
+      </c>
+      <c r="D229"/>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B230" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="C230" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="D230" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B231" t="s">
-        <v>324</v>
+        <v>599</v>
       </c>
       <c r="C231" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="D231" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B232" t="s">
-        <v>598</v>
+        <v>331</v>
       </c>
       <c r="C232" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="D232" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B233" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C233" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="D233" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B234" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="C234" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="D234" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B235" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="C235" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="D235" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B236" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C236" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="D236" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B237" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="C237" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="D237" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B238" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="C238" t="s">
-        <v>617</v>
-[...1 lines deleted...]
-      <c r="D238"/>
+        <v>620</v>
+      </c>
+      <c r="D238" t="s">
+        <v>621</v>
+      </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B239" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="C239" t="s">
-        <v>619</v>
-[...3 lines deleted...]
-      </c>
+        <v>623</v>
+      </c>
+      <c r="D239"/>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B240" t="s">
-        <v>351</v>
+        <v>624</v>
       </c>
       <c r="C240" t="s">
-        <v>621</v>
-[...1 lines deleted...]
-      <c r="D240"/>
+        <v>625</v>
+      </c>
+      <c r="D240" t="s">
+        <v>626</v>
+      </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B241" t="s">
-        <v>622</v>
+        <v>356</v>
       </c>
       <c r="C241" t="s">
-        <v>623</v>
-[...3 lines deleted...]
-      </c>
+        <v>627</v>
+      </c>
+      <c r="D241"/>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B242" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C242" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="D242" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>628</v>
+        <v>370</v>
       </c>
       <c r="B243" t="s">
-        <v>36</v>
+        <v>631</v>
       </c>
       <c r="C243" t="s">
-        <v>629</v>
-[...1 lines deleted...]
-      <c r="D243"/>
+        <v>632</v>
+      </c>
+      <c r="D243" t="s">
+        <v>633</v>
+      </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="B244" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C244" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="D244"/>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="B245" t="s">
-        <v>526</v>
+        <v>37</v>
       </c>
       <c r="C245" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="D245"/>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="B246" t="s">
-        <v>318</v>
+        <v>532</v>
       </c>
       <c r="C246" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>637</v>
+      </c>
+      <c r="D246"/>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="B247" t="s">
-        <v>607</v>
+        <v>325</v>
       </c>
       <c r="C247" t="s">
+        <v>638</v>
+      </c>
+      <c r="D247" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
         <v>634</v>
       </c>
-      <c r="D247"/>
+      <c r="B248" t="s">
+        <v>613</v>
+      </c>
+      <c r="C248" t="s">
+        <v>640</v>
+      </c>
+      <c r="D248"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>