--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLTU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="641">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="646">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
@@ -128,56 +128,50 @@
     <t>* Vervaet L, De Vis R, De Clercq P, Van Leeuwen T (2021) Is the emerging mite pest Aculops lycopersici controllable? Global and genome‐based insights in its biology and management. Pest Management Science 77(6), 2635-2644.</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>HERSCO</t>
   </si>
   <si>
     <t>Agrius convolvuli</t>
   </si>
   <si>
     <t>AGROSE</t>
   </si>
   <si>
     <t>Agrotis segetum</t>
   </si>
   <si>
     <t>AMV000</t>
   </si>
   <si>
     <t>Alfamovirus AMV</t>
   </si>
   <si>
     <t>* Nie X, De Koeyer D, Liang Z, Dickison V, Singh M, Hawkins G (2015) Identification and first report of a potato tuber necrosis-inducing isolate of Alfalfa mosaic virus in Canada. Plant Disease 99(11), p 1658.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Alphanucleorhabdovirus tuberosum</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- true host.</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii (as Solanum)</t>
   </si>
   <si>
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
@@ -874,72 +868,86 @@
   <si>
     <t>Pentastiridius leporinus</t>
   </si>
   <si>
     <t>PHENPR</t>
   </si>
   <si>
     <t>Phenacoccus peruvianus</t>
   </si>
   <si>
     <t>* von Ellenrieder N, Kinnee SA, Watson GW (2020) The bougainvillea mealybug, Phenacoccus peruvianus Granara de Willink, in Granara de Willink &amp; Szumik, 2007 (Hemiptera: Pseudococcidae), an invasive species new to North America, with a description of the adult male and new host records. Pan-Pacific Entomologist 96(2), 59-72.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>GNORAB</t>
   </si>
   <si>
     <t>Phthorimaea absoluta</t>
   </si>
   <si>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+------- Complete life cycle in lab and field experiments.</t>
+  </si>
+  <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHRDMU</t>
   </si>
   <si>
     <t>Phyrdenus muriceus</t>
   </si>
   <si>
     <t>* Novo RJ, Viglianco A, Vaudagna E (2002) Efectos de insecticidas sobre el gorgojo de la papa, Phyrdenus muriceus (Germ.) (Coleoptera: Curculionidae). AgriScientia 19, 3-10.</t>
   </si>
   <si>
     <t>PHYTCR</t>
   </si>
   <si>
     <t>Phytophthora cryptogea</t>
+  </si>
+  <si>
+    <t>PHYTNP</t>
+  </si>
+  <si>
+    <t>Phytophthora nicotianae</t>
+  </si>
+  <si>
+    <t>* Taylor RJ, Pasche JS, Gudmestad NC (2015) Etiology of a tuber rot and foliar blight of potato caused by Phytophthora nicotianae. Plant Disease 99(4), 474-481.
+* Panabieres F, Ali GS, Allagui MB, Dalio RJ, Gudmestad NC, Kuhn ML, Guha Roy S, Schena L, Zampounis A (2016) Phytophthora nicotianae diseases worldwide: new knowledge of a long-recognised pathogen. Phytopathologia Mediterranea 55(1), 20−40.</t>
   </si>
   <si>
     <t>PMTV00</t>
   </si>
   <si>
     <t>Pomovirus solani</t>
   </si>
   <si>
     <t>* Harrison BD, Jones RA (1970) Host range and some properties of potato mop‐top virus. Annals of applied Biology 65(3), 393-402.</t>
   </si>
   <si>
     <t>Pomovirus solani (as Solanum)</t>
   </si>
   <si>
     <t>CSVD00</t>
   </si>
   <si>
     <t>Pospiviroid impedichrysanthemi</t>
   </si>
   <si>
     <t>* Runia WT, Peters D (1980) The response of plant species used in agriculture and horticulture to viroid infections. Netherlands Journal of Plant Pathology, 86, 135–146.
 ------- experimental host. 
 * Matsushita Y, Yanagisawa H, Khiutti A, Mironenko N, Ohto Y, Afanasenko O (2019) First report of chrysanthemum stunt viroid isolated from potato (Solanum tuberosum) plants in Russia. Journal of General Plant Pathology, https://doi.org/10.1007/s10327-019-00851-z
 ------- asymptomatic. First report of natural infection on potato.</t>
   </si>
@@ -1263,50 +1271,59 @@
   </si>
   <si>
     <t>XIPHRI</t>
   </si>
   <si>
     <t>Xiphinema rivesi</t>
   </si>
   <si>
     <t>* Hafez SL, Golden AM, Rashid F &amp; Handoo ZA (1992) Plant-parasitic nematodes associated with crops in Idaho and eastern Oregon. Nematropica 22, 193-204.
 * Hafez SL, Sundararaj P, Handoo ZA, Siddiqi MR (2010) Occurrence and distribution of nematodes in Idaho crops. International Journal of Nematology 20(1), 91-98.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>AECICT</t>
   </si>
   <si>
     <t>Aecidium cantense</t>
   </si>
   <si>
     <t>EMDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus melongenae</t>
+  </si>
+  <si>
+    <t>PYDV00</t>
+  </si>
+  <si>
+    <t>Alphanucleorhabdovirus tuberosum</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Younkin SG (1942) Weed suscepts of the Potato yellow dwarf virus. American Potato Journal 19( 1), 6-11 </t>
   </si>
   <si>
     <t>ALTESP</t>
   </si>
   <si>
     <t>Alternaria sp.</t>
   </si>
   <si>
     <t>* Gou Y, Aung SL, Guo Z, Li Z, Shen S, Deng J (2023) Four new species of small-spored Alternaria isolated from Solanum tuberosum and S. lycopersicum in China. Journal of Fungi 9(9), 880.
 * Schmey T, Tominello‐Ramirez CS, Brune C, Stam R (2024) Alternaria diseases on potato and tomato. Molecular Plant Pathology 25(3), e13435.</t>
   </si>
   <si>
     <t>SCLORO</t>
   </si>
   <si>
     <t>Athelia rolfsii</t>
   </si>
   <si>
     <t>* Garibaldi A, Gilardi G, Gullino ML (2006) First report of southern blight incited by Sclerotium rolfsii on potato (Solanum tuberosum) in northern Italy. Plant disease 90(8), 1114
 * Roca LF, Raya MC, Luque F, Agustí-Brisach C, Romero J, Trapero A (2016) First report of Sclerotium rolfsii causing soft rot of potato tubers in Spain. Plant disease 100(12), 2535.</t>
   </si>
   <si>
     <t>PARZCO</t>
   </si>
   <si>
@@ -2563,51 +2580,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D248"/>
+  <dimension ref="A1:D249"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="620.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2761,3187 +2778,3205 @@
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" t="s">
         <v>34</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>25</v>
       </c>
       <c r="B14" t="s">
         <v>37</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>25</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>25</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>44</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>25</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>25</v>
       </c>
       <c r="B18" t="s">
         <v>47</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>25</v>
       </c>
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>25</v>
       </c>
       <c r="B20" t="s">
         <v>51</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>25</v>
       </c>
       <c r="B21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>55</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22" t="s">
         <v>56</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>25</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>25</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>66</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>67</v>
       </c>
       <c r="C26" t="s">
         <v>68</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C27" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>71</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>25</v>
       </c>
       <c r="B28" t="s">
         <v>72</v>
       </c>
       <c r="C28" t="s">
         <v>73</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>25</v>
       </c>
       <c r="B29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C29" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>76</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>25</v>
       </c>
       <c r="B30" t="s">
         <v>77</v>
       </c>
       <c r="C30" t="s">
         <v>78</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>25</v>
       </c>
       <c r="B31" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C31" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D31" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>25</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D32" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>25</v>
       </c>
       <c r="B33" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C33" t="s">
         <v>86</v>
       </c>
-      <c r="D33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>25</v>
       </c>
       <c r="B34" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C34" t="s">
         <v>88</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>25</v>
       </c>
       <c r="B35" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C35" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>91</v>
       </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>25</v>
       </c>
       <c r="B36" t="s">
+        <v>5</v>
+      </c>
+      <c r="C36" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>25</v>
       </c>
       <c r="B37" t="s">
-        <v>5</v>
+        <v>93</v>
       </c>
       <c r="C37" t="s">
         <v>94</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>25</v>
       </c>
       <c r="B38" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C38" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D38" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>25</v>
       </c>
       <c r="B39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C39" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D39" t="s">
         <v>100</v>
       </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>25</v>
       </c>
       <c r="B40" t="s">
         <v>101</v>
       </c>
       <c r="C40" t="s">
         <v>102</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>25</v>
       </c>
       <c r="B41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C41" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D41" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>25</v>
       </c>
       <c r="B42" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C42" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>108</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>25</v>
       </c>
       <c r="B43" t="s">
         <v>109</v>
       </c>
       <c r="C43" t="s">
         <v>110</v>
       </c>
-      <c r="D43"/>
+      <c r="D43" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>25</v>
       </c>
       <c r="B44" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C44" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D44" t="s">
         <v>113</v>
       </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>25</v>
       </c>
       <c r="B45" t="s">
         <v>114</v>
       </c>
       <c r="C45" t="s">
         <v>115</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>116</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>25</v>
       </c>
       <c r="B46" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C46" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="D46" t="s">
         <v>118</v>
       </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>25</v>
       </c>
       <c r="B47" t="s">
         <v>119</v>
       </c>
       <c r="C47" t="s">
         <v>120</v>
       </c>
-      <c r="D47"/>
+      <c r="D47" t="s">
+        <v>121</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>25</v>
       </c>
       <c r="B48" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C48" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D48" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>25</v>
       </c>
       <c r="B49" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C49" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D49" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>25</v>
       </c>
       <c r="B50" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C50" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D50" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>25</v>
       </c>
       <c r="B51" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C51" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>132</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>25</v>
       </c>
       <c r="B52" t="s">
         <v>133</v>
       </c>
       <c r="C52" t="s">
         <v>134</v>
       </c>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>25</v>
       </c>
       <c r="B53" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C53" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D53" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>25</v>
       </c>
       <c r="B54" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C54" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D54" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>25</v>
       </c>
       <c r="B55" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C55" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D55" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>25</v>
       </c>
       <c r="B56" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C56" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D56" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>25</v>
       </c>
       <c r="B57" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C57" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>149</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>25</v>
       </c>
       <c r="B58" t="s">
         <v>150</v>
       </c>
       <c r="C58" t="s">
         <v>151</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>25</v>
       </c>
       <c r="B59" t="s">
         <v>152</v>
       </c>
       <c r="C59" t="s">
         <v>153</v>
       </c>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>25</v>
       </c>
       <c r="B60" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C60" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D60" t="s">
         <v>156</v>
       </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>25</v>
       </c>
       <c r="B61" t="s">
         <v>157</v>
       </c>
       <c r="C61" t="s">
         <v>158</v>
       </c>
-      <c r="D61"/>
+      <c r="D61" t="s">
+        <v>159</v>
+      </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>25</v>
       </c>
       <c r="B62" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C62" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D62" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>25</v>
       </c>
       <c r="B63" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C63" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D63" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>25</v>
       </c>
       <c r="B64" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C64" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D64" t="s">
         <v>167</v>
       </c>
+      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>25</v>
       </c>
       <c r="B65" t="s">
         <v>168</v>
       </c>
       <c r="C65" t="s">
         <v>169</v>
       </c>
-      <c r="D65"/>
+      <c r="D65" t="s">
+        <v>170</v>
+      </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>25</v>
       </c>
       <c r="B66" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C66" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D66" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>25</v>
       </c>
       <c r="B67" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C67" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D67" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>25</v>
       </c>
       <c r="B68" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C68" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D68" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>25</v>
       </c>
       <c r="B69" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C69" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D69" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>25</v>
       </c>
       <c r="B70" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C70" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D70" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>25</v>
       </c>
       <c r="B71" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C71" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D71" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>25</v>
       </c>
       <c r="B72" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C72" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D72" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>25</v>
       </c>
       <c r="B73" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C73" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D73" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>25</v>
       </c>
       <c r="B74" t="s">
+        <v>195</v>
+      </c>
+      <c r="C74" t="s">
+        <v>196</v>
+      </c>
+      <c r="D74" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>25</v>
       </c>
       <c r="B75" t="s">
         <v>197</v>
       </c>
       <c r="C75" t="s">
         <v>198</v>
       </c>
-      <c r="D75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>25</v>
       </c>
       <c r="B76" t="s">
         <v>199</v>
       </c>
       <c r="C76" t="s">
         <v>200</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>25</v>
       </c>
       <c r="B77" t="s">
         <v>201</v>
       </c>
       <c r="C77" t="s">
         <v>202</v>
       </c>
-      <c r="D77"/>
+      <c r="D77" t="s">
+        <v>203</v>
+      </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>25</v>
       </c>
       <c r="B78" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C78" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D78" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>25</v>
       </c>
       <c r="B79" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C79" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="D79" t="s">
         <v>208</v>
       </c>
+      <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>25</v>
       </c>
       <c r="B80" t="s">
         <v>209</v>
       </c>
       <c r="C80" t="s">
         <v>210</v>
       </c>
-      <c r="D80"/>
+      <c r="D80" t="s">
+        <v>211</v>
+      </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>25</v>
       </c>
       <c r="B81" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C81" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D81" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>25</v>
       </c>
       <c r="B82" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C82" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D82" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>25</v>
       </c>
       <c r="B83" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C83" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D83" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>25</v>
       </c>
       <c r="B84" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C84" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D84" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>25</v>
       </c>
       <c r="B85" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C85" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D85" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>25</v>
       </c>
       <c r="B86" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C86" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="D86" t="s">
         <v>228</v>
       </c>
+      <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>25</v>
       </c>
       <c r="B87" t="s">
         <v>229</v>
       </c>
       <c r="C87" t="s">
         <v>230</v>
       </c>
-      <c r="D87"/>
+      <c r="D87" t="s">
+        <v>231</v>
+      </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>25</v>
       </c>
       <c r="B88" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C88" t="s">
         <v>232</v>
       </c>
-      <c r="D88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>25</v>
       </c>
       <c r="B89" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C89" t="s">
         <v>234</v>
       </c>
-      <c r="D89"/>
+      <c r="D89" t="s">
+        <v>235</v>
+      </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>25</v>
       </c>
       <c r="B90" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C90" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D90" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>25</v>
       </c>
       <c r="B91" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C91" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D91" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>25</v>
       </c>
       <c r="B92" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C92" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D92" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>25</v>
       </c>
       <c r="B93" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C93" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D93" t="s">
-        <v>246</v>
+        <v>74</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>25</v>
       </c>
       <c r="B94" t="s">
         <v>247</v>
       </c>
       <c r="C94" t="s">
         <v>248</v>
       </c>
       <c r="D94" t="s">
-        <v>76</v>
+        <v>249</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>25</v>
       </c>
       <c r="B95" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C95" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="D95" t="s">
         <v>251</v>
       </c>
+      <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>25</v>
       </c>
       <c r="B96" t="s">
         <v>252</v>
       </c>
       <c r="C96" t="s">
         <v>253</v>
       </c>
-      <c r="D96"/>
+      <c r="D96" t="s">
+        <v>254</v>
+      </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>25</v>
       </c>
       <c r="B97" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C97" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="D97"/>
+        <v>256</v>
+      </c>
+      <c r="D97" t="s">
+        <v>257</v>
+      </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>25</v>
       </c>
       <c r="B98" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C98" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D98" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>25</v>
       </c>
       <c r="B99" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C99" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>25</v>
       </c>
       <c r="B100" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C100" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="D100"/>
+        <v>264</v>
+      </c>
+      <c r="D100" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>25</v>
       </c>
       <c r="B101" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C101" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D101" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>25</v>
       </c>
       <c r="B102" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C102" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D102" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>25</v>
       </c>
       <c r="B103" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C103" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D103" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>25</v>
       </c>
       <c r="B104" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C104" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>25</v>
       </c>
       <c r="B105" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C105" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>25</v>
       </c>
       <c r="B106" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C106" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>25</v>
       </c>
       <c r="B107" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C107" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>25</v>
       </c>
       <c r="B108" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C108" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>25</v>
       </c>
       <c r="B109" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C109" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>25</v>
       </c>
       <c r="B110" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C110" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>25</v>
       </c>
       <c r="B111" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C111" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D111" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>25</v>
       </c>
       <c r="B112" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C112" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D112" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>25</v>
       </c>
       <c r="B113" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C113" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D113" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>25</v>
       </c>
       <c r="B114" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C114" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>25</v>
       </c>
       <c r="B115" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C115" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>25</v>
       </c>
       <c r="B116" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C116" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>25</v>
       </c>
       <c r="B117" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C117" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>25</v>
       </c>
       <c r="B118" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C118" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D118" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>25</v>
       </c>
       <c r="B119" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C119" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D119" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>25</v>
       </c>
       <c r="B120" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C120" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D120"/>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>25</v>
       </c>
       <c r="B121" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C121" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>25</v>
       </c>
       <c r="B122" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C122" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D122" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>25</v>
       </c>
       <c r="B123" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C123" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>25</v>
       </c>
       <c r="B124" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C124" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D124" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>25</v>
       </c>
       <c r="B125" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C125" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D125" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>25</v>
       </c>
       <c r="B126" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C126" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D126" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>25</v>
       </c>
       <c r="B127" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C127" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D127" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>25</v>
       </c>
       <c r="B128" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C128" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D128" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>25</v>
       </c>
       <c r="B129" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C129" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D129" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>25</v>
       </c>
       <c r="B130" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C130" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>25</v>
       </c>
       <c r="B131" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C131" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D131"/>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>25</v>
       </c>
       <c r="B132" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C132" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D132" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>25</v>
       </c>
       <c r="B133" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C133" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="D133" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>25</v>
       </c>
       <c r="B134" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C134" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>25</v>
       </c>
       <c r="B135" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C135" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D135" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>25</v>
       </c>
       <c r="B136" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C136" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D136" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>25</v>
       </c>
       <c r="B137" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C137" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D137" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>25</v>
       </c>
       <c r="B138" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C138" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>25</v>
       </c>
       <c r="B139" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C139" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D139"/>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>25</v>
       </c>
       <c r="B140" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C140" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="D140"/>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>25</v>
       </c>
       <c r="B141" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C141" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D141" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>25</v>
       </c>
       <c r="B142" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C142" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D142" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>25</v>
       </c>
       <c r="B143" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C143" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D143" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>25</v>
       </c>
       <c r="B144" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C144" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D144" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B145" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C145" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D145"/>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B146" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C146" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D146"/>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B147" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C147" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D147" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B148" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C148" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D148" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B149" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C149" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D149" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B150" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C150" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D150" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B151" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C151" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D151" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B152" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C152" t="s">
-        <v>391</v>
-[...1 lines deleted...]
-      <c r="D152"/>
+        <v>393</v>
+      </c>
+      <c r="D152" t="s">
+        <v>394</v>
+      </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B153" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C153" t="s">
-        <v>393</v>
-[...3 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="D153"/>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B154" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C154" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D154" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B155" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C155" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D155" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B156" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C156" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D156" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B157" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C157" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D157" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B158" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C158" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D158" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B159" t="s">
-        <v>5</v>
+        <v>412</v>
       </c>
       <c r="C159" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="D159"/>
+        <v>413</v>
+      </c>
+      <c r="D159" t="s">
+        <v>414</v>
+      </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B160" t="s">
-        <v>411</v>
+        <v>5</v>
       </c>
       <c r="C160" t="s">
-        <v>412</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="D160"/>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B161" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="C161" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D161" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B162" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C162" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D162" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B163" t="s">
-        <v>119</v>
+        <v>422</v>
       </c>
       <c r="C163" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D163" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B164" t="s">
-        <v>422</v>
+        <v>117</v>
       </c>
       <c r="C164" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D164" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B165" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C165" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D165" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B166" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C166" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D166" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B167" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C167" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D167" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B168" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C168" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="D168" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B169" t="s">
-        <v>150</v>
+        <v>439</v>
       </c>
       <c r="C169" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="D169"/>
+        <v>440</v>
+      </c>
+      <c r="D169" t="s">
+        <v>441</v>
+      </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B170" t="s">
-        <v>438</v>
+        <v>148</v>
       </c>
       <c r="C170" t="s">
-        <v>439</v>
-[...3 lines deleted...]
-      </c>
+        <v>442</v>
+      </c>
+      <c r="D170"/>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B171" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C171" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D171" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B172" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C172" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="D172"/>
+        <v>447</v>
+      </c>
+      <c r="D172" t="s">
+        <v>448</v>
+      </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B173" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="C173" t="s">
-        <v>447</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D173"/>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B174" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C174" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D174" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B175" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C175" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D175" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B176" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C176" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D176" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B177" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C177" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D177" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B178" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C178" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="D178" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B179" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="C179" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="D179" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B180" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C180" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D180" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B181" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C181" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D181" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B182" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C182" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D182" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B183" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C183" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D183" t="s">
-        <v>193</v>
+        <v>479</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B184" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="C184" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="D184" t="s">
-        <v>479</v>
+        <v>191</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B185" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C185" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D185" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B186" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C186" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D186" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B187" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C187" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D187" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B188" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C188" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D188" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B189" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C189" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="D189" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B190" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C190" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D190" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B191" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C191" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="D191"/>
+        <v>501</v>
+      </c>
+      <c r="D191" t="s">
+        <v>502</v>
+      </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B192" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="C192" t="s">
-        <v>501</v>
-[...3 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="D192"/>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B193" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C193" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D193" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B194" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C194" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="D194" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B195" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C195" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D195" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B196" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C196" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D196" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B197" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C197" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D197" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B198" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C198" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D198" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B199" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C199" t="s">
-        <v>522</v>
-[...1 lines deleted...]
-      <c r="D199"/>
+        <v>524</v>
+      </c>
+      <c r="D199" t="s">
+        <v>525</v>
+      </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B200" t="s">
-        <v>10</v>
+        <v>526</v>
       </c>
       <c r="C200" t="s">
-        <v>523</v>
-[...3 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="D200"/>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B201" t="s">
-        <v>271</v>
+        <v>10</v>
       </c>
       <c r="C201" t="s">
-        <v>525</v>
-[...1 lines deleted...]
-      <c r="D201"/>
+        <v>528</v>
+      </c>
+      <c r="D201" t="s">
+        <v>529</v>
+      </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B202" t="s">
-        <v>526</v>
+        <v>273</v>
       </c>
       <c r="C202" t="s">
-        <v>527</v>
-[...3 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="D202"/>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B203" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C203" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D203" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B204" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C204" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D204" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B205" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C205" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D205" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B206" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C206" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D206" t="s">
-        <v>123</v>
+        <v>542</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B207" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C207" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="D207" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B208" t="s">
-        <v>290</v>
+        <v>545</v>
       </c>
       <c r="C208" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="D208" t="s">
-        <v>543</v>
+        <v>121</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B209" t="s">
         <v>292</v>
       </c>
       <c r="C209" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="D209"/>
+        <v>547</v>
+      </c>
+      <c r="D209" t="s">
+        <v>548</v>
+      </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B210" t="s">
         <v>294</v>
       </c>
       <c r="C210" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="D210"/>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B211" t="s">
-        <v>546</v>
+        <v>296</v>
       </c>
       <c r="C211" t="s">
-        <v>547</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="D211"/>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B212" t="s">
-        <v>296</v>
+        <v>551</v>
       </c>
       <c r="C212" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="D212" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B213" t="s">
-        <v>551</v>
+        <v>298</v>
       </c>
       <c r="C213" t="s">
-        <v>552</v>
-[...1 lines deleted...]
-      <c r="D213"/>
+        <v>554</v>
+      </c>
+      <c r="D213" t="s">
+        <v>555</v>
+      </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B214" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="C214" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>557</v>
+      </c>
+      <c r="D214"/>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B215" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C215" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D215" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B216" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C216" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D216" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B217" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C217" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D217" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B218" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C218" t="s">
-        <v>566</v>
-[...1 lines deleted...]
-      <c r="D218"/>
+        <v>568</v>
+      </c>
+      <c r="D218" t="s">
+        <v>569</v>
+      </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B219" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="C219" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="D219"/>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B220" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="C220" t="s">
-        <v>570</v>
-[...3 lines deleted...]
-      </c>
+        <v>573</v>
+      </c>
+      <c r="D220"/>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B221" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C221" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D221" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B222" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C222" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D222" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B223" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C223" t="s">
-        <v>579</v>
-[...1 lines deleted...]
-      <c r="D223"/>
+        <v>581</v>
+      </c>
+      <c r="D223" t="s">
+        <v>582</v>
+      </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B224" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="C224" t="s">
-        <v>581</v>
-[...3 lines deleted...]
-      </c>
+        <v>584</v>
+      </c>
+      <c r="D224"/>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B225" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C225" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D225" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B226" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C226" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D226" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B227" t="s">
-        <v>311</v>
+        <v>591</v>
       </c>
       <c r="C227" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="D227" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B228" t="s">
-        <v>591</v>
+        <v>313</v>
       </c>
       <c r="C228" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D228" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B229" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C229" t="s">
-        <v>595</v>
-[...1 lines deleted...]
-      <c r="D229"/>
+        <v>597</v>
+      </c>
+      <c r="D229" t="s">
+        <v>598</v>
+      </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B230" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="C230" t="s">
-        <v>597</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="D230"/>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B231" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C231" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D231" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B232" t="s">
-        <v>331</v>
+        <v>604</v>
       </c>
       <c r="C232" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="D232" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B233" t="s">
-        <v>604</v>
+        <v>333</v>
       </c>
       <c r="C233" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D233" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B234" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C234" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D234" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B235" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C235" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D235" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B236" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C236" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D236" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B237" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C237" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="D237" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B238" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C238" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D238" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B239" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="C239" t="s">
-        <v>623</v>
-[...1 lines deleted...]
-      <c r="D239"/>
+        <v>625</v>
+      </c>
+      <c r="D239" t="s">
+        <v>626</v>
+      </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B240" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C240" t="s">
-        <v>625</v>
-[...3 lines deleted...]
-      </c>
+        <v>628</v>
+      </c>
+      <c r="D240"/>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B241" t="s">
-        <v>356</v>
+        <v>629</v>
       </c>
       <c r="C241" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="D241"/>
+        <v>630</v>
+      </c>
+      <c r="D241" t="s">
+        <v>631</v>
+      </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B242" t="s">
-        <v>628</v>
+        <v>358</v>
       </c>
       <c r="C242" t="s">
-        <v>629</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="D242"/>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B243" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C243" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D243" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>634</v>
+        <v>372</v>
       </c>
       <c r="B244" t="s">
-        <v>37</v>
+        <v>636</v>
       </c>
       <c r="C244" t="s">
-        <v>635</v>
-[...1 lines deleted...]
-      <c r="D244"/>
+        <v>637</v>
+      </c>
+      <c r="D244" t="s">
+        <v>638</v>
+      </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="B245" t="s">
-        <v>37</v>
+        <v>377</v>
       </c>
       <c r="C245" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="D245"/>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="B246" t="s">
-        <v>532</v>
+        <v>377</v>
       </c>
       <c r="C246" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="D246"/>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="B247" t="s">
-        <v>325</v>
+        <v>537</v>
       </c>
       <c r="C247" t="s">
-        <v>638</v>
-[...3 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="D247"/>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="B248" t="s">
-        <v>613</v>
+        <v>327</v>
       </c>
       <c r="C248" t="s">
-        <v>640</v>
-[...1 lines deleted...]
-      <c r="D248"/>
+        <v>643</v>
+      </c>
+      <c r="D248" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" t="s">
+        <v>639</v>
+      </c>
+      <c r="B249" t="s">
+        <v>618</v>
+      </c>
+      <c r="C249" t="s">
+        <v>645</v>
+      </c>
+      <c r="D249"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>