--- v0 (2025-10-19)
+++ v1 (2026-01-31)
@@ -89,51 +89,51 @@
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Quarantine pest</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>A2 list</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>RPPO/EU</t>
   </si>
   <si>
     <t>EAEU</t>
   </si>