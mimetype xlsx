--- v0 (2025-10-09)
+++ v1 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLTO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
@@ -67,50 +67,53 @@
 ------- At least 51 species, absence of symptoms (except for Solanum depilatum and S. lycopersicum)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii (as Solanum)</t>
   </si>
   <si>
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.</t>
@@ -129,56 +132,50 @@
   </si>
   <si>
     <t>DACUTR</t>
   </si>
   <si>
     <t>Bactrocera tryoni</t>
   </si>
   <si>
     <t>* Hancock D, Hamacek EL, Lloyd AC, Elson-Harris MM (2000) The distribution and host plants of fruit flies (Diptera: Tephritidae) in Australia. Queensland Department of Primary Industries, 75 pp.
 ------- One record.</t>
   </si>
   <si>
     <t>TOSRV0</t>
   </si>
   <si>
     <t>Begomovirus solanumseverugosi</t>
   </si>
   <si>
     <t>* Pereira‑Silva J, Boiteux LS, Fonseca MEN, Reis LNA, Souza AS, Nery FMB, Madeira NR, Pereira‑Carvalho RC (2022) Novel natural hosts of tomato severe rugose virus (ToSRV) in the Fabaceae, Solanaceae, and Oxalidaceae families. Journal of Plant Diseases and Protection 129, 425-431.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
-  </si>
-[...4 lines deleted...]
-    <t>'Candidatus Phytoplasma americanum' (as Solanum)</t>
   </si>
   <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* McQuate GT (2008) Solanum torvum (Solanaceae), a new host of Ceratitis capitata (Diptera: Tephritidae) in Hawaii. Proceedings of the Hawaiian Entomological Society 40, 71-75.</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
@@ -760,51 +757,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D51"/>
+  <dimension ref="A1:D50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -850,635 +847,625 @@
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
-      <c r="D6"/>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>43</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>5</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>45</v>
+      </c>
+      <c r="D17" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>50</v>
+      </c>
+      <c r="D19" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>55</v>
+      </c>
+      <c r="D21" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C23" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D24" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D25" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C26" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D26" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C27" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C28" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D28"/>
+        <v>75</v>
+      </c>
+      <c r="D28" t="s">
+        <v>76</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C29" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D29" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C30" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D30" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C31" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C32" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C33" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C34" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C35" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C36" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C37" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C38" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C39" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C40" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="D40"/>
+        <v>102</v>
+      </c>
+      <c r="D40" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C41" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C42" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D42"/>
+        <v>107</v>
+      </c>
+      <c r="D42" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>10</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
       <c r="B44" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C44" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>111</v>
+      </c>
+      <c r="B45" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C45" t="s">
         <v>114</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B46" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C46" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D46"/>
+        <v>116</v>
+      </c>
+      <c r="D46" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B47" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C47" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D47" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B48" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C49" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="D49"/>
+        <v>124</v>
+      </c>
+      <c r="D49" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B50" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C50" t="s">
-        <v>125</v>
-[...9 lines deleted...]
-      <c r="B51" t="s">
         <v>127</v>
       </c>
-      <c r="C51" t="s">
-[...2 lines deleted...]
-      <c r="D51"/>
+      <c r="D50"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>