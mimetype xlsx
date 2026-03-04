--- v1 (2026-02-09)
+++ v2 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLTO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
@@ -320,50 +320,60 @@
     <t>Potato virus Y tobacco veinal necrosis strain (as Solanum)</t>
   </si>
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu280</t>
   </si>
   <si>
     <t>SYNCEN</t>
   </si>
   <si>
     <t>Synchytrium endobioticum (as Solanum)</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
@@ -757,51 +767,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D50"/>
+  <dimension ref="A1:D51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1279,193 +1289,207 @@
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
         <v>97</v>
       </c>
       <c r="C38" t="s">
         <v>98</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
         <v>99</v>
       </c>
       <c r="C39" t="s">
         <v>100</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C40" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>103</v>
       </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
         <v>104</v>
       </c>
       <c r="C41" t="s">
         <v>105</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>106</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C42" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>108</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>10</v>
       </c>
       <c r="B43" t="s">
         <v>109</v>
       </c>
       <c r="C43" t="s">
         <v>110</v>
       </c>
-      <c r="D43"/>
+      <c r="D43" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="B44" t="s">
         <v>112</v>
       </c>
       <c r="C44" t="s">
         <v>113</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C45" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B46" t="s">
         <v>115</v>
       </c>
       <c r="C46" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="D46" t="s">
         <v>117</v>
       </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B47" t="s">
         <v>118</v>
       </c>
       <c r="C47" t="s">
         <v>119</v>
       </c>
       <c r="D47" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B48" t="s">
         <v>121</v>
       </c>
       <c r="C48" t="s">
         <v>122</v>
       </c>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C49" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="D49" t="s">
         <v>125</v>
       </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B50" t="s">
         <v>126</v>
       </c>
       <c r="C50" t="s">
         <v>127</v>
       </c>
-      <c r="D50"/>
+      <c r="D50" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>114</v>
+      </c>
+      <c r="B51" t="s">
+        <v>129</v>
+      </c>
+      <c r="C51" t="s">
+        <v>130</v>
+      </c>
+      <c r="D51"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>