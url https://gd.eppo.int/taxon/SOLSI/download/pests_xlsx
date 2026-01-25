--- v0 (2025-10-09)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLSI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CRLV00</t>
   </si>
   <si>
@@ -95,56 +95,50 @@
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>DACULA</t>
   </si>
   <si>
     <t>Bactrocera latifrons</t>
   </si>
   <si>
     <t xml:space="preserve">* Allwood AL, Chinajariyawong A, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C,  Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia.  Raffles Bulletin of Zoology, Supplement, 7, 1-92.
 ------- Confirmed host in Asia.
 * McQuate GT, Liquido NJ (2016) Provisional list of suitable host plants of Bactrocera (Bactrocera) latifrons (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
-  </si>
-[...4 lines deleted...]
-    <t>'Candidatus Phytoplasma americanum' (as Solanum)</t>
   </si>
   <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* Putruele MTG (1996) Hosts for Ceratitis capitata and Anastrepha fraterculus in the northeastern province of Entre Ríos, Argentina, pp. 343-345. In B. A. McPheron and G. J. Steck (eds.), Fruit Fly Pests: A World Assessment of Their Biology and Management. St. Lucie Press, Delray Beach, FL.</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
@@ -719,51 +713,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D47"/>
+  <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="524.872" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -873,239 +867,239 @@
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
         <v>26</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13" t="s">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>39</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>40</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>44</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>13</v>
       </c>
       <c r="B18" t="s">
         <v>45</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>13</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D20" t="s">
         <v>52</v>
       </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>13</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>13</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>13</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>65</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
         <v>66</v>
       </c>
       <c r="C26" t="s">
         <v>67</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27"/>
     </row>
@@ -1157,233 +1151,221 @@
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>13</v>
       </c>
       <c r="B32" t="s">
         <v>78</v>
       </c>
       <c r="C32" t="s">
         <v>79</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>13</v>
       </c>
       <c r="B33" t="s">
         <v>80</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>13</v>
       </c>
       <c r="B34" t="s">
+        <v>83</v>
+      </c>
+      <c r="C34" t="s">
+        <v>84</v>
+      </c>
+      <c r="D34" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>13</v>
       </c>
       <c r="B35" t="s">
         <v>85</v>
       </c>
       <c r="C35" t="s">
         <v>86</v>
       </c>
-      <c r="D35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>13</v>
       </c>
       <c r="B36" t="s">
         <v>87</v>
       </c>
       <c r="C36" t="s">
         <v>88</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>13</v>
       </c>
       <c r="B37" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C37" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>91</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>13</v>
       </c>
       <c r="B38" t="s">
         <v>92</v>
       </c>
       <c r="C38" t="s">
         <v>93</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>13</v>
+        <v>94</v>
       </c>
       <c r="B39" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C39" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B40" t="s">
+        <v>95</v>
+      </c>
+      <c r="C40" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B41" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C41" t="s">
         <v>99</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B42" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C42" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D42" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B43" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C43" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D43" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B44" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C44" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D44" t="s">
         <v>108</v>
       </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>109</v>
       </c>
       <c r="C45" t="s">
         <v>110</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B46" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C46" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D46" t="s">
         <v>113</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D47"/>
+      <c r="D46"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>