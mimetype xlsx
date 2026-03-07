--- v1 (2026-01-25)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLSI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CRLV00</t>
   </si>
   <si>
@@ -261,50 +261,60 @@
     <t>Potato virus Y tobacco veinal necrosis strain (as Solanum)</t>
   </si>
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t>* Mondal B, Bhattacharya I,  Khatua DC (2011) Crop and weed hosts of Ralstonia solanacearum in West Bengal. Journal of Crop and Weed 7, 195-199</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
@@ -713,51 +723,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D46"/>
+  <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="524.872" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1166,206 +1176,220 @@
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>13</v>
       </c>
       <c r="B33" t="s">
         <v>80</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
       <c r="D33" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>13</v>
       </c>
       <c r="B34" t="s">
         <v>83</v>
       </c>
       <c r="C34" t="s">
         <v>84</v>
       </c>
       <c r="D34" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>13</v>
       </c>
       <c r="B35" t="s">
+        <v>86</v>
+      </c>
+      <c r="C35" t="s">
+        <v>87</v>
+      </c>
+      <c r="D35" t="s">
         <v>85</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>13</v>
       </c>
       <c r="B36" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C36" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>89</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>13</v>
       </c>
       <c r="B37" t="s">
         <v>90</v>
       </c>
       <c r="C37" t="s">
         <v>91</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>13</v>
       </c>
       <c r="B38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C38" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="B39" t="s">
         <v>95</v>
       </c>
       <c r="C39" t="s">
         <v>96</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B40" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C40" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B41" t="s">
         <v>98</v>
       </c>
       <c r="C41" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D41" t="s">
         <v>100</v>
       </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B42" t="s">
         <v>101</v>
       </c>
       <c r="C42" t="s">
         <v>102</v>
       </c>
       <c r="D42" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B43" t="s">
         <v>104</v>
       </c>
       <c r="C43" t="s">
         <v>105</v>
       </c>
       <c r="D43" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B44" t="s">
         <v>107</v>
       </c>
       <c r="C44" t="s">
         <v>108</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B45" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C45" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="D45" t="s">
         <v>111</v>
       </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B46" t="s">
         <v>112</v>
       </c>
       <c r="C46" t="s">
         <v>113</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
+        <v>115</v>
+      </c>
+      <c r="C47" t="s">
+        <v>116</v>
+      </c>
+      <c r="D47"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>