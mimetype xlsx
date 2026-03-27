--- v2 (2026-03-07)
+++ v3 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLSI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CRLV00</t>
   </si>
   <si>
@@ -155,50 +155,56 @@
   </si>
   <si>
     <t>* Souza Dias JAC, Scagliusi SM, Costa AS (1994) Isalado do Andean potato mottle virus (APMV) ocorrendo naturalmente em Joa’ na Estação Experimental de Itararé (EEI) não infectou variedades de batata do local. [An isolate of Andean potato mottle virus (APMV) occurring naturally in solanaceous weed at the Itarare Experimental Station (EEI) did not infect varieties of local growing potato varieties] Fitopatologia Brasileira 19, 322 (Abstract).</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Solanum)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>LEUIUG</t>
   </si>
   <si>
     <t>Leucinodes ugandensis (as Solanum)</t>
   </si>
   <si>
     <t>* Mally R, Korycinska A, Agassiz DJL, Hall J, Hodgetts J, Nuss M (2015) Discovery of an unknown diversity of Leucinodes species damaging Solanaceae fruits in sub-Saharan Africa and moving in trade (Insecta, Lepidoptera, Pyraloidea). ZooKeys 472, 117-162.</t>
   </si>
   <si>
     <t>NEOLEL</t>
   </si>
   <si>
     <t>Neoleucinodes elegantalis</t>
   </si>
   <si>
     <t>* Capps HW (1948) Status of the pyraustid moths of the genus Leucinodes in the world, with descriptions of new genera and species. Proceedings of the United States National Museum 98(3223), 69-83.</t>
   </si>
   <si>
     <t>TBRV00</t>
   </si>
   <si>
     <t>Nepovirus nigranuli (as Solanum)</t>
   </si>
@@ -723,51 +729,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D47"/>
+  <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="524.872" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -969,147 +975,147 @@
         <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>13</v>
       </c>
       <c r="B18" t="s">
         <v>45</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>13</v>
       </c>
       <c r="B19" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" t="s">
         <v>48</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20" t="s">
+        <v>50</v>
+      </c>
+      <c r="C20" t="s">
         <v>51</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>52</v>
       </c>
-      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>13</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" t="s">
         <v>56</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>13</v>
       </c>
       <c r="B23" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24" t="s">
+        <v>10</v>
+      </c>
+      <c r="C24" t="s">
         <v>61</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>13</v>
       </c>
       <c r="B25" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" t="s">
         <v>64</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>65</v>
       </c>
-      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
         <v>66</v>
       </c>
       <c r="C26" t="s">
         <v>67</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27"/>
     </row>
@@ -1161,235 +1167,247 @@
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>13</v>
       </c>
       <c r="B32" t="s">
         <v>78</v>
       </c>
       <c r="C32" t="s">
         <v>79</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>13</v>
       </c>
       <c r="B33" t="s">
         <v>80</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
-      <c r="D33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>13</v>
       </c>
       <c r="B34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C34" t="s">
         <v>83</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>13</v>
       </c>
       <c r="B35" t="s">
+        <v>85</v>
+      </c>
+      <c r="C35" t="s">
         <v>86</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>13</v>
       </c>
       <c r="B36" t="s">
         <v>88</v>
       </c>
       <c r="C36" t="s">
         <v>89</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>13</v>
       </c>
       <c r="B37" t="s">
         <v>90</v>
       </c>
       <c r="C37" t="s">
         <v>91</v>
       </c>
-      <c r="D37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>13</v>
       </c>
       <c r="B38" t="s">
+        <v>92</v>
+      </c>
+      <c r="C38" t="s">
         <v>93</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>94</v>
       </c>
-      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>13</v>
       </c>
       <c r="B39" t="s">
         <v>95</v>
       </c>
       <c r="C39" t="s">
         <v>96</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>13</v>
+      </c>
+      <c r="B40" t="s">
         <v>97</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B41" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C41" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B42" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C42" t="s">
         <v>102</v>
       </c>
-      <c r="D42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B43" t="s">
+        <v>103</v>
+      </c>
+      <c r="C43" t="s">
         <v>104</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B44" t="s">
+        <v>106</v>
+      </c>
+      <c r="C44" t="s">
         <v>107</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B45" t="s">
+        <v>109</v>
+      </c>
+      <c r="C45" t="s">
         <v>110</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>111</v>
       </c>
-      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B46" t="s">
         <v>112</v>
       </c>
       <c r="C46" t="s">
         <v>113</v>
       </c>
-      <c r="D46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B47" t="s">
+        <v>114</v>
+      </c>
+      <c r="C47" t="s">
         <v>115</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>116</v>
       </c>
-      <c r="D47"/>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
+        <v>117</v>
+      </c>
+      <c r="C48" t="s">
+        <v>118</v>
+      </c>
+      <c r="D48"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>