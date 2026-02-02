--- v0 (2025-10-17)
+++ v1 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLSA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
@@ -85,56 +85,50 @@
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii (as Solanum)</t>
   </si>
   <si>
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
-    <t>PHYPAE</t>
-[...4 lines deleted...]
-  <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Solanum)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
@@ -242,103 +236,103 @@
   <si>
     <t>Tymovirus dulcamarae (as Solanum)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanum)</t>
   </si>
   <si>
     <t>LPTNDE</t>
   </si>
   <si>
     <t>Leptinotarsa decemlineata</t>
   </si>
   <si>
     <t>* Xu G, Long GE (1995) Feeding and performance of Colorado potato beetle, Leptinotarsa decemlineata (Coleoptera: Chrysomelidae), reared on nightshade and potato. Journal of the Entomological Society of British Columbia 92, 73-79.</t>
   </si>
   <si>
-    <t>PYV000</t>
-[...43 lines deleted...]
-  <si>
     <t>GNORAB</t>
   </si>
   <si>
-    <t>Tuta absoluta</t>
+    <t>Phthorimaea absoluta</t>
   </si>
   <si>
     <t>* Arnó J, Gabarra R, Molina P, Godfrey KE, Zalom FG (2019) Tuta absoluta (Lepidoptera: Gelechiidae) success on common solanaceous species from California tomato poduction areas. Environmental Entomology, 48(6), 1394–1400, https://doi.org/10.1093/ee/nvz109
 ------- confirmed host in experiments.</t>
+  </si>
+  <si>
+    <t>PYV000</t>
+  </si>
+  <si>
+    <t>Potato yellowing virus (as Solanum)</t>
+  </si>
+  <si>
+    <t>RALSSL</t>
+  </si>
+  <si>
+    <t>Ralstonia solanacearum</t>
+  </si>
+  <si>
+    <t>* Fernandez MC (1986) Some hosts of Pseudomonas solanacearum in Chile. (Algunos hospedantes de Pseudomonas solanacearum en Chile.) Agricultura Tecnica, Chile 46, 101-105</t>
+  </si>
+  <si>
+    <t>RALSSO</t>
+  </si>
+  <si>
+    <t>Ralstonia solanacearum species complex</t>
+  </si>
+  <si>
+    <t>PRODPR</t>
+  </si>
+  <si>
+    <t>Spodoptera praefica (as Solanum)</t>
+  </si>
+  <si>
+    <t>* British Columbia Ministry of Agriculture. Western yellowstriped armyworm (Spodoptera praefica). https://rdno.civicweb.net/document/127358/western-yellowstriped-armyworm.pdf?handle=3CD053B4F8D54F9CBB93F8D6D5572C27</t>
+  </si>
+  <si>
+    <t>THPHSO</t>
+  </si>
+  <si>
+    <t>Thecaphora solani (as Solanum)</t>
+  </si>
+  <si>
+    <t>TRV000</t>
+  </si>
+  <si>
+    <t>Tobravirus tabaci</t>
+  </si>
+  <si>
+    <t>* Locatelli EA, Allen TC, Koepsell PA, Appleby AP (1978) Diagnosis of tobacco rattle virus (TRV) and other viruses in weed and rotation crops in potato fields. American Potato Journal 55, 249-257.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -642,51 +636,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -777,160 +771,160 @@
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>32</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>37</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>38</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>13</v>
       </c>
       <c r="B18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D18" t="s">
         <v>45</v>
       </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>13</v>
       </c>
       <c r="B19" t="s">
         <v>46</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
       <c r="D20"/>
     </row>
@@ -1010,190 +1004,178 @@
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
         <v>62</v>
       </c>
       <c r="C27" t="s">
         <v>63</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>13</v>
       </c>
       <c r="B28" t="s">
         <v>64</v>
       </c>
       <c r="C28" t="s">
         <v>65</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C29" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B30" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C31" t="s">
         <v>71</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C32" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D32" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B33" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C33" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B34" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C34" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D34" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B35" t="s">
+        <v>81</v>
+      </c>
+      <c r="C35" t="s">
+        <v>82</v>
+      </c>
+      <c r="D35" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B36" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C36" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D36" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C37" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D38" t="s">
-        <v>89</v>
-[...6 lines deleted...]
-      <c r="B39" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">