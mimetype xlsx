--- v1 (2026-02-02)
+++ v2 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLSA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
@@ -195,50 +195,60 @@
     <t>Potato virus Y tobacco veinal necrosis strain (as Solanum)</t>
   </si>
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>SYNCEN</t>
   </si>
   <si>
     <t>Synchytrium endobioticum (as Solanum)</t>
   </si>
   <si>
     <t>DUMV00</t>
   </si>
   <si>
     <t>Tymovirus dulcamarae (as Solanum)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
@@ -636,51 +646,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D38"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -976,206 +986,220 @@
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>13</v>
       </c>
       <c r="B25" t="s">
         <v>58</v>
       </c>
       <c r="C25" t="s">
         <v>59</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
         <v>60</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C27" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>13</v>
       </c>
       <c r="B28" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C28" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="B29" t="s">
         <v>67</v>
       </c>
       <c r="C29" t="s">
         <v>68</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B30" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C30" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B31" t="s">
         <v>70</v>
       </c>
       <c r="C31" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>72</v>
       </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B32" t="s">
         <v>73</v>
       </c>
       <c r="C32" t="s">
         <v>74</v>
       </c>
       <c r="D32" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>76</v>
       </c>
       <c r="C33" t="s">
         <v>77</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B34" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C34" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D34" t="s">
         <v>80</v>
       </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B35" t="s">
         <v>81</v>
       </c>
       <c r="C35" t="s">
         <v>82</v>
       </c>
       <c r="D35" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B36" t="s">
+        <v>84</v>
+      </c>
+      <c r="C36" t="s">
+        <v>85</v>
+      </c>
+      <c r="D36" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B37" t="s">
         <v>86</v>
       </c>
       <c r="C37" t="s">
         <v>87</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C38" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>90</v>
+      </c>
+      <c r="D38"/>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>69</v>
+      </c>
+      <c r="B39" t="s">
+        <v>91</v>
+      </c>
+      <c r="C39" t="s">
+        <v>92</v>
+      </c>
+      <c r="D39" t="s">
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">