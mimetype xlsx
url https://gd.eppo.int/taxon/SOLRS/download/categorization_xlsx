--- v0 (2025-10-20)
+++ v1 (2026-01-30)
@@ -107,51 +107,51 @@
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>A2 list</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>RPPO/EU</t>
   </si>
   <si>
     <t>EAEU</t>
   </si>
   <si>
     <t>9M</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>