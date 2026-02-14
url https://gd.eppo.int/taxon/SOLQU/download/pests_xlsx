--- v0 (2025-10-16)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLQU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
@@ -83,56 +83,50 @@
   </si>
   <si>
     <t>* Núñez Bueno L (1981) Contribución al reconocimiento de las moscas de las frutas (Diptera: Tephriridae) en Colombia. Revista del Instituto Colombiano Agropecuario 16, 173–179.</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii (as Solanum)</t>
   </si>
   <si>
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
-  </si>
-[...4 lines deleted...]
-    <t>'Candidatus Phytoplasma americanum' (as Solanum)</t>
   </si>
   <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
     <t>Clavibacter michiganensis</t>
   </si>
   <si>
     <t>* Bolanos-Carriel C, Gallegos P, Ochoa JB, Insuasti M, Bonilla V &amp; Evans MH, Alvarez J, Ramirez D, Leon-Reyes A (2019). Bacterial canker caused by Clavibacter michiganensis subsp. michiganensis in naranjilla in Biotecnología Vegetal, 17(4), 221–227.
 ------- Causing bacterial canker on naranjilla in Ecuador.</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani</t>
@@ -680,51 +674,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D43"/>
+  <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="357.341" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -815,306 +809,306 @@
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>37</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
         <v>38</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>48</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
         <v>49</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>62</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
         <v>63</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
         <v>65</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
         <v>67</v>
       </c>
       <c r="C27" t="s">
         <v>68</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
         <v>69</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C29" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>73</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
         <v>74</v>
       </c>
       <c r="C30" t="s">
         <v>75</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
         <v>76</v>
       </c>
       <c r="C31" t="s">
         <v>77</v>
       </c>
       <c r="D31"/>
     </row>
@@ -1142,153 +1136,141 @@
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
         <v>82</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
         <v>84</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C36" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D36" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C37" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>91</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="B38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C38" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B39" t="s">
+        <v>93</v>
+      </c>
+      <c r="C39" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B40" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="C40" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B41" t="s">
-        <v>71</v>
+        <v>97</v>
       </c>
       <c r="C41" t="s">
         <v>98</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B42" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C42" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>101</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D43"/>
+      <c r="D42"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>