--- v1 (2026-02-14)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLQU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
@@ -260,50 +260,60 @@
     <t>* Ramos K, Sivaprasad Y, Guevara F, Ochoa-Corona F, Viera W, Flores F (2020) Occurrence of potato yellowing virus in naranjilla (Solanum quitoense Lam.) in Ecuador. Journal of Plant Pathology 102, p 597. https://doi.org/10.1007/s42161-019-00479-0</t>
   </si>
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>SYNCEN</t>
   </si>
   <si>
     <t>Synchytrium endobioticum (as Solanum)</t>
   </si>
   <si>
     <t>TETREV</t>
   </si>
   <si>
     <t>Tetranychus evansi</t>
   </si>
   <si>
     <t>* Boubou A, Migeon A, Roderick GK, Navajas M (2011) Recent emergence and worldwide spread of the red tomato spider mite, Tetranychus evansi: genetic variation and multiple cryptic invasions. Biological Invasions 13(1), 81-92.
 * Migeon A (2007) Acarien rouge de la tomate: nouvelles observations et perspectives. PHM Revue Horticole, 488: 20-24.</t>
   </si>
   <si>
     <t>THRIPL</t>
@@ -674,51 +684,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D42"/>
+  <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="357.341" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1112,165 +1122,179 @@
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
         <v>78</v>
       </c>
       <c r="C32" t="s">
         <v>79</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
         <v>80</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C34" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C35" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>86</v>
       </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
         <v>87</v>
       </c>
       <c r="C36" t="s">
         <v>88</v>
       </c>
       <c r="D36" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
         <v>90</v>
       </c>
       <c r="C37" t="s">
         <v>91</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="B38" t="s">
         <v>93</v>
       </c>
       <c r="C38" t="s">
         <v>94</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B39" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C39" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B40" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="C40" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B41" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="C41" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D41" t="s">
         <v>99</v>
       </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B42" t="s">
         <v>100</v>
       </c>
       <c r="C42" t="s">
         <v>101</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>95</v>
+      </c>
+      <c r="B43" t="s">
+        <v>103</v>
+      </c>
+      <c r="C43" t="s">
+        <v>104</v>
+      </c>
+      <c r="D43"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>