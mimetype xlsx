--- v2 (2026-03-07)
+++ v3 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLQU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
@@ -130,50 +130,56 @@
   </si>
   <si>
     <t>Crinivirus flavisolani</t>
   </si>
   <si>
     <t>* Gallo Y, Toro LF, Jaramillo H, Gutiérrez PA, Marín M (2018) Identificación y caracterización molecular del genoma completo de tres virus en cultivos de lulo (Solanum quitoense) de Antioquia (Colombia). Revista Colombiana de Ciencias Hortícolas 12(2), 281-292.</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Solanum)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>LEUIUG</t>
   </si>
   <si>
     <t>Leucinodes ugandensis (as Solanum)</t>
   </si>
   <si>
     <t>* Mally R, Korycinska A, Agassiz DJL, Hall J, Hodgetts J, Nuss M (2015) Discovery of an unknown diversity of Leucinodes species damaging Solanaceae fruits in sub-Saharan Africa and moving in trade (Insecta, Lepidoptera, Pyraloidea). ZooKeys 472, 117-162.</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Crozzoli R, Aguirre Y, Angel L (2012) Patogenicidad del nematodo agallador, Meloidogyne enterolobii, en lulo (Solanum quitoense Lam.) en macetas (Pathogenicity of the root-knot nematode, Meloidogyne enterolobii, on naranjilla (Solanum quitoense Lam.) in pots. Nematologia Mediterranea 40(2), 153–156.
 ------- confirmed host. Plants were found infected with M. enterolobii at the "Universidade  Central de Venezuela campus". However no information is given about the number of plants found infected and site's size.</t>
   </si>
   <si>
     <t>NEOLEL</t>
   </si>
   <si>
     <t>Neoleucinodes elegantalis</t>
@@ -684,51 +690,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D43"/>
+  <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="357.341" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -902,399 +908,411 @@
         <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
         <v>36</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
         <v>38</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" t="s">
         <v>41</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
+        <v>43</v>
+      </c>
+      <c r="C18" t="s">
         <v>44</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
+        <v>46</v>
+      </c>
+      <c r="C19" t="s">
         <v>47</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>48</v>
       </c>
-      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
         <v>49</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" t="s">
         <v>52</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
+        <v>54</v>
+      </c>
+      <c r="C22" t="s">
         <v>55</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" t="s">
         <v>58</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" t="s">
         <v>61</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>62</v>
       </c>
-      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
         <v>63</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
         <v>65</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
         <v>67</v>
       </c>
       <c r="C27" t="s">
         <v>68</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
         <v>69</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
+        <v>71</v>
+      </c>
+      <c r="C29" t="s">
         <v>72</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>73</v>
       </c>
-      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
         <v>74</v>
       </c>
       <c r="C30" t="s">
         <v>75</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
         <v>76</v>
       </c>
       <c r="C31" t="s">
         <v>77</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
         <v>78</v>
       </c>
       <c r="C32" t="s">
         <v>79</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
         <v>80</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
-      <c r="D33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C34" t="s">
         <v>83</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>84</v>
       </c>
-      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
         <v>85</v>
       </c>
       <c r="C35" t="s">
         <v>86</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
         <v>87</v>
       </c>
       <c r="C36" t="s">
         <v>88</v>
       </c>
-      <c r="D36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
+        <v>89</v>
+      </c>
+      <c r="C37" t="s">
         <v>90</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
+        <v>92</v>
+      </c>
+      <c r="C38" t="s">
         <v>93</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>94</v>
       </c>
-      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
         <v>95</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B40" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B41" t="s">
-        <v>69</v>
+        <v>98</v>
       </c>
       <c r="C41" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B42" t="s">
-        <v>100</v>
+        <v>71</v>
       </c>
       <c r="C42" t="s">
         <v>101</v>
       </c>
-      <c r="D42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B43" t="s">
+        <v>102</v>
+      </c>
+      <c r="C43" t="s">
         <v>103</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>104</v>
       </c>
-      <c r="D43"/>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>97</v>
+      </c>
+      <c r="B44" t="s">
+        <v>105</v>
+      </c>
+      <c r="C44" t="s">
+        <v>106</v>
+      </c>
+      <c r="D44"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>