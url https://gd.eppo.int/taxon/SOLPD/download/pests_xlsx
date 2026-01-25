--- v0 (2025-10-09)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLPD" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
@@ -74,56 +74,50 @@
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii (as Solanum)</t>
   </si>
   <si>
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
-  </si>
-[...4 lines deleted...]
-    <t>'Candidatus Phytoplasma americanum' (as Solanum)</t>
   </si>
   <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Solanum)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
@@ -590,51 +584,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -711,160 +705,160 @@
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="C10" t="s">
         <v>24</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D12" t="s">
         <v>29</v>
       </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>37</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
         <v>38</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>42</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18" t="s">
         <v>44</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>45</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19"/>
     </row>
@@ -944,121 +938,109 @@
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
         <v>59</v>
       </c>
       <c r="C26" t="s">
         <v>60</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
         <v>61</v>
       </c>
       <c r="C27" t="s">
         <v>62</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="B28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C28" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B29" t="s">
+        <v>64</v>
+      </c>
+      <c r="C29" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C30" t="s">
         <v>68</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B31" t="s">
         <v>69</v>
       </c>
       <c r="C31" t="s">
         <v>70</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B32" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C32" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>73</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D33"/>
+      <c r="D32"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>