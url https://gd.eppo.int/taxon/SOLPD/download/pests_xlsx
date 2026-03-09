--- v1 (2026-01-25)
+++ v2 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLPD" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
@@ -186,50 +186,60 @@
     <t>Potato virus Y tobacco veinal necrosis strain (as Solanum)</t>
   </si>
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>SYNCEN</t>
   </si>
   <si>
     <t>Synchytrium endobioticum (as Solanum)</t>
   </si>
   <si>
     <t>DUMV00</t>
   </si>
   <si>
     <t>Tymovirus dulcamarae (as Solanum)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
@@ -584,51 +594,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -910,137 +920,151 @@
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
         <v>55</v>
       </c>
       <c r="C24" t="s">
         <v>56</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
         <v>57</v>
       </c>
       <c r="C25" t="s">
         <v>58</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C26" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="B28" t="s">
         <v>64</v>
       </c>
       <c r="C28" t="s">
         <v>65</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C29" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B30" t="s">
         <v>67</v>
       </c>
       <c r="C30" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C31" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>71</v>
       </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>72</v>
       </c>
       <c r="C32" t="s">
         <v>73</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" t="s">
+        <v>75</v>
+      </c>
+      <c r="C33" t="s">
+        <v>76</v>
+      </c>
+      <c r="D33"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>