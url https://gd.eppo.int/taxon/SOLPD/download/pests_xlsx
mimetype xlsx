--- v2 (2026-03-09)
+++ v3 (2026-03-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLPD" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
@@ -105,50 +105,56 @@
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Solanum)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>LEUIUG</t>
   </si>
   <si>
     <t>Leucinodes ugandensis (as Solanum)</t>
   </si>
   <si>
     <t>* Mally R, Korycinska A, Agassiz DJL, Hall J, Hodgetts J, Nuss M (2015) Discovery of an unknown diversity of Leucinodes species damaging Solanaceae fruits in sub-Saharan Africa and moving in trade (Insecta, Lepidoptera, Pyraloidea). ZooKeys 472, 117-162.</t>
   </si>
   <si>
     <t>NEOLEL</t>
   </si>
   <si>
     <t>Neoleucinodes elegantalis</t>
   </si>
   <si>
     <t>* Díaz AE (2009) Caracterización morfométrica de poblaciones del perforador del fruto Neoleucinodes elegantalis (Guenée) (Lepidoptera: Crambidae) asociadas a especies solanáceas cultivadas y silvestres en Colombia. Tesis M.Sc. Universidad Nacional de Colombia, Bogotá, Colombia. 206 p.</t>
   </si>
   <si>
     <t>TBRV00</t>
   </si>
   <si>
     <t>Nepovirus nigranuli (as Solanum)</t>
   </si>
@@ -594,51 +600,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -770,105 +776,105 @@
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" t="s">
         <v>33</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
+        <v>35</v>
+      </c>
+      <c r="C15" t="s">
         <v>36</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
         <v>38</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" t="s">
         <v>41</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>42</v>
       </c>
-      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18" t="s">
         <v>44</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>45</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19"/>
     </row>
@@ -920,151 +926,163 @@
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
         <v>55</v>
       </c>
       <c r="C24" t="s">
         <v>56</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
         <v>57</v>
       </c>
       <c r="C25" t="s">
         <v>58</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
+        <v>59</v>
+      </c>
+      <c r="C26" t="s">
         <v>60</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>61</v>
       </c>
-      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
         <v>62</v>
       </c>
       <c r="C27" t="s">
         <v>63</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
         <v>64</v>
       </c>
       <c r="C28" t="s">
         <v>65</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
         <v>66</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B30" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C30" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B31" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C31" t="s">
         <v>71</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>72</v>
       </c>
       <c r="C32" t="s">
         <v>73</v>
       </c>
-      <c r="D32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B33" t="s">
+        <v>74</v>
+      </c>
+      <c r="C33" t="s">
         <v>75</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>76</v>
       </c>
-      <c r="D33"/>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" t="s">
+        <v>77</v>
+      </c>
+      <c r="C34" t="s">
+        <v>78</v>
+      </c>
+      <c r="D34"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>