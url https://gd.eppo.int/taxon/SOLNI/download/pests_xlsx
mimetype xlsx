--- v0 (2025-10-11)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLNI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
     <t>Crinivirus contagichlorosis</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
@@ -129,56 +129,50 @@
   <si>
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Mwatawala MW, De Meyer M, Makundi RH, Maerere AP (2009) Host range and distribution of fruit-infesting pestiferous fruit flies (Diptera, Tephritidae) in selected areas of Central Tanzania. Bulletin of Entomological Research 99(6), 629-641.
 * Rasolofoarivao H, Raveloson Ravaomanarivo LH, Delatte H (2021) Host plant ranges of fruit flies (Diptera: Tephritidae) in Madagascar. Bulletin of Entomological Research 1–12. https://doi.org/10.1017/ S0007485321000511</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
-  </si>
-[...4 lines deleted...]
-    <t>'Candidatus Phytoplasma americanum' (as Solanum)</t>
   </si>
   <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* De Meyer M., Copeland RS, Lux SA, Mansell M, Quilici S, Wharton R, White IM, Zenz NJ (2002) Annotated check list of host plants for Afrotropical fruit flies (Diptera: Tephritidae) of the genus Ceratitis. Zoologische Documentatie Koninklijk Museum voor Midden Afrika 27, 1-91.</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
@@ -686,50 +680,62 @@
   <si>
     <t>Meloidogyne fallax</t>
   </si>
   <si>
     <t>* Shah FA, Falloon RE &amp; Bulman SR (2010) Nightshade weeds (Solanum spp.) conformed as hosts of the potato pathogens Meloidogyne fallax and Spongospora subterranea f. sp. subterranean. Australasian Plant Pathology 39, 492-498.</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
     <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>TORSV0</t>
   </si>
   <si>
     <t>Nepovirus lycopersici</t>
   </si>
   <si>
     <t>* Abraham P, Banwo OO, Kashina BD, Alegbejo MD (2021) Detection of weed species infested by Tomato ringspot virus in field-grown tomato in Sudan savanna, Nigeria. Nigerian Journal of Plant Protection 35(2), 1-15.</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Arnó J, Gabarra R, Molina P, Godfrey KE, Zalom FG (2019) Tuta absoluta (Lepidoptera: Gelechiidae) success on common solanaceous species from California tomato poduction areas. Environmental Entomology, 48(6), 1394–1400, https://doi.org/10.1093/ee/nvz109
+------- Confirmed host in experiments.
+* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.
+------- Confirmed host.</t>
+  </si>
+  <si>
     <t>CSVD00</t>
   </si>
   <si>
     <t>Pospiviroid impedichrysanthemi</t>
   </si>
   <si>
     <t>* Matsushita Y, Yanagisawa H, Khiutti A, Mironenko N, Ohto Y, Afanasenko O (2021) Genetic diversity and pathogenicity of potato spindle tuber viroid and chrysanthemum stunt viroid isolates in Russia. European Journal of Plant Pathology 161(3), 529-542.
 ------- first detection on S. nigrum.</t>
   </si>
   <si>
     <t>PYV000</t>
   </si>
   <si>
     <t>Potato yellowing virus (as Solanum)</t>
   </si>
   <si>
     <t>CSYV00</t>
   </si>
   <si>
     <t>Potexvirus citriflavivenae</t>
   </si>
   <si>
     <t>* Önelge N, Bozan O, Gök-Güler P (2016) First report of Citrus yellow vein clearing virus infecting new natural host plants in Turkey. Journal of Plant Pathology 98(2), p 373.
 ------- Symptomless.</t>
   </si>
@@ -859,62 +865,50 @@
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t>* Luria N, Smith E, Reingold V, Bekelman I, Lapidot M, Levin I, et al. (2017) A New Israeli Tobamovirus Isolate Infects Tomato Plants Harboring Tm-22 Resistance Genes. PLoS ONE 12(1): e0170429. https://doi.org/10.1371/journal.pone.0170429
 -------- Experimental.
 * Salem NM, Abumuslem M, Turina M, Samarah N, Sulaiman A, Abu-Irmaileh B, Ata Y (2022) New weed hosts for tomato brown rugose fruit virus in wild Mediterranean vegetation. Plants 11, 2287. https://doi.org/10.3390/plants11172287
 -------- Confirmed host in weeds growing in tomato crops. Seed transmission at low rate (approx. 1.9%).</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci</t>
   </si>
   <si>
     <t>* Davis JR, Allen TC (1975) Weed hosts of the tobacco rattle virus in Idaho. American Potato Journal 52, 1-8.
 * Dikova B (2006) Establishment of Tobacco rattle virus (TRV) in weeds and Cuscuta, Biotechnology &amp; Biotechnological Equipment 20(3), 42-48.</t>
   </si>
   <si>
     <t>TOTV00</t>
   </si>
   <si>
     <t>Torradovirus lycopersici</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Arnó J, Gabarra R, Molina P, Godfrey KE, Zalom FG (2019) Tuta absoluta (Lepidoptera: Gelechiidae) success on common solanaceous species from California tomato poduction areas. Environmental Entomology, 48(6), 1394–1400, https://doi.org/10.1093/ee/nvz109
-------- Confirmed host in experiments.
-* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.
-------- Confirmed host.</t>
   </si>
   <si>
     <t>DACUCU</t>
   </si>
   <si>
     <t>Zeugodacus cucurbitae</t>
   </si>
   <si>
     <t>* De Meyer M, Delatte H, Mwatawala M, Quilici S, Vayssières JF, Virgilio M (2015) A review of the current knowledge on Zeugodacus cucurbitae (Coquillett) (Diptera, Tephritidae) in Africa, with a list of species included in Zeugodacus. ZooKeys 540, 539-557. https://doi.org/10.3897/zookeys.540.9672</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1227,51 +1221,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D99"/>
+  <dimension ref="A1:D98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1435,281 +1429,281 @@
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
         <v>38</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>19</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>19</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D20" t="s">
         <v>53</v>
       </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>19</v>
       </c>
       <c r="B21" t="s">
         <v>54</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>19</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>19</v>
       </c>
       <c r="B23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D23" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>19</v>
       </c>
       <c r="B24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D25" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>19</v>
       </c>
       <c r="B26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C26" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>70</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>19</v>
       </c>
       <c r="B27" t="s">
         <v>71</v>
       </c>
       <c r="C27" t="s">
         <v>72</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>19</v>
       </c>
       <c r="B28" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C28" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D28" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>19</v>
       </c>
       <c r="B29" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C29" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D29" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>19</v>
       </c>
       <c r="B30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>19</v>
       </c>
       <c r="B31" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="C31" t="s">
         <v>83</v>
       </c>
       <c r="D31" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>19</v>
       </c>
       <c r="B32" t="s">
-        <v>10</v>
+        <v>85</v>
       </c>
       <c r="C32" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>86</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>19</v>
       </c>
       <c r="B33" t="s">
         <v>87</v>
       </c>
       <c r="C33" t="s">
         <v>88</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>19</v>
       </c>
       <c r="B34" t="s">
         <v>89</v>
       </c>
       <c r="C34" t="s">
         <v>90</v>
       </c>
       <c r="D34"/>
     </row>
@@ -1785,830 +1779,818 @@
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>19</v>
       </c>
       <c r="B41" t="s">
         <v>103</v>
       </c>
       <c r="C41" t="s">
         <v>104</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>19</v>
       </c>
       <c r="B42" t="s">
         <v>105</v>
       </c>
       <c r="C42" t="s">
         <v>106</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>19</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D43" t="s">
         <v>109</v>
       </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>19</v>
       </c>
       <c r="B44" t="s">
         <v>110</v>
       </c>
       <c r="C44" t="s">
         <v>111</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>112</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>19</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C45" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D45" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>19</v>
+        <v>116</v>
       </c>
       <c r="B46" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C46" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D46" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B47" t="s">
-        <v>119</v>
+        <v>20</v>
       </c>
       <c r="C47" t="s">
         <v>120</v>
       </c>
       <c r="D47" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B48" t="s">
-        <v>20</v>
+        <v>122</v>
       </c>
       <c r="C48" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D48" t="s">
         <v>123</v>
       </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B49" t="s">
         <v>124</v>
       </c>
       <c r="C49" t="s">
         <v>125</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B50" t="s">
+        <v>124</v>
+      </c>
+      <c r="C50" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B51" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
         <v>128</v>
       </c>
-      <c r="D51"/>
+      <c r="D51" t="s">
+        <v>129</v>
+      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B52" t="s">
-        <v>129</v>
+        <v>28</v>
       </c>
       <c r="C52" t="s">
         <v>130</v>
       </c>
       <c r="D52" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B53" t="s">
-        <v>28</v>
+        <v>132</v>
       </c>
       <c r="C53" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D53" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B54" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C54" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D54" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B55" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C55" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D55" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C56" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D56" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B57" t="s">
-        <v>143</v>
+        <v>36</v>
       </c>
       <c r="C57" t="s">
         <v>144</v>
       </c>
-      <c r="D57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B58" t="s">
-        <v>36</v>
+        <v>145</v>
       </c>
       <c r="C58" t="s">
         <v>146</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B59" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C59" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D59" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B60" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C60" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D60" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B61" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C61" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D61" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B62" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C62" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D62" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B63" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C63" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D63" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B64" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C64" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D64" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B65" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C65" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D65" t="s">
         <v>167</v>
       </c>
+      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B66" t="s">
         <v>168</v>
       </c>
       <c r="C66" t="s">
         <v>169</v>
       </c>
-      <c r="D66"/>
+      <c r="D66" t="s">
+        <v>170</v>
+      </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B67" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C67" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D67" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B68" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C68" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D68" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B69" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C69" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D69" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B70" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C70" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D70" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B71" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C71" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D71" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B72" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C72" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D72" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B73" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C73" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D73" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B74" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C74" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D74" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B75" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C75" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D75" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B76" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C76" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D76" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B77" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C77" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D77" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B78" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C78" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D78" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B79" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C79" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D79" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B80" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C80" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D80" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B81" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C81" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B82" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C82" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D82" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B83" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C83" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D83" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B84" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C84" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D84" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B85" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C85" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D85" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B86" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C86" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D86" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B87" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C87" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D87" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B88" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C88" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D88" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B89" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C89" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D89" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B90" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C90" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D90" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B91" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C91" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D91" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B92" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C92" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D92" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B93" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C93" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B94" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C94" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D94" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B95" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C95" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D95" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B96" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C96" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D96" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B97" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C97" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B98" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C98" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D98" t="s">
-        <v>262</v>
-[...6 lines deleted...]
-      <c r="B99" t="s">
         <v>263</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">