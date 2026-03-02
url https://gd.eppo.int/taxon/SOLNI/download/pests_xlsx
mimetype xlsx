--- v1 (2026-02-10)
+++ v2 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLNI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
     <t>Crinivirus contagichlorosis</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
@@ -321,50 +321,60 @@
     <t>Potato virus Y tobacco veinal necrosis strain (as Solanum)</t>
   </si>
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>SYNCEN</t>
   </si>
   <si>
     <t>Synchytrium endobioticum (as Solanum)</t>
   </si>
   <si>
     <t>TAPARU</t>
   </si>
   <si>
     <t>Tapajosa rubromarginata</t>
   </si>
   <si>
     <t>* Paradell SL, Virla EG, Logarzo GA, Dellapé G (2012) Proconiini Sharpshooters of Argentina, with notes on its distribution, host plants, and natural enemies. Journal of Insect Science 12, 116. http://www.insectscience.org/12.116</t>
   </si>
   <si>
     <t>DUMV00</t>
   </si>
@@ -1221,51 +1231,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D98"/>
+  <dimension ref="A1:D99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1755,842 +1765,856 @@
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>19</v>
       </c>
       <c r="B39" t="s">
         <v>99</v>
       </c>
       <c r="C39" t="s">
         <v>100</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>19</v>
       </c>
       <c r="B40" t="s">
         <v>101</v>
       </c>
       <c r="C40" t="s">
         <v>102</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>19</v>
       </c>
       <c r="B41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C41" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>19</v>
       </c>
       <c r="B42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C42" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>107</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>19</v>
       </c>
       <c r="B43" t="s">
         <v>108</v>
       </c>
       <c r="C43" t="s">
         <v>109</v>
       </c>
-      <c r="D43"/>
+      <c r="D43" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>19</v>
       </c>
       <c r="B44" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C44" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="D44" t="s">
         <v>112</v>
       </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>19</v>
       </c>
       <c r="B45" t="s">
         <v>113</v>
       </c>
       <c r="C45" t="s">
         <v>114</v>
       </c>
       <c r="D45" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>19</v>
+      </c>
+      <c r="B46" t="s">
         <v>116</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>117</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B47" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="C47" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D47" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B48" t="s">
-        <v>122</v>
+        <v>20</v>
       </c>
       <c r="C48" t="s">
         <v>123</v>
       </c>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>124</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B49" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C49" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B50" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C50" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B51" t="s">
         <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>129</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B52" t="s">
-        <v>28</v>
+        <v>130</v>
       </c>
       <c r="C52" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B53" t="s">
-        <v>132</v>
+        <v>28</v>
       </c>
       <c r="C53" t="s">
         <v>133</v>
       </c>
       <c r="D53" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B54" t="s">
         <v>135</v>
       </c>
       <c r="C54" t="s">
         <v>136</v>
       </c>
       <c r="D54" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B55" t="s">
         <v>138</v>
       </c>
       <c r="C55" t="s">
         <v>139</v>
       </c>
       <c r="D55" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B56" t="s">
         <v>141</v>
       </c>
       <c r="C56" t="s">
         <v>142</v>
       </c>
       <c r="D56" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B57" t="s">
-        <v>36</v>
+        <v>144</v>
       </c>
       <c r="C57" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D57"/>
+        <v>145</v>
+      </c>
+      <c r="D57" t="s">
+        <v>146</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B58" t="s">
-        <v>145</v>
+        <v>36</v>
       </c>
       <c r="C58" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>147</v>
       </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B59" t="s">
         <v>148</v>
       </c>
       <c r="C59" t="s">
         <v>149</v>
       </c>
       <c r="D59" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B60" t="s">
         <v>151</v>
       </c>
       <c r="C60" t="s">
         <v>152</v>
       </c>
       <c r="D60" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B61" t="s">
         <v>154</v>
       </c>
       <c r="C61" t="s">
         <v>155</v>
       </c>
       <c r="D61" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B62" t="s">
         <v>157</v>
       </c>
       <c r="C62" t="s">
         <v>158</v>
       </c>
       <c r="D62" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B63" t="s">
         <v>160</v>
       </c>
       <c r="C63" t="s">
         <v>161</v>
       </c>
       <c r="D63" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B64" t="s">
         <v>163</v>
       </c>
       <c r="C64" t="s">
         <v>164</v>
       </c>
       <c r="D64" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B65" t="s">
         <v>166</v>
       </c>
       <c r="C65" t="s">
         <v>167</v>
       </c>
-      <c r="D65"/>
+      <c r="D65" t="s">
+        <v>168</v>
+      </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B66" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C66" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="D66" t="s">
         <v>170</v>
       </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B67" t="s">
         <v>171</v>
       </c>
       <c r="C67" t="s">
         <v>172</v>
       </c>
       <c r="D67" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B68" t="s">
         <v>174</v>
       </c>
       <c r="C68" t="s">
         <v>175</v>
       </c>
       <c r="D68" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B69" t="s">
         <v>177</v>
       </c>
       <c r="C69" t="s">
         <v>178</v>
       </c>
       <c r="D69" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B70" t="s">
         <v>180</v>
       </c>
       <c r="C70" t="s">
         <v>181</v>
       </c>
       <c r="D70" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B71" t="s">
         <v>183</v>
       </c>
       <c r="C71" t="s">
         <v>184</v>
       </c>
       <c r="D71" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B72" t="s">
         <v>186</v>
       </c>
       <c r="C72" t="s">
         <v>187</v>
       </c>
       <c r="D72" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B73" t="s">
         <v>189</v>
       </c>
       <c r="C73" t="s">
         <v>190</v>
       </c>
       <c r="D73" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B74" t="s">
         <v>192</v>
       </c>
       <c r="C74" t="s">
         <v>193</v>
       </c>
       <c r="D74" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B75" t="s">
         <v>195</v>
       </c>
       <c r="C75" t="s">
         <v>196</v>
       </c>
       <c r="D75" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B76" t="s">
         <v>198</v>
       </c>
       <c r="C76" t="s">
         <v>199</v>
       </c>
       <c r="D76" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B77" t="s">
         <v>201</v>
       </c>
       <c r="C77" t="s">
         <v>202</v>
       </c>
       <c r="D77" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B78" t="s">
         <v>204</v>
       </c>
       <c r="C78" t="s">
         <v>205</v>
       </c>
       <c r="D78" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B79" t="s">
         <v>207</v>
       </c>
       <c r="C79" t="s">
         <v>208</v>
       </c>
       <c r="D79" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B80" t="s">
         <v>210</v>
       </c>
       <c r="C80" t="s">
         <v>211</v>
       </c>
       <c r="D80" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B81" t="s">
         <v>213</v>
       </c>
       <c r="C81" t="s">
         <v>214</v>
       </c>
-      <c r="D81"/>
+      <c r="D81" t="s">
+        <v>215</v>
+      </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B82" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C82" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="D82" t="s">
         <v>217</v>
       </c>
+      <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B83" t="s">
         <v>218</v>
       </c>
       <c r="C83" t="s">
         <v>219</v>
       </c>
       <c r="D83" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B84" t="s">
         <v>221</v>
       </c>
       <c r="C84" t="s">
         <v>222</v>
       </c>
       <c r="D84" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B85" t="s">
         <v>224</v>
       </c>
       <c r="C85" t="s">
         <v>225</v>
       </c>
       <c r="D85" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B86" t="s">
         <v>227</v>
       </c>
       <c r="C86" t="s">
         <v>228</v>
       </c>
       <c r="D86" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B87" t="s">
         <v>230</v>
       </c>
       <c r="C87" t="s">
         <v>231</v>
       </c>
       <c r="D87" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B88" t="s">
         <v>233</v>
       </c>
       <c r="C88" t="s">
         <v>234</v>
       </c>
       <c r="D88" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B89" t="s">
         <v>236</v>
       </c>
       <c r="C89" t="s">
         <v>237</v>
       </c>
       <c r="D89" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B90" t="s">
         <v>239</v>
       </c>
       <c r="C90" t="s">
         <v>240</v>
       </c>
       <c r="D90" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B91" t="s">
         <v>242</v>
       </c>
       <c r="C91" t="s">
         <v>243</v>
       </c>
       <c r="D91" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B92" t="s">
         <v>245</v>
       </c>
       <c r="C92" t="s">
         <v>246</v>
       </c>
       <c r="D92" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B93" t="s">
         <v>248</v>
       </c>
       <c r="C93" t="s">
         <v>249</v>
       </c>
-      <c r="D93"/>
+      <c r="D93" t="s">
+        <v>250</v>
+      </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B94" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C94" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="D94" t="s">
         <v>252</v>
       </c>
+      <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B95" t="s">
         <v>253</v>
       </c>
       <c r="C95" t="s">
         <v>254</v>
       </c>
       <c r="D95" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B96" t="s">
         <v>256</v>
       </c>
       <c r="C96" t="s">
         <v>257</v>
       </c>
       <c r="D96" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B97" t="s">
         <v>259</v>
       </c>
       <c r="C97" t="s">
         <v>260</v>
       </c>
-      <c r="D97"/>
+      <c r="D97" t="s">
+        <v>261</v>
+      </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B98" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C98" t="s">
-        <v>262</v>
-[...1 lines deleted...]
-      <c r="D98" t="s">
         <v>263</v>
+      </c>
+      <c r="D98"/>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" t="s">
+        <v>119</v>
+      </c>
+      <c r="B99" t="s">
+        <v>264</v>
+      </c>
+      <c r="C99" t="s">
+        <v>265</v>
+      </c>
+      <c r="D99" t="s">
+        <v>266</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">