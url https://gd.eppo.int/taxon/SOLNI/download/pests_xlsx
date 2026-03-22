--- v2 (2026-03-02)
+++ v3 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLNI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
     <t>Crinivirus contagichlorosis</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
@@ -178,50 +178,56 @@
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Solanum)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>DITYDI</t>
   </si>
   <si>
     <t>Ditylenchus dipsaci</t>
   </si>
   <si>
     <t>* Goodey JB, Franklin MT, Hooper DJ (1965) T. Goodey's: The Nematode Parasites of Plants Catalogued Under Their Hosts. Commonwealth Agricultural Bureaux, Farnham Royal, Bucks, England. Third edition, 214 pp.</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>LEUIUG</t>
   </si>
   <si>
     <t>Leucinodes ugandensis (as Solanum)</t>
   </si>
   <si>
     <t>* Mally R, Korycinska A, Agassiz DJL, Hall J, Hodgetts J, Nuss M (2015) Discovery of an unknown diversity of Leucinodes species damaging Solanaceae fruits in sub-Saharan Africa and moving in trade (Insecta, Lepidoptera, Pyraloidea). ZooKeys 472, 117-162.</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
     <t>Liriomyza huidobrensis</t>
   </si>
   <si>
     <t>* He CX, Wu WW, Wang SF, Wang LZ (2001) Host plants and feeding preferences of Liriomyza huidobrensis. Acta Entomologica Sinica 44, 384-388.</t>
   </si>
   <si>
     <t>MELGCH</t>
   </si>
   <si>
     <t>Meloidogyne chitwoodi</t>
   </si>
@@ -875,50 +881,53 @@
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t>* Luria N, Smith E, Reingold V, Bekelman I, Lapidot M, Levin I, et al. (2017) A New Israeli Tobamovirus Isolate Infects Tomato Plants Harboring Tm-22 Resistance Genes. PLoS ONE 12(1): e0170429. https://doi.org/10.1371/journal.pone.0170429
 -------- Experimental.
 * Salem NM, Abumuslem M, Turina M, Samarah N, Sulaiman A, Abu-Irmaileh B, Ata Y (2022) New weed hosts for tomato brown rugose fruit virus in wild Mediterranean vegetation. Plants 11, 2287. https://doi.org/10.3390/plants11172287
 -------- Confirmed host in weeds growing in tomato crops. Seed transmission at low rate (approx. 1.9%).</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci</t>
   </si>
   <si>
     <t>* Davis JR, Allen TC (1975) Weed hosts of the tobacco rattle virus in Idaho. American Potato Journal 52, 1-8.
 * Dikova B (2006) Establishment of Tobacco rattle virus (TRV) in weeds and Cuscuta, Biotechnology &amp; Biotechnological Equipment 20(3), 42-48.</t>
   </si>
   <si>
     <t>TOTV00</t>
   </si>
   <si>
     <t>Torradovirus lycopersici</t>
+  </si>
+  <si>
+    <t>* Alfaro-Fernández A, Córdoba-Sellés C, Cebrián MC, Herrera-Vásquez JA, Sánchez-Navarro JA, Juárez M, Espino A, Martín R, Jordá C (2008) First report of Tomato torrado virus on weed hosts in Spain. Plant Disease 92(5), 831. https://doi.org/10.1094/PDIS-92-5-0831B</t>
   </si>
   <si>
     <t>DACUCU</t>
   </si>
   <si>
     <t>Zeugodacus cucurbitae</t>
   </si>
   <si>
     <t>* De Meyer M, Delatte H, Mwatawala M, Quilici S, Vayssières JF, Virgilio M (2015) A review of the current knowledge on Zeugodacus cucurbitae (Coquillett) (Diptera, Tephritidae) in Africa, with a list of species included in Zeugodacus. ZooKeys 540, 539-557. https://doi.org/10.3897/zookeys.540.9672</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1231,51 +1240,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D99"/>
+  <dimension ref="A1:D100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1517,203 +1526,203 @@
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>52</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>19</v>
       </c>
       <c r="B21" t="s">
         <v>54</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>19</v>
       </c>
       <c r="B22" t="s">
+        <v>56</v>
+      </c>
+      <c r="C22" t="s">
         <v>57</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>19</v>
       </c>
       <c r="B23" t="s">
+        <v>59</v>
+      </c>
+      <c r="C23" t="s">
         <v>60</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>19</v>
       </c>
       <c r="B24" t="s">
+        <v>62</v>
+      </c>
+      <c r="C24" t="s">
         <v>63</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" t="s">
         <v>66</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>19</v>
       </c>
       <c r="B26" t="s">
+        <v>68</v>
+      </c>
+      <c r="C26" t="s">
         <v>69</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>70</v>
       </c>
-      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>19</v>
       </c>
       <c r="B27" t="s">
         <v>71</v>
       </c>
       <c r="C27" t="s">
         <v>72</v>
       </c>
-      <c r="D27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>19</v>
       </c>
       <c r="B28" t="s">
+        <v>73</v>
+      </c>
+      <c r="C28" t="s">
         <v>74</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>19</v>
       </c>
       <c r="B29" t="s">
+        <v>76</v>
+      </c>
+      <c r="C29" t="s">
         <v>77</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>19</v>
       </c>
       <c r="B30" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" t="s">
         <v>80</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>19</v>
       </c>
       <c r="B31" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
       <c r="C31" t="s">
         <v>83</v>
       </c>
       <c r="D31" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>19</v>
       </c>
       <c r="B32" t="s">
+        <v>10</v>
+      </c>
+      <c r="C32" t="s">
         <v>85</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>86</v>
       </c>
-      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>19</v>
       </c>
       <c r="B33" t="s">
         <v>87</v>
       </c>
       <c r="C33" t="s">
         <v>88</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>19</v>
       </c>
       <c r="B34" t="s">
         <v>89</v>
       </c>
       <c r="C34" t="s">
         <v>90</v>
       </c>
       <c r="D34"/>
     </row>
@@ -1765,856 +1774,870 @@
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>19</v>
       </c>
       <c r="B39" t="s">
         <v>99</v>
       </c>
       <c r="C39" t="s">
         <v>100</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>19</v>
       </c>
       <c r="B40" t="s">
         <v>101</v>
       </c>
       <c r="C40" t="s">
         <v>102</v>
       </c>
-      <c r="D40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>19</v>
       </c>
       <c r="B41" t="s">
+        <v>103</v>
+      </c>
+      <c r="C41" t="s">
         <v>104</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>105</v>
       </c>
-      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>19</v>
       </c>
       <c r="B42" t="s">
         <v>106</v>
       </c>
       <c r="C42" t="s">
         <v>107</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>19</v>
       </c>
       <c r="B43" t="s">
         <v>108</v>
       </c>
       <c r="C43" t="s">
         <v>109</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>19</v>
       </c>
       <c r="B44" t="s">
+        <v>110</v>
+      </c>
+      <c r="C44" t="s">
         <v>111</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>112</v>
       </c>
-      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>19</v>
       </c>
       <c r="B45" t="s">
         <v>113</v>
       </c>
       <c r="C45" t="s">
         <v>114</v>
       </c>
-      <c r="D45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>19</v>
       </c>
       <c r="B46" t="s">
+        <v>115</v>
+      </c>
+      <c r="C46" t="s">
         <v>116</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>19</v>
+      </c>
+      <c r="B47" t="s">
+        <v>118</v>
+      </c>
+      <c r="C47" t="s">
         <v>119</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B48" t="s">
-        <v>20</v>
+        <v>122</v>
       </c>
       <c r="C48" t="s">
         <v>123</v>
       </c>
       <c r="D48" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B49" t="s">
+        <v>20</v>
+      </c>
+      <c r="C49" t="s">
         <v>125</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>126</v>
       </c>
-      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B50" t="s">
         <v>127</v>
       </c>
       <c r="C50" t="s">
         <v>128</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B51" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C51" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B52" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C52" t="s">
         <v>131</v>
       </c>
-      <c r="D52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B53" t="s">
-        <v>28</v>
+        <v>132</v>
       </c>
       <c r="C53" t="s">
         <v>133</v>
       </c>
       <c r="D53" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C54" t="s">
         <v>135</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B55" t="s">
+        <v>137</v>
+      </c>
+      <c r="C55" t="s">
         <v>138</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B56" t="s">
+        <v>140</v>
+      </c>
+      <c r="C56" t="s">
         <v>141</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B57" t="s">
+        <v>143</v>
+      </c>
+      <c r="C57" t="s">
         <v>144</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B58" t="s">
-        <v>36</v>
+        <v>146</v>
       </c>
       <c r="C58" t="s">
         <v>147</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>148</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B59" t="s">
-        <v>148</v>
+        <v>36</v>
       </c>
       <c r="C59" t="s">
         <v>149</v>
       </c>
-      <c r="D59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B60" t="s">
+        <v>150</v>
+      </c>
+      <c r="C60" t="s">
         <v>151</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B61" t="s">
+        <v>153</v>
+      </c>
+      <c r="C61" t="s">
         <v>154</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B62" t="s">
+        <v>156</v>
+      </c>
+      <c r="C62" t="s">
         <v>157</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B63" t="s">
+        <v>159</v>
+      </c>
+      <c r="C63" t="s">
         <v>160</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B64" t="s">
+        <v>162</v>
+      </c>
+      <c r="C64" t="s">
         <v>163</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B65" t="s">
+        <v>165</v>
+      </c>
+      <c r="C65" t="s">
         <v>166</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B66" t="s">
+        <v>168</v>
+      </c>
+      <c r="C66" t="s">
         <v>169</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>170</v>
       </c>
-      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B67" t="s">
         <v>171</v>
       </c>
       <c r="C67" t="s">
         <v>172</v>
       </c>
-      <c r="D67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B68" t="s">
+        <v>173</v>
+      </c>
+      <c r="C68" t="s">
         <v>174</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B69" t="s">
+        <v>176</v>
+      </c>
+      <c r="C69" t="s">
         <v>177</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B70" t="s">
+        <v>179</v>
+      </c>
+      <c r="C70" t="s">
         <v>180</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B71" t="s">
+        <v>182</v>
+      </c>
+      <c r="C71" t="s">
         <v>183</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B72" t="s">
+        <v>185</v>
+      </c>
+      <c r="C72" t="s">
         <v>186</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B73" t="s">
+        <v>188</v>
+      </c>
+      <c r="C73" t="s">
         <v>189</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B74" t="s">
+        <v>191</v>
+      </c>
+      <c r="C74" t="s">
         <v>192</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B75" t="s">
+        <v>194</v>
+      </c>
+      <c r="C75" t="s">
         <v>195</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B76" t="s">
+        <v>197</v>
+      </c>
+      <c r="C76" t="s">
         <v>198</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B77" t="s">
+        <v>200</v>
+      </c>
+      <c r="C77" t="s">
         <v>201</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B78" t="s">
+        <v>203</v>
+      </c>
+      <c r="C78" t="s">
         <v>204</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B79" t="s">
+        <v>206</v>
+      </c>
+      <c r="C79" t="s">
         <v>207</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B80" t="s">
+        <v>209</v>
+      </c>
+      <c r="C80" t="s">
         <v>210</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B81" t="s">
+        <v>212</v>
+      </c>
+      <c r="C81" t="s">
         <v>213</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B82" t="s">
+        <v>215</v>
+      </c>
+      <c r="C82" t="s">
         <v>216</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>217</v>
       </c>
-      <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B83" t="s">
         <v>218</v>
       </c>
       <c r="C83" t="s">
         <v>219</v>
       </c>
-      <c r="D83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D83"/>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B84" t="s">
+        <v>220</v>
+      </c>
+      <c r="C84" t="s">
         <v>221</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B85" t="s">
+        <v>223</v>
+      </c>
+      <c r="C85" t="s">
         <v>224</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B86" t="s">
+        <v>226</v>
+      </c>
+      <c r="C86" t="s">
         <v>227</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B87" t="s">
+        <v>229</v>
+      </c>
+      <c r="C87" t="s">
         <v>230</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B88" t="s">
+        <v>232</v>
+      </c>
+      <c r="C88" t="s">
         <v>233</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B89" t="s">
+        <v>235</v>
+      </c>
+      <c r="C89" t="s">
         <v>236</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B90" t="s">
+        <v>238</v>
+      </c>
+      <c r="C90" t="s">
         <v>239</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B91" t="s">
+        <v>241</v>
+      </c>
+      <c r="C91" t="s">
         <v>242</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B92" t="s">
+        <v>244</v>
+      </c>
+      <c r="C92" t="s">
         <v>245</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B93" t="s">
+        <v>247</v>
+      </c>
+      <c r="C93" t="s">
         <v>248</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B94" t="s">
+        <v>250</v>
+      </c>
+      <c r="C94" t="s">
         <v>251</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>252</v>
       </c>
-      <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B95" t="s">
         <v>253</v>
       </c>
       <c r="C95" t="s">
         <v>254</v>
       </c>
-      <c r="D95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B96" t="s">
+        <v>255</v>
+      </c>
+      <c r="C96" t="s">
         <v>256</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B97" t="s">
+        <v>258</v>
+      </c>
+      <c r="C97" t="s">
         <v>259</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B98" t="s">
+        <v>261</v>
+      </c>
+      <c r="C98" t="s">
         <v>262</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
         <v>263</v>
       </c>
-      <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B99" t="s">
         <v>264</v>
       </c>
       <c r="C99" t="s">
         <v>265</v>
       </c>
       <c r="D99" t="s">
         <v>266</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" t="s">
+        <v>121</v>
+      </c>
+      <c r="B100" t="s">
+        <v>267</v>
+      </c>
+      <c r="C100" t="s">
+        <v>268</v>
+      </c>
+      <c r="D100" t="s">
+        <v>269</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">