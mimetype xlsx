--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="431">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t xml:space="preserve">* EPPO (2019) Update on the situation of Tomato brown rugose fruit virus in Mexico. EPPO Reporting Service no. 2019/192. https://gd.eppo.int/reporting/article-6622
 ------- NPPO of Mexico reported a detection of ToBRFV in aubergine.
 * EPPO (2020) Pest Risk Analysis for tomato brown rugose fruit virus. EPPO, Paris. https://gd.eppo.int/taxon/TOBRFV/documents
@@ -210,50 +210,53 @@
   </si>
   <si>
     <t>* Amari K, Gonzalez-Ibeas D, Gómez P, Sempere RN, Sanchez-Pina MA, Pendon J, Moriones E (2008) Tomato torrado virus is transmitted by Bemisia tabaci and infects pepper and eggplant in addition to tomato. Plant disease 92, 1139.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PSDMAC</t>
   </si>
   <si>
     <t>Acidovorax citrulli</t>
   </si>
   <si>
     <t xml:space="preserve">* Assouline I, Milshtein H, Mizrahi M, Levy E, Ben-Ze’ev I (1997) Acidovorax avenae subsp. citrulli transmitted by Solanaceous seeds. Phytoparasitica 25, 117–8.
 * Chalupowicz L, Reuven M, Dror O, Sela N, Burdman S, Manulis-Sasson S (2020) Characterization of Acidovorax citrulli strains isolated from solanaceous plants. Plant Pathology 69 (9) 1787–1797. https://doi.org/10.1111/ppa.13239
 ------- confirmed host (group II). </t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici</t>
   </si>
   <si>
+    <t>* Vervaet L, De Vis R, De Clercq P, Van Leeuwen T (2021) Is the emerging mite pest Aculops lycopersici controllable? Global and genome‐based insights in its biology and management. Pest Management Science 77(6), 2635-2644.</t>
+  </si>
+  <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
     <t>AMV000</t>
   </si>
   <si>
     <t>Alfamovirus AMV</t>
   </si>
   <si>
     <t>* Ozdemir S, Erilmez S, Payland IC (2011) First report of Alfalfa mosaic virus in eggplant in Turkey. Journal of Plant Pathology 93(4S), S4.82.</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii</t>
@@ -1243,50 +1246,59 @@
   </si>
   <si>
     <t>ZONOEL</t>
   </si>
   <si>
     <t>Zonosemata electa</t>
   </si>
   <si>
     <t>* INTERNET
 The Connecticut Agricultural Experiment Station (CAES). Insect Fact Sheets. Pepper maggot - Zonosemata electa (Say). https://portal.ct.gov/-/media/CAES/DOCUMENTS/Publications/Fact_Sheets/Entomology/Pepper_Maggot_Zonosemata.pdf</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
   </si>
   <si>
     <t>EMDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus melongenae</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Ghosh A, Biswas GC, Paul A, Tandra AB (2021) Prevailing insects and mite pests of brinjal and their natural enemies at Jashore In Bangladesh. Bangladesh Journal of Agricultural Research 46(1), 117-121.</t>
   </si>
   <si>
     <t>DACULA</t>
   </si>
   <si>
     <t>Bactrocera latifrons</t>
   </si>
   <si>
     <t>* Allwood AL, Chinajariyawong A, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C,  Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia.  Raffles Bulletin of Zoology, Supplement, 7, 1-92.
 * He Y, Xu Y, Chen X (2023) Biology, ecology and management of Tephritid fruit flies in China: A review. Insects 14, 196. https://doi.org/10.3390/insects14020196
 * McQuate GT, Liquido NJ (2016) Provisional list of suitable host plants of Bactrocera (Bactrocera) latifrons (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). 
 * Mziray HA, Makundi RH, Mwatawala M, Maerere A, De Meyer M (2010) Host use of Bactrocera latifrons, a new invasive tephritid species in Tanzania. Journal of Econonmic Entomololy 103(1), 70-76.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata</t>
   </si>
   <si>
     <t>EPIXSI</t>
   </si>
   <si>
     <t>Epitrix similaris</t>
   </si>
   <si>
     <t>HELIZE</t>
@@ -1784,51 +1796,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D161"/>
+  <dimension ref="A1:D162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2054,1947 +2066,1963 @@
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>50</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>50</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>50</v>
       </c>
       <c r="B20" t="s">
         <v>54</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>50</v>
       </c>
       <c r="B21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>50</v>
       </c>
       <c r="B22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>50</v>
       </c>
       <c r="B25" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>50</v>
       </c>
       <c r="B26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>50</v>
       </c>
       <c r="B27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C27" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>50</v>
       </c>
       <c r="B28" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C28" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>50</v>
       </c>
       <c r="B29" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C29" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>50</v>
       </c>
       <c r="B30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C30" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>50</v>
       </c>
       <c r="B31" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>50</v>
       </c>
       <c r="B32" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D32" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>50</v>
       </c>
       <c r="B33" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>50</v>
       </c>
       <c r="B34" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>50</v>
       </c>
       <c r="B35" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D35" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>50</v>
       </c>
       <c r="B36" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D36" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>50</v>
       </c>
       <c r="B37" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>50</v>
       </c>
       <c r="B38" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C38" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D38" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>50</v>
       </c>
       <c r="B39" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C39" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>50</v>
       </c>
       <c r="B40" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C40" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D40" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>50</v>
       </c>
       <c r="B41" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>50</v>
       </c>
       <c r="B42" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C42" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D42" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>50</v>
       </c>
       <c r="B43" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C43" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D43" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>50</v>
       </c>
       <c r="B44" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C44" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D44" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>50</v>
       </c>
       <c r="B45" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C45" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>50</v>
       </c>
       <c r="B46" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C46" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D46" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47" t="s">
         <v>14</v>
       </c>
       <c r="C47" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>50</v>
       </c>
       <c r="B48" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C48" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D48" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>50</v>
       </c>
       <c r="B49" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C49" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C50" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D50" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C51" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D51" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>50</v>
       </c>
       <c r="B52" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C52" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>50</v>
       </c>
       <c r="B53" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C53" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D53" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>50</v>
       </c>
       <c r="B54" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C54" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>50</v>
       </c>
       <c r="B55" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C55" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D55" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>50</v>
       </c>
       <c r="B56" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C56" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D56" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>50</v>
       </c>
       <c r="B57" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C57" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D57" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>50</v>
       </c>
       <c r="B58" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C58" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D58" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>50</v>
       </c>
       <c r="B59" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C59" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>50</v>
       </c>
       <c r="B60" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C60" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D60" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>50</v>
       </c>
       <c r="B61" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C61" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D61" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>50</v>
       </c>
       <c r="B62" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C62" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D62" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>50</v>
       </c>
       <c r="B63" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C63" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D63" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>50</v>
       </c>
       <c r="B64" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C64" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D64" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>50</v>
       </c>
       <c r="B65" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C65" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D65" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>50</v>
       </c>
       <c r="B66" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C66" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>50</v>
       </c>
       <c r="B67" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C67" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D67" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>50</v>
       </c>
       <c r="B68" t="s">
+        <v>184</v>
+      </c>
+      <c r="C68" t="s">
+        <v>185</v>
+      </c>
+      <c r="D68" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>50</v>
       </c>
       <c r="B69" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C69" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D69" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>50</v>
       </c>
       <c r="B70" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C70" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D70" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>50</v>
       </c>
       <c r="B71" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C71" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D71" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>50</v>
       </c>
       <c r="B72" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C72" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>50</v>
       </c>
       <c r="B73" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C73" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D73" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>50</v>
       </c>
       <c r="B74" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C74" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>50</v>
       </c>
       <c r="B75" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C75" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D75" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>50</v>
       </c>
       <c r="B76" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C76" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D76" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>50</v>
       </c>
       <c r="B77" t="s">
+        <v>208</v>
+      </c>
+      <c r="C77" t="s">
+        <v>209</v>
+      </c>
+      <c r="D77" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>50</v>
       </c>
       <c r="B78" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C78" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D78" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>50</v>
       </c>
       <c r="B79" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C79" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D79" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>50</v>
       </c>
       <c r="B80" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C80" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D80" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>50</v>
       </c>
       <c r="B81" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C81" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D81" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>50</v>
       </c>
       <c r="B82" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C82" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D82" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>50</v>
       </c>
       <c r="B83" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C83" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D83" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>50</v>
       </c>
       <c r="B84" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C84" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D84" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>50</v>
       </c>
       <c r="B85" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C85" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D85" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>50</v>
       </c>
       <c r="B86" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C86" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D86" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>50</v>
       </c>
       <c r="B87" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C87" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>50</v>
       </c>
       <c r="B88" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C88" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D88" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>50</v>
       </c>
       <c r="B89" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C89" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D89" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>50</v>
       </c>
       <c r="B90" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C90" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D90" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>50</v>
       </c>
       <c r="B91" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C91" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D91" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>50</v>
       </c>
       <c r="B92" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C92" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>50</v>
       </c>
       <c r="B93" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C93" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D93" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>50</v>
       </c>
       <c r="B94" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C94" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D94" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>50</v>
       </c>
       <c r="B95" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C95" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D95" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>50</v>
       </c>
       <c r="B96" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C96" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D96" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>50</v>
       </c>
       <c r="B97" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C97" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>50</v>
       </c>
       <c r="B98" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C98" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D98" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>50</v>
       </c>
       <c r="B99" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C99" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D99" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>50</v>
       </c>
       <c r="B100" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C100" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>50</v>
       </c>
       <c r="B101" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C101" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D101" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>50</v>
       </c>
       <c r="B102" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C102" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D102" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>50</v>
       </c>
       <c r="B103" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C103" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D103" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>50</v>
       </c>
       <c r="B104" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C104" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D104" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>50</v>
       </c>
       <c r="B105" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C105" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D105" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>50</v>
       </c>
       <c r="B106" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C106" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D106" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>50</v>
       </c>
       <c r="B107" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C107" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>50</v>
       </c>
       <c r="B108" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C108" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>50</v>
       </c>
       <c r="B109" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C109" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>50</v>
       </c>
       <c r="B110" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C110" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>50</v>
       </c>
       <c r="B111" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C111" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D111" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>50</v>
       </c>
       <c r="B112" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C112" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D112" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>50</v>
       </c>
       <c r="B113" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C113" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>50</v>
       </c>
       <c r="B114" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C114" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>50</v>
       </c>
       <c r="B115" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C115" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>50</v>
       </c>
       <c r="B116" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C116" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>50</v>
       </c>
       <c r="B117" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C117" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>50</v>
       </c>
       <c r="B118" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C118" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D118" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>50</v>
       </c>
       <c r="B119" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C119" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>50</v>
       </c>
       <c r="B120" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C120" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D120"/>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>50</v>
       </c>
       <c r="B121" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C121" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>50</v>
       </c>
       <c r="B122" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C122" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D122" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>50</v>
       </c>
       <c r="B123" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C123" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>50</v>
       </c>
       <c r="B124" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C124" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D124"/>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>50</v>
       </c>
       <c r="B125" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C125" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D125" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>50</v>
       </c>
       <c r="B126" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C126" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D126" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>50</v>
       </c>
       <c r="B127" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C127" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D127"/>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>50</v>
       </c>
       <c r="B128" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C128" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D128" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>50</v>
       </c>
       <c r="B129" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C129" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>50</v>
       </c>
       <c r="B130" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C130" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D130" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>50</v>
       </c>
       <c r="B131" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C131" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D131" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>50</v>
       </c>
       <c r="B132" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C132" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>50</v>
       </c>
       <c r="B133" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C133" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D133"/>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>50</v>
       </c>
       <c r="B134" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C134" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D134" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>50</v>
       </c>
       <c r="B135" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C135" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D135"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>50</v>
       </c>
       <c r="B136" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C136" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D136" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>50</v>
       </c>
       <c r="B137" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C137" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D137" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B138" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C138" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B139" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C139" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D139"/>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B140" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C140" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D140" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B141" t="s">
-        <v>158</v>
+        <v>375</v>
       </c>
       <c r="C141" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="D141"/>
+        <v>376</v>
+      </c>
+      <c r="D141" t="s">
+        <v>377</v>
+      </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B142" t="s">
-        <v>375</v>
+        <v>159</v>
       </c>
       <c r="C142" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D142"/>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B143" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C143" t="s">
-        <v>378</v>
-[...3 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="D143"/>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B144" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C144" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D144" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B145" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C145" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D145" t="s">
-        <v>206</v>
+        <v>386</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B146" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C146" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D146" t="s">
-        <v>387</v>
+        <v>207</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B147" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C147" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D147" t="s">
-        <v>206</v>
+        <v>391</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B148" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C148" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D148" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B149" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C149" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="D149" t="s">
-        <v>394</v>
+        <v>207</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B150" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C150" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D150" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B151" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C151" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D151" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B152" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C152" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D152" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B153" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C153" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D153" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B154" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C154" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D154" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B155" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C155" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D155" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B156" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C156" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D156" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>416</v>
+        <v>367</v>
       </c>
       <c r="B157" t="s">
         <v>417</v>
       </c>
       <c r="C157" t="s">
         <v>418</v>
       </c>
-      <c r="D157"/>
+      <c r="D157" t="s">
+        <v>419</v>
+      </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B158" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="C158" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="D158"/>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B159" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C159" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D159"/>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B160" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C160" t="s">
-        <v>423</v>
-[...3 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="D160"/>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B161" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C161" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="D161"/>
+        <v>427</v>
+      </c>
+      <c r="D161" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>420</v>
+      </c>
+      <c r="B162" t="s">
+        <v>429</v>
+      </c>
+      <c r="C162" t="s">
+        <v>430</v>
+      </c>
+      <c r="D162"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>