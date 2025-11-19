--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -806,51 +806,58 @@
   <si>
     <t>MELGCH</t>
   </si>
   <si>
     <t>Meloidogyne chitwoodi</t>
   </si>
   <si>
     <t>* O’Bannon JH, Santo GS, Nyczepir AP (1982) Host range of the Columbia root-knot nematode. Plant Disease 66, 1045-1048.</t>
   </si>
   <si>
     <t>MELGET</t>
   </si>
   <si>
     <t>Meloidogyne ethiopica</t>
   </si>
   <si>
     <t>* Carneiro R M D G, Correa V R, Almeida M R A, Gomes A C M M, Deimi A M, Castagnone-Sereno P &amp; Karssen G (2014) Meloidogyne luci n. sp. (Nematoda: Meloidogynidae), a root-knot nematode parasitising different crops in Brazil, Chile and Iran. Nematology 16, 289-301.</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
-    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
+    <t>* EPPO (2023) Report of a pest risk analysis for Meloidogyne graminicola. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGGC/documents
+------- conflicting publications on host status.
+* Dabur KR, Taya AS &amp; Bajaj HK (2004) Life cycle of Meloidogyne graminicola on paddy and its host range studies. Indian Journal of Nematology 34, 80-84.
+------- does not support multiplication of Meloidogyne graminicola 
+* Pooja Devi, Kanwar RS, Anil Kumar (2016) Studies on population variation of Meloidogyne graminicola using some weeds, forage and vegetable crops. Forage Research 42 pp.135-139.  http://forageresearch.in/wp-content/uploads/2016/09/135-139.pdf
+------- host.
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+------- host.</t>
   </si>
   <si>
     <t>MELGLC</t>
   </si>
   <si>
     <t>Meloidogyne luci</t>
   </si>
   <si>
     <t>* Sen F, Aydinli (2021) Host status of cultivated crops to Meloidogyne luci. European Journal of Plant Pathology 161(3), 607-618.
 ------- In experiments, cvs. Aydin Siyahi, Topan 374 were found to be excellent hosts.
 * Strajnar P, Širca S, Geric Stare B &amp; Urek G (2009) Characterization of the root-knot nematode, Meloidogyne ethiopica Whitehead, 1968, from Slovenia. Russian Journal of Nematology 17, 135-142.</t>
   </si>
   <si>
     <t>MELGMA</t>
   </si>
   <si>
     <t>Meloidogyne mali</t>
   </si>
   <si>
     <t>CRNPPE</t>
   </si>
   <si>
     <t>Moniliophthora perniciosa</t>
   </si>
   <si>