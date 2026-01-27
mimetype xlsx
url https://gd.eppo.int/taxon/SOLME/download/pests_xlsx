--- v2 (2025-11-19)
+++ v3 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="431">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t xml:space="preserve">* EPPO (2019) Update on the situation of Tomato brown rugose fruit virus in Mexico. EPPO Reporting Service no. 2019/192. https://gd.eppo.int/reporting/article-6622
 ------- NPPO of Mexico reported a detection of ToBRFV in aubergine.
 * EPPO (2020) Pest Risk Analysis for tomato brown rugose fruit virus. EPPO, Paris. https://gd.eppo.int/taxon/TOBRFV/documents
@@ -375,56 +375,50 @@
 ------- confirmed host
 * Pratap D, Kashikar AR, Mukherjee SK (2011) Molecular characterization and infectivity of a Tomato leaf curl New Delhi virus variant associated with newly emerging yellow mosaic disease of eggplant in India. Virology Journal 8(305) http://www.virologyj.com/content/8/1/305</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci</t>
   </si>
   <si>
     <t>* McKenzie CL, Sparks Jr AN, Roberts P, Oetting RD, Osborne LS (2020) Survey of Bemisia tabaci (Hemiptera: Aleyrodidae) in agricultural ecosystems in Georgia. Journal of Entomological Science 55(2), 163-170.</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
     <t>LIBEPS</t>
   </si>
   <si>
     <t>'Candidatus Liberibacter solanacearum'</t>
   </si>
   <si>
     <t>* Munyaneza JE, Sengoda VG, Aguilar E, Bextine BR, McCue KF (2013) First report of 'Candidatus Liberibacter solanacearum' infecting eggplant in Honduras. Plant Disease 97(12), p 1654.</t>
   </si>
   <si>
-    <t>PHYPAE</t>
-[...4 lines deleted...]
-  <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Ember I, Acs Z, Munyaneza JE, Crosslin JM, Kolber M (2011) Survey and molecular detection of phytoplasmas associated with potato in Romania and southern Russia. European Journal of Plant Pathology 130(3), 367-377.</t>
   </si>
   <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
   <si>
     <t>Carlavirus vignae</t>
   </si>
   <si>
     <t>* Mansour A, Al-Musa A, Vetten HJ, Lesemann (1998) Properties of a cowpea mild mottle virus (CPMMV) isolate from eggplant in Jordan and evidence for biological and serological differences between CPMMV isolates from leguminous and solanaceous hosts. Journal of Phytopathology 146(11-12), 539-547.</t>
   </si>
   <si>
     <t>CERTCA</t>
@@ -903,50 +897,60 @@
     <t>Orthotospovirus arachianuli</t>
   </si>
   <si>
     <t>* Jorge TS, Dos Reis LD, Fontes MG, Melo FF, Nery FM, Pereira Carvalho RD, Fonseca ME, Boiteux LS, Lima MF (2023) Confirmation of Groundnut ringspot orthotospovirus (GRSV) Infection in eggplant cultivars in Brazil. Plant Disease 107(8), 2567. https://doi.org/10.1094/PDIS-10-22-2349-PDN
 * Webster CG, Turechek WW, Mellinger HC, Frantz G, Roe N, Yonce H, Vallad GE, Adkins S (2011) Expansion of Groundnut ringspot virus host and geographic ranges in solanaceous vegetables in peninsular Florida. Plant Health Progress https://www.plantmanagementnetwork.org/pub/php/brief/2011/grsv/</t>
   </si>
   <si>
     <t>PHENMK</t>
   </si>
   <si>
     <t>Phenacoccus miruku</t>
   </si>
   <si>
     <t>* Powell EC, Deeter LA, Moore MR, Ahmed MZ &amp; Miller DR (2024) Taxonomy, hosts, and distribution of an emerging invasive mealybug, Phenacoccus miruku (Hemiptera: Coccomorpha: Pseudococcidae), in Florida. Florida Entomologist 107(s1), 20240024. https://doi.org/10.1515/flaent-2024-0024</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>* Ülgentürk S, Ercan C, Yaşar B, Kaydan MB (2022) Checklist of Turkish Coccoidea (Hemiptera: Sternorryncha) species. Trakya University Journal of Natural Sciences 23(Special Issue), S113-S129. https://doi.org/10.23902/trkjnat.1123152</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.
+------- Confirmed host.</t>
+  </si>
+  <si>
     <t>PHTOOP</t>
   </si>
   <si>
     <t>Phthorimaea operculella</t>
   </si>
   <si>
     <t>* Chittenden FH (1912) The potato-tuber moth. USDA, Bureau of Entomology. Circular no. 162, 5 pp.
 * Rondon SI, Gao Y (2018) The journey of the potato tuberworm around the world. In Perveen K (ed) Moths: Pests of potato, maize and sugar beet. IntechOpen, 17-52. http://dx.doi.org/10.5772/intechopen.81934</t>
   </si>
   <si>
     <t>PHYECR</t>
   </si>
   <si>
     <t>Phyllotreta cruciferae</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
@@ -1203,60 +1207,50 @@
 * Sartiami D, Mound LA (2013) Identification of the terebrantian thrips (Insecta, Thysanoptera) associated with cultivated plants in Java, Indonesia. ZooKeys 306, 1-21.
 * Seal DR (2001) Seasonal abundance and distribution of Thrips palmi Karny (Thysanoptera: Thripidae) in Southern Florida. Proceedings of the Florida State Horticultural Society 114, 337-342.
 * Seal DR (2004) Management of melon thrips, Thrips palmi Karny (Thysanoptera: Thripidae): an integrated approach using chemical, cultural, and biological agents. Proceedings of the Florida State Horticultural Society 117, 63-68.</t>
   </si>
   <si>
     <t>THRIPV</t>
   </si>
   <si>
     <t>Thrips parvispinus</t>
   </si>
   <si>
     <t>* Sartiami D, Mound LA (2013) Identification of the terebrantian thrips (Insecta, Thysanoptera) associated with cultivated plants in Java, Indonesia. ZooKeys 306, 1–21. https://doi.org/10.3897/zookeys.306.5455
 ------- Collected from this plant in Java (Indonesia).</t>
   </si>
   <si>
     <t>THRISE</t>
   </si>
   <si>
     <t>Thrips setosus</t>
   </si>
   <si>
     <t>TRIARI</t>
   </si>
   <si>
     <t>Trialeurodes ricini</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.
-------- Confirmed host.</t>
   </si>
   <si>
     <t>DUMV00</t>
   </si>
   <si>
     <t>Tymovirus dulcamarae (as Solanum)</t>
   </si>
   <si>
     <t>VERTDA</t>
   </si>
   <si>
     <t>Verticillium dahliae</t>
   </si>
   <si>
     <t>* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA</t>
   </si>
   <si>
     <t>ZONOEL</t>
   </si>
   <si>
     <t>Zonosemata electa</t>
   </si>
   <si>
     <t>* INTERNET
 The Connecticut Agricultural Experiment Station (CAES). Insect Fact Sheets. Pepper maggot - Zonosemata electa (Say). https://portal.ct.gov/-/media/CAES/DOCUMENTS/Publications/Fact_Sheets/Entomology/Pepper_Maggot_Zonosemata.pdf</t>
@@ -1803,51 +1797,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D162"/>
+  <dimension ref="A1:D161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2345,1691 +2339,1679 @@
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>50</v>
       </c>
       <c r="B38" t="s">
         <v>104</v>
       </c>
       <c r="C38" t="s">
         <v>105</v>
       </c>
       <c r="D38" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>50</v>
       </c>
       <c r="B39" t="s">
         <v>107</v>
       </c>
       <c r="C39" t="s">
         <v>108</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>50</v>
       </c>
       <c r="B40" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C40" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>111</v>
       </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>50</v>
       </c>
       <c r="B41" t="s">
         <v>112</v>
       </c>
       <c r="C41" t="s">
         <v>113</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>114</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>50</v>
       </c>
       <c r="B42" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C42" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D42" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>50</v>
       </c>
       <c r="B43" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C43" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D43" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>50</v>
       </c>
       <c r="B44" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C44" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D44" t="s">
         <v>122</v>
       </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>50</v>
       </c>
       <c r="B45" t="s">
         <v>123</v>
       </c>
       <c r="C45" t="s">
         <v>124</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>50</v>
       </c>
       <c r="B46" t="s">
-        <v>125</v>
+        <v>14</v>
       </c>
       <c r="C46" t="s">
         <v>126</v>
       </c>
-      <c r="D46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47" t="s">
-        <v>14</v>
+        <v>127</v>
       </c>
       <c r="C47" t="s">
         <v>128</v>
       </c>
-      <c r="D47"/>
+      <c r="D47" t="s">
+        <v>129</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>50</v>
       </c>
       <c r="B48" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C48" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D48" t="s">
         <v>131</v>
       </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>50</v>
       </c>
       <c r="B49" t="s">
         <v>132</v>
       </c>
       <c r="C49" t="s">
         <v>133</v>
       </c>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>134</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C50" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D50" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C51" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>139</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>50</v>
       </c>
       <c r="B52" t="s">
         <v>140</v>
       </c>
       <c r="C52" t="s">
         <v>141</v>
       </c>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>142</v>
+      </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>50</v>
       </c>
       <c r="B53" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C53" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D53" t="s">
         <v>144</v>
       </c>
+      <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>50</v>
       </c>
       <c r="B54" t="s">
         <v>145</v>
       </c>
       <c r="C54" t="s">
         <v>146</v>
       </c>
-      <c r="D54"/>
+      <c r="D54" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>50</v>
       </c>
       <c r="B55" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C55" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D55" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>50</v>
       </c>
       <c r="B56" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C56" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D56" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>50</v>
       </c>
       <c r="B57" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C57" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D57" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>50</v>
       </c>
       <c r="B58" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C58" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>158</v>
       </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>50</v>
       </c>
       <c r="B59" t="s">
         <v>159</v>
       </c>
       <c r="C59" t="s">
         <v>160</v>
       </c>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>161</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>50</v>
       </c>
       <c r="B60" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C60" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D60" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>50</v>
       </c>
       <c r="B61" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C61" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D61" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>50</v>
       </c>
       <c r="B62" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C62" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D62" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>50</v>
       </c>
       <c r="B63" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C63" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D63" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>50</v>
       </c>
       <c r="B64" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C64" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D64" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>50</v>
       </c>
       <c r="B65" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C65" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="D65" t="s">
         <v>178</v>
       </c>
+      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>50</v>
       </c>
       <c r="B66" t="s">
         <v>179</v>
       </c>
       <c r="C66" t="s">
         <v>180</v>
       </c>
-      <c r="D66"/>
+      <c r="D66" t="s">
+        <v>181</v>
+      </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>50</v>
       </c>
       <c r="B67" t="s">
+        <v>182</v>
+      </c>
+      <c r="C67" t="s">
+        <v>183</v>
+      </c>
+      <c r="D67" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>50</v>
       </c>
       <c r="B68" t="s">
         <v>184</v>
       </c>
       <c r="C68" t="s">
         <v>185</v>
       </c>
       <c r="D68" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>50</v>
       </c>
       <c r="B69" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C69" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D69" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>50</v>
       </c>
       <c r="B70" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C70" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D70" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>50</v>
       </c>
       <c r="B71" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C71" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D71" t="s">
         <v>194</v>
       </c>
+      <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>50</v>
       </c>
       <c r="B72" t="s">
         <v>195</v>
       </c>
       <c r="C72" t="s">
         <v>196</v>
       </c>
-      <c r="D72"/>
+      <c r="D72" t="s">
+        <v>197</v>
+      </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>50</v>
       </c>
       <c r="B73" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C73" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="D73" t="s">
         <v>199</v>
       </c>
+      <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>50</v>
       </c>
       <c r="B74" t="s">
         <v>200</v>
       </c>
       <c r="C74" t="s">
         <v>201</v>
       </c>
-      <c r="D74"/>
+      <c r="D74" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>50</v>
       </c>
       <c r="B75" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C75" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D75" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>50</v>
       </c>
       <c r="B76" t="s">
+        <v>206</v>
+      </c>
+      <c r="C76" t="s">
+        <v>207</v>
+      </c>
+      <c r="D76" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>50</v>
       </c>
       <c r="B77" t="s">
         <v>208</v>
       </c>
       <c r="C77" t="s">
         <v>209</v>
       </c>
       <c r="D77" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>50</v>
       </c>
       <c r="B78" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C78" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D78" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>50</v>
       </c>
       <c r="B79" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C79" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D79" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>50</v>
       </c>
       <c r="B80" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C80" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D80" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>50</v>
       </c>
       <c r="B81" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C81" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D81" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>50</v>
       </c>
       <c r="B82" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C82" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D82" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>50</v>
       </c>
       <c r="B83" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C83" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D83" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>50</v>
       </c>
       <c r="B84" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C84" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D84" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>50</v>
       </c>
       <c r="B85" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C85" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D85" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>50</v>
       </c>
       <c r="B86" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C86" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="D86" t="s">
         <v>236</v>
       </c>
+      <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>50</v>
       </c>
       <c r="B87" t="s">
         <v>237</v>
       </c>
       <c r="C87" t="s">
         <v>238</v>
       </c>
-      <c r="D87"/>
+      <c r="D87" t="s">
+        <v>239</v>
+      </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>50</v>
       </c>
       <c r="B88" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C88" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D88" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>50</v>
       </c>
       <c r="B89" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C89" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D89" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>50</v>
       </c>
       <c r="B90" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C90" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D90" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>50</v>
       </c>
       <c r="B91" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C91" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="D91" t="s">
         <v>250</v>
       </c>
+      <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>50</v>
       </c>
       <c r="B92" t="s">
         <v>251</v>
       </c>
       <c r="C92" t="s">
         <v>252</v>
       </c>
-      <c r="D92"/>
+      <c r="D92" t="s">
+        <v>253</v>
+      </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>50</v>
       </c>
       <c r="B93" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C93" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D93" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>50</v>
       </c>
       <c r="B94" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C94" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D94" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>50</v>
       </c>
       <c r="B95" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C95" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D95" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>50</v>
       </c>
       <c r="B96" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C96" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D96" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>50</v>
       </c>
       <c r="B97" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C97" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>50</v>
       </c>
       <c r="B98" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C98" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D98" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>50</v>
       </c>
       <c r="B99" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C99" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D99" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>50</v>
       </c>
       <c r="B100" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C100" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>50</v>
       </c>
       <c r="B101" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C101" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D101" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>50</v>
       </c>
       <c r="B102" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C102" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D102" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>50</v>
       </c>
       <c r="B103" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C103" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D103" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>50</v>
       </c>
       <c r="B104" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C104" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D104" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>50</v>
       </c>
       <c r="B105" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C105" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D105" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>50</v>
       </c>
       <c r="B106" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C106" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D106" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>50</v>
       </c>
       <c r="B107" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C107" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>50</v>
       </c>
       <c r="B108" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C108" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>50</v>
       </c>
       <c r="B109" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C109" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>50</v>
       </c>
       <c r="B110" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C110" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>50</v>
       </c>
       <c r="B111" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C111" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D111" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>50</v>
       </c>
       <c r="B112" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C112" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D112" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>50</v>
       </c>
       <c r="B113" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C113" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>50</v>
       </c>
       <c r="B114" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C114" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>50</v>
       </c>
       <c r="B115" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C115" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>50</v>
       </c>
       <c r="B116" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C116" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>50</v>
       </c>
       <c r="B117" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C117" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>50</v>
       </c>
       <c r="B118" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C118" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D118" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>50</v>
       </c>
       <c r="B119" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C119" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>50</v>
       </c>
       <c r="B120" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C120" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D120"/>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>50</v>
       </c>
       <c r="B121" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C121" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>50</v>
       </c>
       <c r="B122" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C122" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D122" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>50</v>
       </c>
       <c r="B123" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C123" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>50</v>
       </c>
       <c r="B124" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C124" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D124"/>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>50</v>
       </c>
       <c r="B125" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C125" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D125" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>50</v>
       </c>
       <c r="B126" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C126" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D126" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>50</v>
       </c>
       <c r="B127" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C127" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D127"/>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>50</v>
       </c>
       <c r="B128" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C128" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D128" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>50</v>
       </c>
       <c r="B129" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C129" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>50</v>
       </c>
       <c r="B130" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C130" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D130" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>50</v>
       </c>
       <c r="B131" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C131" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D131" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>50</v>
       </c>
       <c r="B132" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C132" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>50</v>
       </c>
       <c r="B133" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C133" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D133"/>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>50</v>
       </c>
       <c r="B134" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C134" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="D134" t="s">
         <v>358</v>
       </c>
+      <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>50</v>
       </c>
       <c r="B135" t="s">
         <v>359</v>
       </c>
       <c r="C135" t="s">
         <v>360</v>
       </c>
-      <c r="D135"/>
+      <c r="D135" t="s">
+        <v>361</v>
+      </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>50</v>
       </c>
       <c r="B136" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C136" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D136" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>50</v>
+        <v>365</v>
       </c>
       <c r="B137" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C137" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>367</v>
+      </c>
+      <c r="D137"/>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B138" t="s">
         <v>368</v>
       </c>
       <c r="C138" t="s">
         <v>369</v>
       </c>
       <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B139" t="s">
         <v>370</v>
       </c>
       <c r="C139" t="s">
         <v>371</v>
       </c>
-      <c r="D139"/>
+      <c r="D139" t="s">
+        <v>372</v>
+      </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B140" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C140" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D140" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B141" t="s">
-        <v>375</v>
+        <v>157</v>
       </c>
       <c r="C141" t="s">
         <v>376</v>
       </c>
-      <c r="D141" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D141"/>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B142" t="s">
-        <v>159</v>
+        <v>377</v>
       </c>
       <c r="C142" t="s">
         <v>378</v>
       </c>
       <c r="D142"/>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B143" t="s">
         <v>379</v>
       </c>
       <c r="C143" t="s">
         <v>380</v>
       </c>
-      <c r="D143"/>
+      <c r="D143" t="s">
+        <v>381</v>
+      </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B144" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C144" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D144" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B145" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C145" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D145" t="s">
-        <v>386</v>
+        <v>205</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B146" t="s">
         <v>387</v>
       </c>
       <c r="C146" t="s">
         <v>388</v>
       </c>
       <c r="D146" t="s">
-        <v>207</v>
+        <v>389</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B147" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C147" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D147" t="s">
-        <v>391</v>
+        <v>205</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B148" t="s">
         <v>392</v>
       </c>
       <c r="C148" t="s">
         <v>393</v>
       </c>
       <c r="D148" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B149" t="s">
         <v>394</v>
       </c>
       <c r="C149" t="s">
         <v>395</v>
       </c>
       <c r="D149" t="s">
-        <v>207</v>
+        <v>396</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B150" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C150" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D150" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B151" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C151" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D151" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B152" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C152" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D152" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B153" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C153" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D153" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B154" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C154" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D154" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B155" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C155" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D155" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B156" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C156" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D156" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>367</v>
+        <v>418</v>
       </c>
       <c r="B157" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C157" t="s">
-        <v>418</v>
-[...3 lines deleted...]
-      </c>
+        <v>420</v>
+      </c>
+      <c r="D157"/>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B158" t="s">
+        <v>419</v>
+      </c>
+      <c r="C158" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="D158"/>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B159" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C159" t="s">
         <v>423</v>
       </c>
       <c r="D159"/>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B160" t="s">
         <v>424</v>
       </c>
       <c r="C160" t="s">
         <v>425</v>
       </c>
-      <c r="D160"/>
+      <c r="D160" t="s">
+        <v>426</v>
+      </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B161" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C161" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="D161" t="s">
         <v>428</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D162"/>
+      <c r="D161"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>