--- v3 (2026-01-27)
+++ v4 (2026-02-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="434">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t xml:space="preserve">* EPPO (2019) Update on the situation of Tomato brown rugose fruit virus in Mexico. EPPO Reporting Service no. 2019/192. https://gd.eppo.int/reporting/article-6622
 ------- NPPO of Mexico reported a detection of ToBRFV in aubergine.
 * EPPO (2020) Pest Risk Analysis for tomato brown rugose fruit virus. EPPO, Paris. https://gd.eppo.int/taxon/TOBRFV/documents
@@ -1078,77 +1078,91 @@
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
   </si>
   <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Germain JF, Devarieux A, LaPlace D, Matile-Ferrero D (2016) An updated checklist of the scale insects from French Guiana (French overseas department in South America). EPPO Bulletin 46(3), 588–593</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
+  </si>
+  <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t>* N'Guessan CA, Abo K, Fondio L, Chiroleu F, Lebeau A, Poussier S, Wicker E, and Koné D (2012) So near and yet so far: the specific case of Ralstonia solanacearum populations from Côte d'Ivoire in Africa. Phytopathology 102, 733-740
 * N'Guessan CA, Brisse S, Le Roux-Nio A-C, Poussier S, Koné D, Wicker E (2013) Development of variable number of tandem repeats typing schemes for Ralstonia solanacearum, the agent of bacterial wilt, banana Moko disease and potato brown rot. Journal of Microbiological Methods 92, 366-374
 * Valdez-Morales MT, Miranda-Campaña OA, Cruz-Lachica I, Garcia-Estrada RS, Carrillo-Fasio JA, Marquez I, Tovar-Pedraza JM (2023) First report of bacterial wilt of eggplant (Solanum melongena) caused by Ralstonia pseudosolanacearum in Mexico. Plant Disease (early view). https://doi.org/10.1094/PDIS-12-22-2940-PDN</t>
   </si>
   <si>
     <t>PSDMS1</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 1 (no longer in use)</t>
   </si>
   <si>
     <t>PSDMS3</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 3 (no longer in use)</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis</t>
+  </si>
+  <si>
+    <t>* Carrillo-Fasio JA, Báez-Sañudo MA, Valdez-Morales MT (2026) Estrategias biorracionales para el manejo de Meloidogyne enterolobii y Rotylenchulus reniformis en tomate, chile y pepino en Sinaloa, México. Revista Bioc Scientia 2(1). https://doi.org/10.63622/RBS.2516</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Sreerama Kumar P,  Rachana RR (2021) Scirtothrips dorsalis (Thysanoptera: Thripidae) is a pest of celery, Apium graveolens (Apiales: Apiaceae): first report and diagnostic characters. Journal of Integrated Pest Management 12(1), 46. https://doi.org/10.1093/jipm/pmab039
 ------- Confirmed host.
 * Klassen W, Seal DR, Ciomperlik MA, Fieslemann DA (2008) The chilli thrips, Scirtothrips dorsalis: current status in the Greater Caribbean Region. Proceeedings of the Caribbean food crops society,  44(1), 103-117.</t>
   </si>
   <si>
     <t>PHTOHE</t>
   </si>
   <si>
     <t>Scrobipalpa aptatella</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
@@ -1241,50 +1255,53 @@
   </si>
   <si>
     <t>Verticillium dahliae</t>
   </si>
   <si>
     <t>* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA</t>
   </si>
   <si>
     <t>ZONOEL</t>
   </si>
   <si>
     <t>Zonosemata electa</t>
   </si>
   <si>
     <t>* INTERNET
 The Connecticut Agricultural Experiment Station (CAES). Insect Fact Sheets. Pepper maggot - Zonosemata electa (Say). https://portal.ct.gov/-/media/CAES/DOCUMENTS/Publications/Fact_Sheets/Entomology/Pepper_Maggot_Zonosemata.pdf</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
   </si>
   <si>
     <t>EMDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus melongenae</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
     <t>* Ghosh A, Biswas GC, Paul A, Tandra AB (2021) Prevailing insects and mite pests of brinjal and their natural enemies at Jashore In Bangladesh. Bangladesh Journal of Agricultural Research 46(1), 117-121.</t>
   </si>
   <si>
     <t>DACULA</t>
   </si>
   <si>
     <t>Bactrocera latifrons</t>
   </si>
   <si>
     <t>* Allwood AL, Chinajariyawong A, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C,  Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia.  Raffles Bulletin of Zoology, Supplement, 7, 1-92.
 * He Y, Xu Y, Chen X (2023) Biology, ecology and management of Tephritid fruit flies in China: A review. Insects 14, 196. https://doi.org/10.3390/insects14020196
@@ -1797,51 +1814,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D161"/>
+  <dimension ref="A1:D162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3387,631 +3404,651 @@
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>50</v>
       </c>
       <c r="B116" t="s">
         <v>314</v>
       </c>
       <c r="C116" t="s">
         <v>315</v>
       </c>
       <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>50</v>
       </c>
       <c r="B117" t="s">
         <v>316</v>
       </c>
       <c r="C117" t="s">
         <v>317</v>
       </c>
-      <c r="D117"/>
+      <c r="D117" t="s">
+        <v>318</v>
+      </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>50</v>
       </c>
       <c r="B118" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C118" t="s">
         <v>319</v>
       </c>
       <c r="D118" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>50</v>
       </c>
       <c r="B119" t="s">
         <v>321</v>
       </c>
       <c r="C119" t="s">
         <v>322</v>
       </c>
-      <c r="D119"/>
+      <c r="D119" t="s">
+        <v>323</v>
+      </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>50</v>
       </c>
       <c r="B120" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C120" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D120"/>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>50</v>
       </c>
       <c r="B121" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C121" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>50</v>
       </c>
       <c r="B122" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C122" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D122" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>50</v>
       </c>
       <c r="B123" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C123" t="s">
-        <v>331</v>
-[...1 lines deleted...]
-      <c r="D123"/>
+        <v>332</v>
+      </c>
+      <c r="D123" t="s">
+        <v>333</v>
+      </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>50</v>
       </c>
       <c r="B124" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C124" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D124"/>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>50</v>
       </c>
       <c r="B125" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C125" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="D125"/>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>50</v>
       </c>
       <c r="B126" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C126" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D126" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>50</v>
       </c>
       <c r="B127" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C127" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="D127"/>
+        <v>342</v>
+      </c>
+      <c r="D127" t="s">
+        <v>343</v>
+      </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>50</v>
       </c>
       <c r="B128" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C128" t="s">
-        <v>343</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>50</v>
       </c>
       <c r="B129" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C129" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="D129"/>
+        <v>347</v>
+      </c>
+      <c r="D129" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>50</v>
       </c>
       <c r="B130" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C130" t="s">
-        <v>348</v>
-[...3 lines deleted...]
-      </c>
+        <v>350</v>
+      </c>
+      <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>50</v>
       </c>
       <c r="B131" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C131" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D131" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>50</v>
       </c>
       <c r="B132" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C132" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="D132"/>
+        <v>355</v>
+      </c>
+      <c r="D132" t="s">
+        <v>356</v>
+      </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>50</v>
       </c>
       <c r="B133" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C133" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D133"/>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>50</v>
       </c>
       <c r="B134" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C134" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>50</v>
       </c>
       <c r="B135" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C135" t="s">
-        <v>360</v>
-[...3 lines deleted...]
-      </c>
+        <v>362</v>
+      </c>
+      <c r="D135"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>50</v>
       </c>
       <c r="B136" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C136" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D136" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>365</v>
+        <v>50</v>
       </c>
       <c r="B137" t="s">
         <v>366</v>
       </c>
       <c r="C137" t="s">
         <v>367</v>
       </c>
-      <c r="D137"/>
+      <c r="D137" t="s">
+        <v>368</v>
+      </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B138" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C138" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="D138"/>
+        <v>371</v>
+      </c>
+      <c r="D138" t="s">
+        <v>372</v>
+      </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B139" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C139" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="D139"/>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B140" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C140" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D140" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B141" t="s">
-        <v>157</v>
+        <v>378</v>
       </c>
       <c r="C141" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="D141"/>
+        <v>379</v>
+      </c>
+      <c r="D141" t="s">
+        <v>380</v>
+      </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B142" t="s">
-        <v>377</v>
+        <v>157</v>
       </c>
       <c r="C142" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D142"/>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B143" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C143" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="D143"/>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B144" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C144" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D144" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B145" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C145" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D145" t="s">
-        <v>205</v>
+        <v>389</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B146" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C146" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D146" t="s">
-        <v>389</v>
+        <v>205</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B147" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C147" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D147" t="s">
-        <v>205</v>
+        <v>394</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B148" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C148" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="D148" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B149" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C149" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="D149" t="s">
-        <v>396</v>
+        <v>205</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B150" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C150" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D150" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B151" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C151" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D151" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B152" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C152" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D152" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B153" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C153" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="D153" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B154" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C154" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D154" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B155" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C155" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D155" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B156" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C156" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D156" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>418</v>
+        <v>369</v>
       </c>
       <c r="B157" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C157" t="s">
-        <v>420</v>
-[...1 lines deleted...]
-      <c r="D157"/>
+        <v>421</v>
+      </c>
+      <c r="D157" t="s">
+        <v>422</v>
+      </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B158" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C158" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="D158"/>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B159" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C159" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="D159"/>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B160" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="C160" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>428</v>
+      </c>
+      <c r="D160"/>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B161" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C161" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="D161"/>
+        <v>430</v>
+      </c>
+      <c r="D161" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>423</v>
+      </c>
+      <c r="B162" t="s">
+        <v>432</v>
+      </c>
+      <c r="C162" t="s">
+        <v>433</v>
+      </c>
+      <c r="D162"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>