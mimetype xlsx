--- v4 (2026-02-27)
+++ v5 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="434">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="437">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t xml:space="preserve">* EPPO (2019) Update on the situation of Tomato brown rugose fruit virus in Mexico. EPPO Reporting Service no. 2019/192. https://gd.eppo.int/reporting/article-6622
 ------- NPPO of Mexico reported a detection of ToBRFV in aubergine.
 * EPPO (2020) Pest Risk Analysis for tomato brown rugose fruit virus. EPPO, Paris. https://gd.eppo.int/taxon/TOBRFV/documents
@@ -616,50 +616,56 @@
   <si>
     <t>Epitrix tuberis</t>
   </si>
   <si>
     <t>* Clark SM,  LeDoux DG, Seeno TN,  Riley EG,  Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada.  Special Publications of the Coleopterists Society, 2, 476 pp.
 ------- feeding of adults
 * Hoerner JL &amp; Gillette CP (1928) The potato flea beetle. Colorado Experiment Station. Entomology Section. Bulletin 337. 
 ------- feeding of adults</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Mendonça RS, Navia D, Diniz IR, Flechtmann CH (2011) South American spider mites: new hosts and localities. Journal of Insect Science 11(1), 121.</t>
   </si>
   <si>
     <t>EUZOOS</t>
   </si>
   <si>
     <t>Euzophera osseatella</t>
   </si>
   <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
+  </si>
+  <si>
     <t>HETDPA</t>
   </si>
   <si>
     <t>Globodera pallida</t>
   </si>
   <si>
     <t>* Price JA, Coyne D, Blok VC, Jones JT (2021) Potato cyst nematodes Globodera rostochiensis and G. pallida. Molecular Plant Pathology  22, 495-507. https://doi.org/10.1111/mpp.13047
 * Sullivan MJ, Inserra RN, Franco J, Moreno-Leheude I, Greco N (2007) Potato cyst nematodes: Plant host status and their regulatory impact. Nematropica 37, 193-201.</t>
   </si>
   <si>
     <t>HETDRO</t>
   </si>
   <si>
     <t>Globodera rostochiensis</t>
   </si>
   <si>
     <t>HALYHA</t>
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t>* Bergmann E, Bernhard KM, Bernon G, Bickerton M, Gill S, Gonzales C, Hamilton GC, Hedstrom C, Kamminga K, Koplinka-Loehr C, Krawczyk G, Kuhar TP, Kunkel B, Lee J, Leskey TC, Martinson H, Nielsen AL, Raupp M, Shearer P, Shrewsbury P, Walgenbach J, Whalen J, Wiman N (online) Host Plants of the Brown Marmorated Stink Bug in the U.S. https://www.stopbmsb.org/where-is-bmsb/host-plants</t>
   </si>
   <si>
@@ -945,51 +951,54 @@
     <t>Phyllotreta cruciferae</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHRDMU</t>
   </si>
   <si>
     <t>Phyrdenus muriceus</t>
   </si>
   <si>
     <t>* Eliceche D, Rusconi M, Rosales M, Salas A, Achinelly F (2020) Field assay using a native entomopathogenic nematode for biological control of the weevil Phyrdenus muriceus in organic eggplant crops in Argentina. BioControl 65, 613-621.
 * Novo RJ, Viglianco A, Vaudagna E (2002) Efectos de insecticidas sobre el gorgojo de la papa, Phyrdenus muriceus (Germ.) (Coleoptera: Curculionidae). AgriScientia 19, 3-10.</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
-    <t>Phytophthora nicotianae var. parasitica</t>
+    <t>Phytophthora nicotianae</t>
+  </si>
+  <si>
+    <t>* Garcia-Estrada RS, Cruz-Lachica I, Osuna-García LA, Márquez-Zequera I (2021) First report of eggplant fruit rot caused by Phytophthora nicotianae in Mexico. Plant Disease 105(2), 513.</t>
   </si>
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
   <si>
     <t>* Korycinska A, Eyre D (2015) Plant pest fact sheet. Omnivorous leafroller, Platynota stultana. Department for Environmental Food and Rural Affairs, UK.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.</t>
   </si>
   <si>
     <t>PMTV00</t>
   </si>
   <si>
     <t>Pomovirus solani (as Solanum)</t>
   </si>
@@ -1814,51 +1823,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D162"/>
+  <dimension ref="A1:D163"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2718,517 +2727,517 @@
         <v>176</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>50</v>
       </c>
       <c r="B65" t="s">
         <v>177</v>
       </c>
       <c r="C65" t="s">
         <v>178</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>50</v>
       </c>
       <c r="B66" t="s">
         <v>179</v>
       </c>
       <c r="C66" t="s">
         <v>180</v>
       </c>
-      <c r="D66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>50</v>
       </c>
       <c r="B67" t="s">
+        <v>181</v>
+      </c>
+      <c r="C67" t="s">
         <v>182</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>50</v>
       </c>
       <c r="B68" t="s">
         <v>184</v>
       </c>
       <c r="C68" t="s">
         <v>185</v>
       </c>
       <c r="D68" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>50</v>
       </c>
       <c r="B69" t="s">
+        <v>186</v>
+      </c>
+      <c r="C69" t="s">
         <v>187</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>50</v>
       </c>
       <c r="B70" t="s">
+        <v>189</v>
+      </c>
+      <c r="C70" t="s">
         <v>190</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>50</v>
       </c>
       <c r="B71" t="s">
+        <v>192</v>
+      </c>
+      <c r="C71" t="s">
         <v>193</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>194</v>
       </c>
-      <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>50</v>
       </c>
       <c r="B72" t="s">
         <v>195</v>
       </c>
       <c r="C72" t="s">
         <v>196</v>
       </c>
-      <c r="D72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>50</v>
       </c>
       <c r="B73" t="s">
+        <v>197</v>
+      </c>
+      <c r="C73" t="s">
         <v>198</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>199</v>
       </c>
-      <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>50</v>
       </c>
       <c r="B74" t="s">
         <v>200</v>
       </c>
       <c r="C74" t="s">
         <v>201</v>
       </c>
-      <c r="D74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>50</v>
       </c>
       <c r="B75" t="s">
+        <v>202</v>
+      </c>
+      <c r="C75" t="s">
         <v>203</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>50</v>
       </c>
       <c r="B76" t="s">
+        <v>205</v>
+      </c>
+      <c r="C76" t="s">
         <v>206</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>50</v>
       </c>
       <c r="B77" t="s">
         <v>208</v>
       </c>
       <c r="C77" t="s">
         <v>209</v>
       </c>
       <c r="D77" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>50</v>
       </c>
       <c r="B78" t="s">
+        <v>210</v>
+      </c>
+      <c r="C78" t="s">
         <v>211</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>50</v>
       </c>
       <c r="B79" t="s">
+        <v>213</v>
+      </c>
+      <c r="C79" t="s">
         <v>214</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>50</v>
       </c>
       <c r="B80" t="s">
+        <v>216</v>
+      </c>
+      <c r="C80" t="s">
         <v>217</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>50</v>
       </c>
       <c r="B81" t="s">
+        <v>219</v>
+      </c>
+      <c r="C81" t="s">
         <v>220</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>50</v>
       </c>
       <c r="B82" t="s">
+        <v>222</v>
+      </c>
+      <c r="C82" t="s">
         <v>223</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>50</v>
       </c>
       <c r="B83" t="s">
+        <v>225</v>
+      </c>
+      <c r="C83" t="s">
         <v>226</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>50</v>
       </c>
       <c r="B84" t="s">
+        <v>228</v>
+      </c>
+      <c r="C84" t="s">
         <v>229</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>50</v>
       </c>
       <c r="B85" t="s">
+        <v>231</v>
+      </c>
+      <c r="C85" t="s">
         <v>232</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>50</v>
       </c>
       <c r="B86" t="s">
+        <v>234</v>
+      </c>
+      <c r="C86" t="s">
         <v>235</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>236</v>
       </c>
-      <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>50</v>
       </c>
       <c r="B87" t="s">
         <v>237</v>
       </c>
       <c r="C87" t="s">
         <v>238</v>
       </c>
-      <c r="D87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>50</v>
       </c>
       <c r="B88" t="s">
+        <v>239</v>
+      </c>
+      <c r="C88" t="s">
         <v>240</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>50</v>
       </c>
       <c r="B89" t="s">
+        <v>242</v>
+      </c>
+      <c r="C89" t="s">
         <v>243</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>50</v>
       </c>
       <c r="B90" t="s">
+        <v>245</v>
+      </c>
+      <c r="C90" t="s">
         <v>246</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>50</v>
       </c>
       <c r="B91" t="s">
+        <v>248</v>
+      </c>
+      <c r="C91" t="s">
         <v>249</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
         <v>250</v>
       </c>
-      <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>50</v>
       </c>
       <c r="B92" t="s">
         <v>251</v>
       </c>
       <c r="C92" t="s">
         <v>252</v>
       </c>
-      <c r="D92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>50</v>
       </c>
       <c r="B93" t="s">
+        <v>253</v>
+      </c>
+      <c r="C93" t="s">
         <v>254</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>50</v>
       </c>
       <c r="B94" t="s">
+        <v>256</v>
+      </c>
+      <c r="C94" t="s">
         <v>257</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>50</v>
       </c>
       <c r="B95" t="s">
+        <v>259</v>
+      </c>
+      <c r="C95" t="s">
         <v>260</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>50</v>
       </c>
       <c r="B96" t="s">
+        <v>262</v>
+      </c>
+      <c r="C96" t="s">
         <v>263</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>50</v>
       </c>
       <c r="B97" t="s">
+        <v>265</v>
+      </c>
+      <c r="C97" t="s">
         <v>266</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>267</v>
       </c>
-      <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>50</v>
       </c>
       <c r="B98" t="s">
         <v>268</v>
       </c>
       <c r="C98" t="s">
         <v>269</v>
       </c>
-      <c r="D98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>50</v>
       </c>
       <c r="B99" t="s">
+        <v>270</v>
+      </c>
+      <c r="C99" t="s">
         <v>271</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>50</v>
       </c>
       <c r="B100" t="s">
+        <v>273</v>
+      </c>
+      <c r="C100" t="s">
         <v>274</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>275</v>
       </c>
-      <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>50</v>
       </c>
       <c r="B101" t="s">
         <v>276</v>
       </c>
       <c r="C101" t="s">
         <v>277</v>
       </c>
       <c r="D101" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>50</v>
       </c>
       <c r="B102" t="s">
         <v>279</v>
       </c>
       <c r="C102" t="s">
         <v>280</v>
       </c>
@@ -3280,775 +3289,789 @@
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>50</v>
       </c>
       <c r="B106" t="s">
         <v>291</v>
       </c>
       <c r="C106" t="s">
         <v>292</v>
       </c>
       <c r="D106" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>50</v>
       </c>
       <c r="B107" t="s">
         <v>294</v>
       </c>
       <c r="C107" t="s">
         <v>295</v>
       </c>
-      <c r="D107"/>
+      <c r="D107" t="s">
+        <v>296</v>
+      </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>50</v>
       </c>
       <c r="B108" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C108" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>50</v>
       </c>
       <c r="B109" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C109" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>50</v>
       </c>
       <c r="B110" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C110" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>50</v>
       </c>
       <c r="B111" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C111" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="D111" t="s">
         <v>304</v>
       </c>
+      <c r="D111"/>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>50</v>
       </c>
       <c r="B112" t="s">
         <v>305</v>
       </c>
       <c r="C112" t="s">
         <v>306</v>
       </c>
       <c r="D112" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>50</v>
       </c>
       <c r="B113" t="s">
         <v>308</v>
       </c>
       <c r="C113" t="s">
         <v>309</v>
       </c>
-      <c r="D113"/>
+      <c r="D113" t="s">
+        <v>310</v>
+      </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>50</v>
       </c>
       <c r="B114" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C114" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>50</v>
       </c>
       <c r="B115" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C115" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>50</v>
       </c>
       <c r="B116" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C116" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>50</v>
       </c>
       <c r="B117" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C117" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="D117" t="s">
         <v>318</v>
       </c>
+      <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>50</v>
       </c>
       <c r="B118" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C118" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D118" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>50</v>
       </c>
       <c r="B119" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="C119" t="s">
         <v>322</v>
       </c>
       <c r="D119" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>50</v>
       </c>
       <c r="B120" t="s">
         <v>324</v>
       </c>
       <c r="C120" t="s">
         <v>325</v>
       </c>
-      <c r="D120"/>
+      <c r="D120" t="s">
+        <v>326</v>
+      </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>50</v>
       </c>
       <c r="B121" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C121" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>50</v>
       </c>
       <c r="B122" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C122" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="D122" t="s">
         <v>330</v>
       </c>
+      <c r="D122"/>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>50</v>
       </c>
       <c r="B123" t="s">
         <v>331</v>
       </c>
       <c r="C123" t="s">
         <v>332</v>
       </c>
       <c r="D123" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>50</v>
       </c>
       <c r="B124" t="s">
         <v>334</v>
       </c>
       <c r="C124" t="s">
         <v>335</v>
       </c>
-      <c r="D124"/>
+      <c r="D124" t="s">
+        <v>336</v>
+      </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>50</v>
       </c>
       <c r="B125" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C125" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D125"/>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>50</v>
       </c>
       <c r="B126" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C126" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="D126" t="s">
         <v>340</v>
       </c>
+      <c r="D126"/>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>50</v>
       </c>
       <c r="B127" t="s">
         <v>341</v>
       </c>
       <c r="C127" t="s">
         <v>342</v>
       </c>
       <c r="D127" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>50</v>
       </c>
       <c r="B128" t="s">
         <v>344</v>
       </c>
       <c r="C128" t="s">
         <v>345</v>
       </c>
-      <c r="D128"/>
+      <c r="D128" t="s">
+        <v>346</v>
+      </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>50</v>
       </c>
       <c r="B129" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C129" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="D129" t="s">
         <v>348</v>
       </c>
+      <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>50</v>
       </c>
       <c r="B130" t="s">
         <v>349</v>
       </c>
       <c r="C130" t="s">
         <v>350</v>
       </c>
-      <c r="D130"/>
+      <c r="D130" t="s">
+        <v>351</v>
+      </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>50</v>
       </c>
       <c r="B131" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C131" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="D131" t="s">
         <v>353</v>
       </c>
+      <c r="D131"/>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>50</v>
       </c>
       <c r="B132" t="s">
         <v>354</v>
       </c>
       <c r="C132" t="s">
         <v>355</v>
       </c>
       <c r="D132" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>50</v>
       </c>
       <c r="B133" t="s">
         <v>357</v>
       </c>
       <c r="C133" t="s">
         <v>358</v>
       </c>
-      <c r="D133"/>
+      <c r="D133" t="s">
+        <v>359</v>
+      </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>50</v>
       </c>
       <c r="B134" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C134" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>50</v>
       </c>
       <c r="B135" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C135" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D135"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>50</v>
       </c>
       <c r="B136" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C136" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="D136" t="s">
         <v>365</v>
       </c>
+      <c r="D136"/>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>50</v>
       </c>
       <c r="B137" t="s">
         <v>366</v>
       </c>
       <c r="C137" t="s">
         <v>367</v>
       </c>
       <c r="D137" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
+        <v>50</v>
+      </c>
+      <c r="B138" t="s">
         <v>369</v>
       </c>
-      <c r="B138" t="s">
+      <c r="C138" t="s">
         <v>370</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D138" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B139" t="s">
         <v>373</v>
       </c>
       <c r="C139" t="s">
         <v>374</v>
       </c>
-      <c r="D139"/>
+      <c r="D139" t="s">
+        <v>375</v>
+      </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B140" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C140" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="D140" t="s">
         <v>377</v>
       </c>
+      <c r="D140"/>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B141" t="s">
         <v>378</v>
       </c>
       <c r="C141" t="s">
         <v>379</v>
       </c>
       <c r="D141" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B142" t="s">
-        <v>157</v>
+        <v>381</v>
       </c>
       <c r="C142" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="D142"/>
+        <v>382</v>
+      </c>
+      <c r="D142" t="s">
+        <v>383</v>
+      </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B143" t="s">
-        <v>382</v>
+        <v>157</v>
       </c>
       <c r="C143" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D143"/>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B144" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C144" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="D144" t="s">
         <v>386</v>
       </c>
+      <c r="D144"/>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B145" t="s">
         <v>387</v>
       </c>
       <c r="C145" t="s">
         <v>388</v>
       </c>
       <c r="D145" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B146" t="s">
         <v>390</v>
       </c>
       <c r="C146" t="s">
         <v>391</v>
       </c>
       <c r="D146" t="s">
-        <v>205</v>
+        <v>392</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B147" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C147" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D147" t="s">
-        <v>394</v>
+        <v>207</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B148" t="s">
         <v>395</v>
       </c>
       <c r="C148" t="s">
         <v>396</v>
       </c>
       <c r="D148" t="s">
-        <v>205</v>
+        <v>397</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B149" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C149" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D149" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B150" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C150" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D150" t="s">
-        <v>401</v>
+        <v>207</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B151" t="s">
         <v>402</v>
       </c>
       <c r="C151" t="s">
         <v>403</v>
       </c>
       <c r="D151" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B152" t="s">
         <v>405</v>
       </c>
       <c r="C152" t="s">
         <v>406</v>
       </c>
       <c r="D152" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B153" t="s">
         <v>408</v>
       </c>
       <c r="C153" t="s">
         <v>409</v>
       </c>
       <c r="D153" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B154" t="s">
         <v>411</v>
       </c>
       <c r="C154" t="s">
         <v>412</v>
       </c>
       <c r="D154" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B155" t="s">
         <v>414</v>
       </c>
       <c r="C155" t="s">
         <v>415</v>
       </c>
       <c r="D155" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B156" t="s">
         <v>417</v>
       </c>
       <c r="C156" t="s">
         <v>418</v>
       </c>
       <c r="D156" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B157" t="s">
         <v>420</v>
       </c>
       <c r="C157" t="s">
         <v>421</v>
       </c>
       <c r="D157" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
+        <v>372</v>
+      </c>
+      <c r="B158" t="s">
         <v>423</v>
       </c>
-      <c r="B158" t="s">
+      <c r="C158" t="s">
         <v>424</v>
       </c>
-      <c r="C158" t="s">
+      <c r="D158" t="s">
         <v>425</v>
       </c>
-      <c r="D158"/>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B159" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="C159" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D159"/>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B160" t="s">
         <v>427</v>
       </c>
       <c r="C160" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D160"/>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B161" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C161" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="D161" t="s">
         <v>431</v>
       </c>
+      <c r="D161"/>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B162" t="s">
         <v>432</v>
       </c>
       <c r="C162" t="s">
         <v>433</v>
       </c>
-      <c r="D162"/>
+      <c r="D162" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>426</v>
+      </c>
+      <c r="B163" t="s">
+        <v>435</v>
+      </c>
+      <c r="C163" t="s">
+        <v>436</v>
+      </c>
+      <c r="D163"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>