--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLIA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
     <t>Leucinodes orbonalis</t>
   </si>
   <si>
     <t>* Behera TK, Gyanendra S (2002) Studies on resistance to shoot and fruit borer (Leucinodes orbonalis) and interspecific hybridization in eggplant. Indian Journal of Horticulture 59, 62-66.
 ------- mentions 3 literature references considering this plant as host. No confirmed feeding or confirmed completion of life cycle.
 Considered a doubtful host here because the host status is not confirmed.</t>
@@ -66,50 +66,60 @@
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
     <t>Pospiviroid fusituberis (as Solanum)</t>
   </si>
   <si>
     <t>* Singh RP (1973) Experimental host range of the potato spindle tuber 'virus'. American Potato Journal 50, 111-123.
 ------- At least 51 species, absence of symptoms (except for Solanum depilatum and S. lycopersicum)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host as Solanum inacum</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii (as Solanum)</t>
   </si>
   <si>
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.</t>
@@ -672,51 +682,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D42"/>
+  <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="342.059" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -776,495 +786,509 @@
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>14</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D8" t="s">
         <v>24</v>
       </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>14</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D12" t="s">
         <v>33</v>
       </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D13"/>
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>39</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>14</v>
       </c>
       <c r="B16" t="s">
         <v>40</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>14</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>44</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>14</v>
       </c>
       <c r="B18" t="s">
         <v>45</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>14</v>
       </c>
       <c r="B19" t="s">
+        <v>48</v>
+      </c>
+      <c r="C19" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>14</v>
       </c>
       <c r="B20" t="s">
         <v>50</v>
       </c>
       <c r="C20" t="s">
         <v>51</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>14</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>54</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>14</v>
       </c>
       <c r="B22" t="s">
         <v>55</v>
       </c>
       <c r="C22" t="s">
         <v>56</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>14</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>14</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>14</v>
       </c>
       <c r="B25" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>14</v>
       </c>
       <c r="B26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>14</v>
       </c>
       <c r="B27" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C27" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>14</v>
       </c>
       <c r="B28" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C28" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>14</v>
       </c>
       <c r="B29" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C29" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>14</v>
       </c>
       <c r="B30" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C30" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>73</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>14</v>
       </c>
       <c r="B31" t="s">
         <v>74</v>
       </c>
       <c r="C31" t="s">
         <v>75</v>
       </c>
       <c r="D31" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>14</v>
       </c>
       <c r="B32" t="s">
+        <v>77</v>
+      </c>
+      <c r="C32" t="s">
+        <v>78</v>
+      </c>
+      <c r="D32" t="s">
         <v>76</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>14</v>
       </c>
       <c r="B33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>14</v>
       </c>
       <c r="B34" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C34" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D34" t="s">
         <v>82</v>
       </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>14</v>
       </c>
       <c r="B35" t="s">
         <v>83</v>
       </c>
       <c r="C35" t="s">
         <v>84</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="B36" t="s">
         <v>86</v>
       </c>
       <c r="C36" t="s">
         <v>87</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B37" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C37" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B38" t="s">
         <v>89</v>
       </c>
       <c r="C38" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>91</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B39" t="s">
         <v>92</v>
       </c>
       <c r="C39" t="s">
         <v>93</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B40" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C40" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B41" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C41" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D41" t="s">
         <v>98</v>
       </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>99</v>
       </c>
       <c r="C42" t="s">
         <v>100</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" t="s">
+        <v>102</v>
+      </c>
+      <c r="C43" t="s">
+        <v>103</v>
+      </c>
+      <c r="D43"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>