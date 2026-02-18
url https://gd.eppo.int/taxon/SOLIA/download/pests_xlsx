--- v1 (2025-10-30)
+++ v2 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLIA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
     <t>Leucinodes orbonalis</t>
   </si>
   <si>
     <t>* Behera TK, Gyanendra S (2002) Studies on resistance to shoot and fruit borer (Leucinodes orbonalis) and interspecific hybridization in eggplant. Indian Journal of Horticulture 59, 62-66.
 ------- mentions 3 literature references considering this plant as host. No confirmed feeding or confirmed completion of life cycle.
 Considered a doubtful host here because the host status is not confirmed.</t>
@@ -109,56 +109,50 @@
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
-    <t>PHYPAE</t>
-[...4 lines deleted...]
-  <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* Avidov Z, Harpaz I (1969) Plant pests of Israel. Israel Universities Press, Jerusalem, Israel. 549 pp.</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>DIABVZ</t>
@@ -241,50 +235,60 @@
     <t>Potato virus Y tobacco veinal necrosis strain (as Solanum)</t>
   </si>
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t>* Abdurahman A, Parker ML, Kreuze J, Elphinstone JG, Struik PC, Kigundu A, Arengo E, Sharma K (2019) Molecular epidemiology of Ralstonia solanacearum Species Complex strains causing bacterial wilt of potato in Uganda. Phytopathology 109, 1922-1931</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>SYNCEN</t>
   </si>
@@ -850,183 +854,183 @@
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>14</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>42</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>14</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>14</v>
       </c>
       <c r="B18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C18" t="s">
+        <v>47</v>
+      </c>
+      <c r="D18" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>14</v>
       </c>
       <c r="B19" t="s">
         <v>48</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>14</v>
       </c>
       <c r="B20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D20" t="s">
         <v>52</v>
       </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>14</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>14</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>57</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>14</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>14</v>
       </c>
       <c r="B24" t="s">
         <v>60</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24"/>
     </row>
@@ -1078,215 +1082,217 @@
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>14</v>
       </c>
       <c r="B29" t="s">
         <v>70</v>
       </c>
       <c r="C29" t="s">
         <v>71</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>14</v>
       </c>
       <c r="B30" t="s">
         <v>72</v>
       </c>
       <c r="C30" t="s">
         <v>73</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>14</v>
       </c>
       <c r="B31" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C31" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D31" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>14</v>
       </c>
       <c r="B32" t="s">
+        <v>78</v>
+      </c>
+      <c r="C32" t="s">
+        <v>79</v>
+      </c>
+      <c r="D32" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>14</v>
       </c>
       <c r="B33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C33" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>14</v>
       </c>
       <c r="B34" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C34" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>14</v>
       </c>
       <c r="B35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C35" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D35" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>14</v>
       </c>
       <c r="B36" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C36" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B37" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C37" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B38" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B39" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C39" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D39" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B40" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C40" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B41" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C41" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C42" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D42" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B43" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C43" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D43"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>