--- v2 (2026-02-18)
+++ v3 (2026-03-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLIA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
     <t>Leucinodes orbonalis</t>
   </si>
   <si>
     <t>* Behera TK, Gyanendra S (2002) Studies on resistance to shoot and fruit borer (Leucinodes orbonalis) and interspecific hybridization in eggplant. Indian Journal of Horticulture 59, 62-66.
 ------- mentions 3 literature references considering this plant as host. No confirmed feeding or confirmed completion of life cycle.
 Considered a doubtful host here because the host status is not confirmed.</t>
@@ -147,50 +147,56 @@
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Solanum)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>LEUILA</t>
   </si>
   <si>
     <t>Leucinodes laisalis</t>
   </si>
   <si>
     <t>* Mally R, Korycinska A, Agassiz DJL, Hall J, Hodgetts J, Nuss M (2015) Discovery of an unknown diversity of Leucinodes species damaging Solanaceae fruits in sub-Saharan Africa and moving in trade (Insecta, Lepidoptera, Pyraloidea). ZooKeys 472, 117-162.</t>
   </si>
   <si>
     <t>LEUIUG</t>
   </si>
   <si>
     <t>Leucinodes ugandensis (as Solanum)</t>
   </si>
   <si>
     <t>CERTCY</t>
   </si>
   <si>
     <t>Neoceratitis cyanescens</t>
   </si>
   <si>
     <t xml:space="preserve">* Hassani IM, Delatte H, Ravaomanarivo LH, Nouhou S, Duyck PF (2022) Niche partitioning via host plants and altitude among fruit flies following the invasion of Bactrocera dorsalis. Agricultural and Forest Entomology. https://doi.org/10.1111/afe.12522
 </t>
@@ -686,51 +692,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D43"/>
+  <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="342.059" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -918,119 +924,119 @@
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>14</v>
       </c>
       <c r="B16" t="s">
         <v>41</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>14</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>14</v>
       </c>
       <c r="B18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C18" t="s">
         <v>46</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>14</v>
       </c>
       <c r="B19" t="s">
         <v>48</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>14</v>
       </c>
       <c r="B20" t="s">
+        <v>50</v>
+      </c>
+      <c r="C20" t="s">
         <v>51</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>52</v>
       </c>
-      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>14</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>14</v>
       </c>
       <c r="B22" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" t="s">
         <v>56</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>57</v>
       </c>
-      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>14</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>14</v>
       </c>
       <c r="B24" t="s">
         <v>60</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24"/>
     </row>
@@ -1082,219 +1088,231 @@
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>14</v>
       </c>
       <c r="B29" t="s">
         <v>70</v>
       </c>
       <c r="C29" t="s">
         <v>71</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>14</v>
       </c>
       <c r="B30" t="s">
         <v>72</v>
       </c>
       <c r="C30" t="s">
         <v>73</v>
       </c>
-      <c r="D30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>14</v>
       </c>
       <c r="B31" t="s">
+        <v>74</v>
+      </c>
+      <c r="C31" t="s">
         <v>75</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>14</v>
       </c>
       <c r="B32" t="s">
+        <v>77</v>
+      </c>
+      <c r="C32" t="s">
         <v>78</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>14</v>
       </c>
       <c r="B33" t="s">
         <v>80</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>14</v>
       </c>
       <c r="B34" t="s">
         <v>82</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>14</v>
       </c>
       <c r="B35" t="s">
         <v>84</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
-      <c r="D35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>14</v>
       </c>
       <c r="B36" t="s">
+        <v>86</v>
+      </c>
+      <c r="C36" t="s">
         <v>87</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>88</v>
       </c>
-      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>14</v>
+      </c>
+      <c r="B37" t="s">
         <v>89</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B38" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B39" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C39" t="s">
         <v>94</v>
       </c>
-      <c r="D39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B40" t="s">
+        <v>95</v>
+      </c>
+      <c r="C40" t="s">
         <v>96</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>97</v>
       </c>
-      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B41" t="s">
         <v>98</v>
       </c>
       <c r="C41" t="s">
         <v>99</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B42" t="s">
         <v>100</v>
       </c>
       <c r="C42" t="s">
         <v>101</v>
       </c>
-      <c r="D42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B43" t="s">
+        <v>102</v>
+      </c>
+      <c r="C43" t="s">
         <v>103</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>104</v>
       </c>
-      <c r="D43"/>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
+        <v>105</v>
+      </c>
+      <c r="C44" t="s">
+        <v>106</v>
+      </c>
+      <c r="D44"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>