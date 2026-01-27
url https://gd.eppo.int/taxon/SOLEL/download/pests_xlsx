--- v0 (2025-10-16)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLEL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CORBSE</t>
   </si>
   <si>
@@ -95,56 +95,50 @@
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii (as Solanum)</t>
   </si>
   <si>
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
-    <t>PHYPAE</t>
-[...4 lines deleted...]
-  <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* Nasca, AJ, Zamora JA, Vergara LE, Jaldo EH (1996) Hospederos de moscas de los frutos en el Valle de Antinaco-Los Colorados, provincia de La Rioja, República Argentina. Revista de Investigación - Centro de Investigaciones para la Regulación de Poblaciones de Organismos Nocivos 10(1-4), 19-24.</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>DIABUH</t>
@@ -380,103 +374,103 @@
   </si>
   <si>
     <t>* Graham HM, Hernandez Jr NS, Llanes JR (1972) The role of host plants in the dynamics of populations of Heliothis spp. Environmental Entomology 1(4), 424-431.</t>
   </si>
   <si>
     <t>GNORLY</t>
   </si>
   <si>
     <t>Keiferia lycopersicella</t>
   </si>
   <si>
     <t>*  Batiste WC, Olson WH (1973) Laboratory evaluations of some solanaceous plants as possible hosts for tomato pinworm. Journal of Economic Entomology 66(1), 110-111.
 ------- Experiments: adults could develop and emerge from this plant.</t>
   </si>
   <si>
     <t>LPTNDE</t>
   </si>
   <si>
     <t>Leptinotarsa decemlineata</t>
   </si>
   <si>
     <t>* Harrison GD (1987) Host-plant discrimination and evolution of feeding preference in the Colorado potato beetle Leptinotarsa decemlineata. Physiological Entomology 12(4), 407-415. 
 * Hsiao TH (1982) Geographic variation and host plant adaptation of the Colorado potato beetle. In Proceedings of the 5th International Symposium on Insect-Plant Relationships, pp. 315-324.</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
     <t>PHTOOP</t>
   </si>
   <si>
     <t>Phthorimaea operculella</t>
   </si>
   <si>
     <t>* Rondon SI, Gao Y (2018) The journey of the potato tuberworm around the world. In Perveen K (ed) Moths: Pests of potato, maize and sugar beet. IntechOpen, 17-52. http://dx.doi.org/10.5772/intechopen.81934</t>
   </si>
   <si>
     <t>PYV000</t>
   </si>
   <si>
     <t>Potato yellowing virus (as Solanum)</t>
   </si>
   <si>
     <t>PRODPR</t>
   </si>
   <si>
     <t>Spodoptera praefica (as Solanum)</t>
   </si>
   <si>
     <t>* British Columbia Ministry of Agriculture. Western yellowstriped armyworm (Spodoptera praefica). https://rdno.civicweb.net/document/127358/western-yellowstriped-armyworm.pdf?handle=3CD053B4F8D54F9CBB93F8D6D5572C27</t>
   </si>
   <si>
     <t>TETREV</t>
   </si>
   <si>
     <t>Tetranychus evansi</t>
   </si>
   <si>
     <t>* Guanilo AD, de Moraes G, Toledo S, Knapp M (2010) New records of Tetranychus evansi and associated natural enemies in northern Argentina. Systematic &amp; Applied Acarology 15, 3-20.</t>
   </si>
   <si>
     <t>THPHSO</t>
   </si>
   <si>
     <t>Thecaphora solani (as Solanum)</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t>* Salem NM, Abumuslem M, Turina M, Samarah N, Sulaiman A, Abu-Irmaileh B, Ata Y (2022) New weed hosts for tomato brown rugose fruit virus in wild Mediterranean vegetation. Plants 11, 2287. https://doi.org/10.3390/plants11172287
 -------- Confirmed host.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Tuta absoluta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -780,51 +774,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D54"/>
+  <dimension ref="A1:D53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="360.912" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -934,197 +928,197 @@
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>26</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>41</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>42</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>49</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" t="s">
         <v>50</v>
       </c>
       <c r="C20" t="s">
         <v>51</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>16</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>16</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>57</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>16</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24" t="s">
         <v>60</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24"/>
     </row>
@@ -1204,343 +1198,331 @@
       <c r="A31" t="s">
         <v>16</v>
       </c>
       <c r="B31" t="s">
         <v>74</v>
       </c>
       <c r="C31" t="s">
         <v>75</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>16</v>
       </c>
       <c r="B32" t="s">
         <v>76</v>
       </c>
       <c r="C32" t="s">
         <v>77</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>16</v>
+        <v>78</v>
       </c>
       <c r="B33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C33" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>80</v>
+      </c>
+      <c r="D33" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B34" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C34" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D34" t="s">
         <v>83</v>
       </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B35" t="s">
+        <v>82</v>
+      </c>
+      <c r="C35" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B36" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="C36" t="s">
+        <v>85</v>
+      </c>
+      <c r="D36" t="s">
         <v>86</v>
       </c>
-      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
       <c r="C37" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D37" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B38" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C38" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B39" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C39" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D39" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B40" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C40" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D40" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B41" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C41" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D41" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B42" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C42" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D42" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B43" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C43" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D43" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B44" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C44" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D44" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B45" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C45" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D45" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B46" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C46" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D46" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B47" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C47" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="D47" t="s">
         <v>118</v>
       </c>
+      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B48" t="s">
         <v>119</v>
       </c>
       <c r="C48" t="s">
         <v>120</v>
       </c>
       <c r="D48" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B49" t="s">
         <v>122</v>
       </c>
       <c r="C49" t="s">
         <v>123</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B50" t="s">
         <v>124</v>
       </c>
       <c r="C50" t="s">
         <v>125</v>
       </c>
       <c r="D50" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B51" t="s">
         <v>127</v>
       </c>
       <c r="C51" t="s">
         <v>128</v>
       </c>
       <c r="D51" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B52" t="s">
         <v>130</v>
       </c>
       <c r="C52" t="s">
         <v>131</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B53" t="s">
         <v>132</v>
       </c>
       <c r="C53" t="s">
         <v>133</v>
       </c>
       <c r="D53" t="s">
         <v>134</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D54"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>