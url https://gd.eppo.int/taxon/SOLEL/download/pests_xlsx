--- v1 (2026-01-27)
+++ v2 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLEL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CORBSE</t>
   </si>
   <si>
@@ -233,50 +233,60 @@
     <t>Potato virus Y tobacco veinal necrosis strain (as Solanum)</t>
   </si>
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>SYNCEN</t>
   </si>
   <si>
     <t>Synchytrium endobioticum (as Solanum)</t>
   </si>
   <si>
     <t>DUMV00</t>
   </si>
   <si>
     <t>Tymovirus dulcamarae (as Solanum)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
@@ -774,51 +784,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D53"/>
+  <dimension ref="A1:D54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="360.912" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1170,358 +1180,372 @@
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>16</v>
       </c>
       <c r="B29" t="s">
         <v>70</v>
       </c>
       <c r="C29" t="s">
         <v>71</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>16</v>
       </c>
       <c r="B30" t="s">
         <v>72</v>
       </c>
       <c r="C30" t="s">
         <v>73</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>16</v>
       </c>
       <c r="B31" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C31" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>16</v>
       </c>
       <c r="B32" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C32" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>78</v>
+        <v>16</v>
       </c>
       <c r="B33" t="s">
         <v>79</v>
       </c>
       <c r="C33" t="s">
         <v>80</v>
       </c>
-      <c r="D33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B34" t="s">
         <v>82</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>84</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B35" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C35" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B36" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="C36" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B37" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
       <c r="C37" t="s">
         <v>88</v>
       </c>
       <c r="D37" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B38" t="s">
         <v>90</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
       <c r="D38" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>93</v>
       </c>
       <c r="C39" t="s">
         <v>94</v>
       </c>
       <c r="D39" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B40" t="s">
         <v>96</v>
       </c>
       <c r="C40" t="s">
         <v>97</v>
       </c>
       <c r="D40" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B41" t="s">
         <v>99</v>
       </c>
       <c r="C41" t="s">
         <v>100</v>
       </c>
       <c r="D41" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B42" t="s">
         <v>102</v>
       </c>
       <c r="C42" t="s">
         <v>103</v>
       </c>
       <c r="D42" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B43" t="s">
         <v>105</v>
       </c>
       <c r="C43" t="s">
         <v>106</v>
       </c>
       <c r="D43" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B44" t="s">
         <v>108</v>
       </c>
       <c r="C44" t="s">
         <v>109</v>
       </c>
       <c r="D44" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B45" t="s">
         <v>111</v>
       </c>
       <c r="C45" t="s">
         <v>112</v>
       </c>
       <c r="D45" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B46" t="s">
         <v>114</v>
       </c>
       <c r="C46" t="s">
         <v>115</v>
       </c>
       <c r="D46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B47" t="s">
         <v>117</v>
       </c>
       <c r="C47" t="s">
         <v>118</v>
       </c>
-      <c r="D47"/>
+      <c r="D47" t="s">
+        <v>119</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B48" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C48" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D48" t="s">
         <v>121</v>
       </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B49" t="s">
         <v>122</v>
       </c>
       <c r="C49" t="s">
         <v>123</v>
       </c>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>124</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B50" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C50" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="D50" t="s">
         <v>126</v>
       </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B51" t="s">
         <v>127</v>
       </c>
       <c r="C51" t="s">
         <v>128</v>
       </c>
       <c r="D51" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B52" t="s">
         <v>130</v>
       </c>
       <c r="C52" t="s">
         <v>131</v>
       </c>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B53" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C53" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="D53" t="s">
         <v>134</v>
+      </c>
+      <c r="D53"/>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>81</v>
+      </c>
+      <c r="B54" t="s">
+        <v>135</v>
+      </c>
+      <c r="C54" t="s">
+        <v>136</v>
+      </c>
+      <c r="D54" t="s">
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">