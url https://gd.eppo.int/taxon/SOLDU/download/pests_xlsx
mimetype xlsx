--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -12,178 +12,172 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLDU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
     <t>Clavibacter michiganensis</t>
   </si>
   <si>
     <t>* Thyr BD, Samuel MJ, Brown PG (1975) New solanaceous host records for Corynebacterium michiganensis. Plant Disease Reporter 59, 595-598.
 ------- Causing cotyledonary spots and vascular infections.</t>
   </si>
   <si>
     <t>CBCVD0</t>
   </si>
   <si>
     <t>Cocadviroid rimocitri</t>
   </si>
   <si>
     <t>* Radišek S, Guček T, Leskošek G, Benko Beloglavec A, Jakše J &amp; Javornik B (2017) Huda viroidna zakrnelost hmelja/Severe hop stunt disease. Žalec: Inštitut za hmeljarstvo in pivovarstvo Slovenije, Žalec (SI), ISBN 978-961-93322-2-1. http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Bawin T, Dujeu D, De Backer L, Fauconnier ML, Lognay G, Delaplace P, Francis F, Verheggen FJ (2015) Could alternative solanaceous hosts act as refuges for the tomato leafminer, Tuta absoluta? Arthropod-plant interactions 9, 425-435.</t>
+  </si>
+  <si>
     <t>PSTVD0</t>
   </si>
   <si>
     <t>Pospiviroid fusituberis</t>
   </si>
   <si>
     <t>* Singh RP (1973) Experimental host range of the potato spindle tuber 'virus'. American Potato Journal 50, 111-123.
 ------- As Solanum depilatum Kitag.</t>
   </si>
   <si>
     <t>Pospiviroid fusituberis (as Solanum)</t>
   </si>
   <si>
     <t>* Singh RP (1973) Experimental host range of the potato spindle tuber 'virus'. American Potato Journal 50, 111-123.
 ------- At least 51 species, absence of symptoms (except for Solanum depilatum and S. lycopersicum)</t>
   </si>
   <si>
     <t>SYNCEN</t>
   </si>
   <si>
     <t>Synchytrium endobioticum</t>
   </si>
   <si>
     <t xml:space="preserve">* Langerfeld E (1984) [Comprehensive literature survey of the causal agent of potato wart]. Mitteilungen aus der Biologischen Bundesanstalt für Land- und Forstwirtschaft Berlin-Dahlem No. 219.
 </t>
   </si>
   <si>
-    <t>GNORAB</t>
-[...7 lines deleted...]
-  <si>
     <t>APLV00</t>
   </si>
   <si>
     <t>Tymovirus latandigenum</t>
   </si>
   <si>
     <t>* García W, Gandarillas A (1992) Incidencia virotica en campos de tubérculo-semilla de papa en certificación y campos comerciales [Virus incidence in potato tuber-seed fields in certification and commercial fields]. Revista de Agricultura. Facultad de Ciencias Agrícolas y Pecuarias, Universidad Mayor de San Simón. Cochabamba, Bolivia 21, 29–33.</t>
   </si>
   <si>
     <t>APMMV0</t>
   </si>
   <si>
     <t>Tymovirus mosandigenum</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii (as Solanum)</t>
   </si>
   <si>
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
-  </si>
-[...4 lines deleted...]
-    <t>'Candidatus Phytoplasma americanum' (as Solanum)</t>
   </si>
   <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Solanum)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
@@ -779,51 +773,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D55"/>
+  <dimension ref="A1:D54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -866,65 +860,65 @@
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
@@ -998,160 +992,160 @@
       <c r="B14" t="s">
         <v>37</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15" t="s">
         <v>39</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="B16" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>29</v>
       </c>
       <c r="B17" t="s">
-        <v>5</v>
+        <v>42</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>29</v>
       </c>
       <c r="B18" t="s">
         <v>44</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>29</v>
       </c>
       <c r="B19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>48</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>29</v>
       </c>
       <c r="B20" t="s">
         <v>49</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>29</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>53</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>29</v>
       </c>
       <c r="B22" t="s">
         <v>54</v>
       </c>
       <c r="C22" t="s">
         <v>55</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>29</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>29</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>61</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>29</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26" t="s">
         <v>64</v>
       </c>
       <c r="C26" t="s">
         <v>65</v>
       </c>
       <c r="D26"/>
     </row>
@@ -1215,343 +1209,331 @@
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>29</v>
       </c>
       <c r="B32" t="s">
         <v>76</v>
       </c>
       <c r="C32" t="s">
         <v>77</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>29</v>
       </c>
       <c r="B33" t="s">
         <v>78</v>
       </c>
       <c r="C33" t="s">
         <v>79</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>29</v>
       </c>
       <c r="B34" t="s">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="C34" t="s">
         <v>81</v>
       </c>
-      <c r="D34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>29</v>
       </c>
       <c r="B35" t="s">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="C35" t="s">
         <v>83</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="B36" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C36" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B37" t="s">
+        <v>85</v>
+      </c>
+      <c r="C37" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B38" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="C38" t="s">
+        <v>88</v>
+      </c>
+      <c r="D38" t="s">
         <v>89</v>
       </c>
-      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B39" t="s">
-        <v>32</v>
+        <v>90</v>
       </c>
       <c r="C39" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D39" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C40" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D40" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B41" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C41" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D41" t="s">
         <v>97</v>
       </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>98</v>
       </c>
       <c r="C42" t="s">
         <v>99</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B43" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C43" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D43" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B44" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C44" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D44" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B45" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C45" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D45" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B46" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C46" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D46" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B47" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C47" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D47" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B48" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C48" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="D48" t="s">
         <v>117</v>
       </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B49" t="s">
         <v>118</v>
       </c>
       <c r="C49" t="s">
         <v>119</v>
       </c>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B50" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C50" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D50" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B51" t="s">
+        <v>124</v>
+      </c>
+      <c r="C51" t="s">
+        <v>125</v>
+      </c>
+      <c r="D51" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B52" t="s">
         <v>126</v>
       </c>
       <c r="C52" t="s">
         <v>127</v>
       </c>
       <c r="D52" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B53" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C53" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D53" t="s">
         <v>130</v>
       </c>
+      <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B54" t="s">
+        <v>82</v>
+      </c>
+      <c r="C54" t="s">
         <v>131</v>
       </c>
-      <c r="C54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54"/>
-    </row>
-[...10 lines deleted...]
-      <c r="D55"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>