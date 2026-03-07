--- v1 (2026-02-14)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLDU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
@@ -247,50 +247,60 @@
     <t>Potato virus Y tobacco veinal necrosis strain (as Solanum)</t>
   </si>
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>Synchytrium endobioticum (as Solanum)</t>
   </si>
   <si>
     <t>DUMV00</t>
   </si>
   <si>
     <t>Tymovirus dulcamarae (as Solanum)</t>
   </si>
@@ -773,51 +783,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D54"/>
+  <dimension ref="A1:D55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1197,343 +1207,357 @@
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>29</v>
       </c>
       <c r="B31" t="s">
         <v>74</v>
       </c>
       <c r="C31" t="s">
         <v>75</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>29</v>
       </c>
       <c r="B32" t="s">
         <v>76</v>
       </c>
       <c r="C32" t="s">
         <v>77</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>29</v>
       </c>
       <c r="B33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C33" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>80</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>29</v>
       </c>
       <c r="B34" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="C34" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D34"/>
+        <v>82</v>
+      </c>
+      <c r="D34" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>29</v>
       </c>
       <c r="B35" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="C35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>84</v>
+        <v>29</v>
       </c>
       <c r="B36" t="s">
         <v>85</v>
       </c>
       <c r="C36" t="s">
         <v>86</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B37" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C37" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B38" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
       <c r="C38" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B39" t="s">
-        <v>90</v>
+        <v>32</v>
       </c>
       <c r="C39" t="s">
         <v>91</v>
       </c>
       <c r="D39" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B40" t="s">
         <v>93</v>
       </c>
       <c r="C40" t="s">
         <v>94</v>
       </c>
       <c r="D40" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B41" t="s">
         <v>96</v>
       </c>
       <c r="C41" t="s">
         <v>97</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B42" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C42" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>100</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B43" t="s">
         <v>101</v>
       </c>
       <c r="C43" t="s">
         <v>102</v>
       </c>
       <c r="D43" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B44" t="s">
         <v>104</v>
       </c>
       <c r="C44" t="s">
         <v>105</v>
       </c>
       <c r="D44" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B45" t="s">
         <v>107</v>
       </c>
       <c r="C45" t="s">
         <v>108</v>
       </c>
       <c r="D45" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B46" t="s">
         <v>110</v>
       </c>
       <c r="C46" t="s">
         <v>111</v>
       </c>
       <c r="D46" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B47" t="s">
         <v>113</v>
       </c>
       <c r="C47" t="s">
         <v>114</v>
       </c>
       <c r="D47" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B48" t="s">
         <v>116</v>
       </c>
       <c r="C48" t="s">
         <v>117</v>
       </c>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B49" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C49" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="D49" t="s">
         <v>120</v>
       </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B50" t="s">
         <v>121</v>
       </c>
       <c r="C50" t="s">
         <v>122</v>
       </c>
       <c r="D50" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B51" t="s">
         <v>124</v>
       </c>
       <c r="C51" t="s">
         <v>125</v>
       </c>
       <c r="D51" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B52" t="s">
+        <v>127</v>
+      </c>
+      <c r="C52" t="s">
+        <v>128</v>
+      </c>
+      <c r="D52" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B53" t="s">
         <v>129</v>
       </c>
       <c r="C53" t="s">
         <v>130</v>
       </c>
-      <c r="D53"/>
+      <c r="D53" t="s">
+        <v>131</v>
+      </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B54" t="s">
-        <v>82</v>
+        <v>132</v>
       </c>
       <c r="C54" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D54"/>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>87</v>
+      </c>
+      <c r="B55" t="s">
+        <v>85</v>
+      </c>
+      <c r="C55" t="s">
+        <v>134</v>
+      </c>
+      <c r="D55"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>