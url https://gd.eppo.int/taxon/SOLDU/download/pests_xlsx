--- v2 (2026-03-07)
+++ v3 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLDU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
@@ -165,50 +165,56 @@
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Solanum)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>LEUIUG</t>
   </si>
   <si>
     <t>Leucinodes ugandensis (as Solanum)</t>
   </si>
   <si>
     <t>* Mally R, Korycinska A, Agassiz DJL, Hall J, Hodgetts J, Nuss M (2015) Discovery of an unknown diversity of Leucinodes species damaging Solanaceae fruits in sub-Saharan Africa and moving in trade (Insecta, Lepidoptera, Pyraloidea). ZooKeys 472, 117-162.</t>
   </si>
   <si>
     <t>TBRV00</t>
   </si>
   <si>
     <t>Nepovirus nigranuli (as Solanum)</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
@@ -783,51 +789,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D55"/>
+  <dimension ref="A1:D56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1057,105 +1063,105 @@
         <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>29</v>
       </c>
       <c r="B19" t="s">
         <v>47</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>29</v>
       </c>
       <c r="B20" t="s">
         <v>49</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>29</v>
       </c>
       <c r="B21" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" t="s">
         <v>52</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>53</v>
       </c>
-      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>29</v>
       </c>
       <c r="B22" t="s">
         <v>54</v>
       </c>
       <c r="C22" t="s">
         <v>55</v>
       </c>
-      <c r="D22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>29</v>
       </c>
       <c r="B23" t="s">
+        <v>56</v>
+      </c>
+      <c r="C23" t="s">
         <v>57</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>29</v>
       </c>
       <c r="B24" t="s">
+        <v>59</v>
+      </c>
+      <c r="C24" t="s">
         <v>60</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>61</v>
       </c>
-      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>29</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26" t="s">
         <v>64</v>
       </c>
       <c r="C26" t="s">
         <v>65</v>
       </c>
       <c r="D26"/>
     </row>
@@ -1207,357 +1213,369 @@
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>29</v>
       </c>
       <c r="B31" t="s">
         <v>74</v>
       </c>
       <c r="C31" t="s">
         <v>75</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>29</v>
       </c>
       <c r="B32" t="s">
         <v>76</v>
       </c>
       <c r="C32" t="s">
         <v>77</v>
       </c>
-      <c r="D32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>29</v>
       </c>
       <c r="B33" t="s">
+        <v>78</v>
+      </c>
+      <c r="C33" t="s">
         <v>79</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>80</v>
       </c>
-      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>29</v>
       </c>
       <c r="B34" t="s">
         <v>81</v>
       </c>
       <c r="C34" t="s">
         <v>82</v>
       </c>
-      <c r="D34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>29</v>
       </c>
       <c r="B35" t="s">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="C35" t="s">
         <v>84</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>29</v>
       </c>
       <c r="B36" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="C36" t="s">
         <v>86</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>29</v>
+      </c>
+      <c r="B37" t="s">
         <v>87</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B38" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C38" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B39" t="s">
-        <v>32</v>
+        <v>90</v>
       </c>
       <c r="C39" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D39" t="s">
         <v>92</v>
       </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B40" t="s">
+        <v>32</v>
+      </c>
+      <c r="C40" t="s">
         <v>93</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B41" t="s">
+        <v>95</v>
+      </c>
+      <c r="C41" t="s">
         <v>96</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B42" t="s">
+        <v>98</v>
+      </c>
+      <c r="C42" t="s">
         <v>99</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>100</v>
       </c>
-      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>101</v>
       </c>
       <c r="C43" t="s">
         <v>102</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B44" t="s">
+        <v>103</v>
+      </c>
+      <c r="C44" t="s">
         <v>104</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B45" t="s">
+        <v>106</v>
+      </c>
+      <c r="C45" t="s">
         <v>107</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B46" t="s">
+        <v>109</v>
+      </c>
+      <c r="C46" t="s">
         <v>110</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B47" t="s">
+        <v>112</v>
+      </c>
+      <c r="C47" t="s">
         <v>113</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B48" t="s">
+        <v>115</v>
+      </c>
+      <c r="C48" t="s">
         <v>116</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B49" t="s">
+        <v>118</v>
+      </c>
+      <c r="C49" t="s">
         <v>119</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>120</v>
       </c>
-      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B50" t="s">
         <v>121</v>
       </c>
       <c r="C50" t="s">
         <v>122</v>
       </c>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B51" t="s">
+        <v>123</v>
+      </c>
+      <c r="C51" t="s">
         <v>124</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B52" t="s">
+        <v>126</v>
+      </c>
+      <c r="C52" t="s">
         <v>127</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B53" t="s">
         <v>129</v>
       </c>
       <c r="C53" t="s">
         <v>130</v>
       </c>
       <c r="D53" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B54" t="s">
+        <v>131</v>
+      </c>
+      <c r="C54" t="s">
         <v>132</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>133</v>
       </c>
-      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>89</v>
+      </c>
+      <c r="B55" t="s">
+        <v>134</v>
+      </c>
+      <c r="C55" t="s">
+        <v>135</v>
+      </c>
+      <c r="D55"/>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>89</v>
+      </c>
+      <c r="B56" t="s">
         <v>87</v>
       </c>
-      <c r="B55" t="s">
-[...5 lines deleted...]
-      <c r="D55"/>
+      <c r="C56" t="s">
+        <v>136</v>
+      </c>
+      <c r="D56"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>