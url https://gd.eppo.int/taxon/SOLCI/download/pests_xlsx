--- v0 (2025-10-19)
+++ v1 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLCI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
@@ -95,56 +95,50 @@
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
   </si>
   <si>
     <t>AONMAL</t>
   </si>
   <si>
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Liquido NJ, Harris EJ, Dekker LA (1994) Ecology of Bactrocera latifrons (Diptera: Tephritidae) populations: Host plants, natural enemies, distribution, and abundance. Annals of the Entomological Society of America 87(1), 71-84.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
-    <t>PHYPAE</t>
-[...4 lines deleted...]
-  <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Solanum)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
@@ -212,50 +206,60 @@
     <t>Potato virus Y tobacco veinal necrosis strain (as Solanum)</t>
   </si>
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t>* Mahmud M (1986) Bacterial wilt in Indonesia. In: Perskley GI (ed.) Bacterial Wilt disease in Asia and the South Pacific: Proceedings of an international workshop held at PCARRD, Los Banos. Philippines, 8-IO October 1985, ACIAR Proceedings No. 13, 30-34.
 ------- as Solanum khasianum.</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>SYNCEN</t>
@@ -794,160 +798,160 @@
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
         <v>26</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
+        <v>5</v>
+      </c>
+      <c r="C11" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
         <v>35</v>
       </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>36</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>13</v>
       </c>
       <c r="B16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>40</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
         <v>41</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>13</v>
       </c>
       <c r="B18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>13</v>
       </c>
       <c r="B19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>48</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20" t="s">
         <v>49</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>13</v>
       </c>
       <c r="B21" t="s">
         <v>51</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21"/>
     </row>
@@ -999,204 +1003,206 @@
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
         <v>61</v>
       </c>
       <c r="C26" t="s">
         <v>62</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
         <v>63</v>
       </c>
       <c r="C27" t="s">
         <v>64</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>13</v>
       </c>
       <c r="B28" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C28" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D28" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>13</v>
       </c>
       <c r="B29" t="s">
+        <v>69</v>
+      </c>
+      <c r="C29" t="s">
+        <v>70</v>
+      </c>
+      <c r="D29" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>13</v>
       </c>
       <c r="B30" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C30" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>13</v>
       </c>
       <c r="B31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>13</v>
       </c>
       <c r="B32" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D32" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>13</v>
       </c>
       <c r="B33" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B34" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C34" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B35" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C35" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B36" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C36" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B37" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C37" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D37" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C38" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B39" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C39" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D39" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">