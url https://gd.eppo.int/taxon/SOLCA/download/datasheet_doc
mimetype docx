--- v0 (2025-11-04)
+++ v1 (2025-11-26)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Raf.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Carolina horse nettle, bull nettle, horse nettle (US), sand brier</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1151690a72d884df3" w:history="1">
+            <w:hyperlink r:id="rId4750692643fcf3c02" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3174690a72d884e39" w:history="1">
+            <w:hyperlink r:id="rId4510692643fcf3c48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SOLCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91375474" name="name5467690a72d8855c6" descr="3245.jpg"/>
+                  <wp:docPr id="74908640" name="name4956692643fd00226" descr="3245.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3245.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9075690a72d8855c4" cstate="print"/>
+                          <a:blip r:embed="rId7486692643fd00224" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5512690a72d8856ce" w:history="1">
+            <w:hyperlink r:id="rId4775692643fd0034f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -586,51 +586,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2015) pointed out that the native range prior to European settlement could not be determined with full certainty. In their study, they interfered its native distribution based on herbarium specimens and stated that its distribution ‘… extends from central Florida north to New York and Massachusetts and west to Texas, Oklahoma, Kansas, and Nebraska to about the 97th meridian west’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The occurrence of the species in Mexico, Haiti and in South America is not entirely conclusive. Websites such as </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8759690a72d885853" w:history="1">
+      <w:hyperlink r:id="rId5112692643fd004e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">inaturalist.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and databases (CABI, 2021; GBIF, 2021; USDA GRIN, 2021) list findings of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -742,63 +742,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first introduced into the EPPO region presumably in the second half of the 20th century. Early records were of small, transient populations scattered across the EPPO region (e.g. in Belgium, Croatia, Georgia, the Netherlands, and Norway).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16936806" name="name6105690a72d88680b" descr="SOLCA_distribution_map.jpg"/>
+            <wp:docPr id="45536538" name="name1225692643fd01a9f" descr="SOLCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SOLCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2540690a72d886808" cstate="print"/>
+                    <a:blip r:embed="rId9911692643fd01a9c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5996,72 +5996,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed under ‘Primary Noxious Weed Seeds’ under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5776690a72d888f01" w:history="1">
+      <w:hyperlink r:id="rId6989692643fd04288" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp-pr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6401690a72d888f26" w:history="1">
+      <w:hyperlink r:id="rId7536692643fd042ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">p2/2016/2016-05-18/html/sor-dors93-eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6076,72 +6076,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S . carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is declared as a ‘noxious weed’ in Alaska, Michigan, Maryland, Iowa and Nevada (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2176690a72d888f85" w:history="1">
+      <w:hyperlink r:id="rId7150692643fd0430b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1678690a72d888fa4" w:history="1">
+      <w:hyperlink r:id="rId9639692643fd0432a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.invasive.org/browse/subinfo.cfm?sub=6440</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6156,72 +6156,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In New Zealand, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has the status of a ‘Quarantine pest’ (Official New Zealand Pest Register: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1457690a72d889003" w:history="1">
+      <w:hyperlink r:id="rId4010692643fd04387" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestregister.mpi.govt.nz/PestsRegister/Impor</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8679690a72d889023" w:history="1">
+      <w:hyperlink r:id="rId9096692643fd043a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">tCommodity/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6436,72 +6436,72 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (1896) Two hundred weeds: How to know them and how to kill them. Yearbook of the United States Department of Agriculture 1895, pp. 592–611. Washington DC, Government Printing Office, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9768690a72d8891bd" w:history="1">
+      <w:hyperlink r:id="rId3921692643fd04544" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wssa.net/wp-content/uploads/antique/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7016690a72d8891dd" w:history="1">
+      <w:hyperlink r:id="rId5399692643fd04566" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA%20yearbook%201895.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7109,51 +7109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(horsenettle). Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3663690a72d8895f8" w:history="1">
+      <w:hyperlink r:id="rId2871692643fd04acb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/50510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 30 November 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7383,51 +7383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FLORON Verspreidingsatlas Vaatplanten (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8969690a72d8897be" w:history="1">
+      <w:hyperlink r:id="rId6535692643fd04c88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.verspreidingsatlas.nl/5540#</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7600,51 +7600,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. Global Biodiversity Information Facility. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9345690a72d889911" w:history="1">
+      <w:hyperlink r:id="rId3356692643fd04df0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gbif.org/species/2932011</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 27 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8109,51 +8109,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ikeda M, Nishi T, Asai M, Muranaka T, Konuma A, Tominaga T, Shimono Y (2022) The role of weed seed contamination in grain commodities as propagule pressure. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Invasions. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4751690a72d889c57" w:history="1">
+      <w:hyperlink r:id="rId7484692643fd05297" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02741-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8384,72 +8384,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Solanaceae) under field conditions and implications for mating system evolution. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6(12), e28459. doi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3130690a72d889e15" w:history="1">
+      <w:hyperlink r:id="rId5603692643fd0545a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1371/journal.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6411690a72d889e34" w:history="1">
+      <w:hyperlink r:id="rId1049692643fd0547a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">pone.0028459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8484,72 +8484,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L.) in North Rhine- Westphalia. Julius-Kühn-Archiv, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601–604, DOI: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5794690a72d889eb0" w:history="1">
+      <w:hyperlink r:id="rId8494692643fd054f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.5073/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5602690a72d889ece" w:history="1">
+      <w:hyperlink r:id="rId1156692643fd05516" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">jka.2012.434.077</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10021,72 +10021,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 412–418.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stehmann JR, Mentz LA, Agra MF, Vignoli-Silva M, Giacomin L, Rodrigues IMC (2013) Solanaceae in Lista de Espécies da Flora do Brasil. Jardim Botânico do Rio de Janeiro, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2358690a72d88a868" w:history="1">
+      <w:hyperlink r:id="rId5498692643fd05ee5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floradobra</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3703690a72d88a889" w:history="1">
+      <w:hyperlink r:id="rId5101692643fd05f06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">sil.jbrj.gov.br/jabot/floradobrasil/FB127331</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10502,72 +10502,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, GRIN (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. National Germplasm Resources Laboratory, Beltsville, Maryland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3816690a72d88ac15" w:history="1">
+      <w:hyperlink r:id="rId2531692643fd061ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsw</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9281690a72d88ac35" w:history="1">
+      <w:hyperlink r:id="rId9046692643fd0620f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">eb.ars-grin.gov/gring lobal/taxon/taxonomydetail?id=100938</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 5 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10582,162 +10582,162 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. PLANTS Database.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5565690a72d88ac95" w:history="1">
+      <w:hyperlink r:id="rId2017692643fd0626e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.sc.egov.usda.gov/home</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 27 October 2021. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Wychen L (2015) 2015 Baseline Survey of the Most Common and Troublesome Weeds in the United States and Canada. Weed Science Society of America National Weed Survey Dataset. Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4209690a72d88acd5" w:history="1">
+      <w:hyperlink r:id="rId6255692643fd062ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-content/uploads/2015-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId4374690a72d88ace9" w:history="1">
+      <w:hyperlink r:id="rId7779692643fd062c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Weed-Survey_Baseline.xlsx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Wychen L (2020) 2020 Survey of the Most Common and Troublesome Weeds in Grass Crops, Pasture and Turf in the United States and Canada. Weed Science Society of America National Weed Survey Dataset. Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4955690a72d88ad26" w:history="1">
+      <w:hyperlink r:id="rId7105692643fd06300" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7232690a72d88ad45" w:history="1">
+      <w:hyperlink r:id="rId3344692643fd0631f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">content/uploads/2020-Weed-Survey_Grass-crops.xlsx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10752,51 +10752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VASCAN (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. Database of Vascular Plants of Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4194690a72d88ada0" w:history="1">
+      <w:hyperlink r:id="rId4806692643fd0637b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://data.canadensys.net/vascan/search</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 5 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10982,72 +10982,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Botany </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 853–887. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1897690a72d88af08" w:history="1">
+      <w:hyperlink r:id="rId3382692643fd064e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1600/03636</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7108690a72d88af27" w:history="1">
+      <w:hyperlink r:id="rId5033692643fd06501" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">4415X689302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11605,51 +11605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1666690a72d88b2e7" w:history="1">
+      <w:hyperlink r:id="rId3887692643fd068d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11734,51 +11734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-107.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3158690a72d88b3b7" w:history="1">
+      <w:hyperlink r:id="rId3472692643fd069a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12894</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11874,137 +11874,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15927545">
+  <w:abstractNum w:abstractNumId="87381574">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51512953">
+    <w:lvl w:ilvl="0" w:tplc="75582421">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51512953" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75582421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51512953" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75582421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51512953" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75582421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51512953" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75582421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51512953" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75582421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51512953" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75582421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51512953" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75582421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51512953" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75582421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15927544">
+  <w:abstractNum w:abstractNumId="87381573">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75440127">
+    <w:lvl w:ilvl="0" w:tplc="56989364">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12756,55 +12756,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15927544">
-    <w:abstractNumId w:val="15927544"/>
+  <w:num w:numId="87381573">
+    <w:abstractNumId w:val="87381573"/>
   </w:num>
-  <w:num w:numId="15927545">
-    <w:abstractNumId w:val="15927545"/>
+  <w:num w:numId="87381574">
+    <w:abstractNumId w:val="87381574"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24354,51 +24354,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId714383192" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId320986127" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1151690a72d884df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/" TargetMode="External"/><Relationship Id="rId3174690a72d884e39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/categorization" TargetMode="External"/><Relationship Id="rId5512690a72d8856ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/photos" TargetMode="External"/><Relationship Id="rId8759690a72d885853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inaturalist.org/" TargetMode="External"/><Relationship Id="rId5776690a72d888f01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId6401690a72d888f26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId2176690a72d888f85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId1678690a72d888fa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId1457690a72d889003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId8679690a72d889023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId9768690a72d8891bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId7016690a72d8891dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId3663690a72d8895f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/50510" TargetMode="External"/><Relationship Id="rId8969690a72d8897be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verspreidingsatlas.nl/5540%0023" TargetMode="External"/><Relationship Id="rId9345690a72d889911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2932011" TargetMode="External"/><Relationship Id="rId4751690a72d889c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02741-6" TargetMode="External"/><Relationship Id="rId3130690a72d889e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId6411690a72d889e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId5794690a72d889eb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId5602690a72d889ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId2358690a72d88a868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId3703690a72d88a889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId3816690a72d88ac15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId9281690a72d88ac35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId5565690a72d88ac95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/home" TargetMode="External"/><Relationship Id="rId4209690a72d88acd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId4374690a72d88ace9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId4955690a72d88ad26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId7232690a72d88ad45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId4194690a72d88ada0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.canadensys.net/vascan/search" TargetMode="External"/><Relationship Id="rId1897690a72d88af08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId7108690a72d88af27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId1666690a72d88b2e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3158690a72d88b3b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12894" TargetMode="External"/><Relationship Id="rId9075690a72d8855c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9075690a72d8855c4.jpg"/><Relationship Id="rId2540690a72d886808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2540690a72d886808.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId694577549" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId574705440" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4750692643fcf3c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/" TargetMode="External"/><Relationship Id="rId4510692643fcf3c48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/categorization" TargetMode="External"/><Relationship Id="rId4775692643fd0034f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/photos" TargetMode="External"/><Relationship Id="rId5112692643fd004e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inaturalist.org/" TargetMode="External"/><Relationship Id="rId6989692643fd04288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId7536692643fd042ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId7150692643fd0430b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId9639692643fd0432a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId4010692643fd04387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId9096692643fd043a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId3921692643fd04544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId5399692643fd04566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId2871692643fd04acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/50510" TargetMode="External"/><Relationship Id="rId6535692643fd04c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verspreidingsatlas.nl/5540%0023" TargetMode="External"/><Relationship Id="rId3356692643fd04df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2932011" TargetMode="External"/><Relationship Id="rId7484692643fd05297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02741-6" TargetMode="External"/><Relationship Id="rId5603692643fd0545a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId1049692643fd0547a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId8494692643fd054f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId1156692643fd05516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId5498692643fd05ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId5101692643fd05f06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId2531692643fd061ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId9046692643fd0620f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId2017692643fd0626e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/home" TargetMode="External"/><Relationship Id="rId6255692643fd062ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId7779692643fd062c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId7105692643fd06300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId3344692643fd0631f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId4806692643fd0637b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.canadensys.net/vascan/search" TargetMode="External"/><Relationship Id="rId3382692643fd064e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId5033692643fd06501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId3887692643fd068d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3472692643fd069a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12894" TargetMode="External"/><Relationship Id="rId7486692643fd00224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7486692643fd00224.jpg"/><Relationship Id="rId9911692643fd01a9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9911692643fd01a9c.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>