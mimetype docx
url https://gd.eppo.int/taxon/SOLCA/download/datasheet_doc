--- v1 (2025-11-26)
+++ v2 (2025-12-16)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Raf.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Carolina horse nettle, bull nettle, horse nettle (US), sand brier</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4750692643fcf3c02" w:history="1">
+            <w:hyperlink r:id="rId394269410423b344c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4510692643fcf3c48" w:history="1">
+            <w:hyperlink r:id="rId469169410423b349d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SOLCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74908640" name="name4956692643fd00226" descr="3245.jpg"/>
+                  <wp:docPr id="56402134" name="name682869410423b3f0c" descr="3245.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3245.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7486692643fd00224" cstate="print"/>
+                          <a:blip r:embed="rId308869410423b3f0a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4775692643fd0034f" w:history="1">
+            <w:hyperlink r:id="rId355469410423b403a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -586,51 +586,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2015) pointed out that the native range prior to European settlement could not be determined with full certainty. In their study, they interfered its native distribution based on herbarium specimens and stated that its distribution ‘… extends from central Florida north to New York and Massachusetts and west to Texas, Oklahoma, Kansas, and Nebraska to about the 97th meridian west’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The occurrence of the species in Mexico, Haiti and in South America is not entirely conclusive. Websites such as </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5112692643fd004e0" w:history="1">
+      <w:hyperlink r:id="rId256769410423b41c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">inaturalist.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and databases (CABI, 2021; GBIF, 2021; USDA GRIN, 2021) list findings of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -742,63 +742,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first introduced into the EPPO region presumably in the second half of the 20th century. Early records were of small, transient populations scattered across the EPPO region (e.g. in Belgium, Croatia, Georgia, the Netherlands, and Norway).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45536538" name="name1225692643fd01a9f" descr="SOLCA_distribution_map.jpg"/>
+            <wp:docPr id="34591074" name="name185069410423b5727" descr="SOLCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SOLCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9911692643fd01a9c" cstate="print"/>
+                    <a:blip r:embed="rId132469410423b5725" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5996,72 +5996,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed under ‘Primary Noxious Weed Seeds’ under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6989692643fd04288" w:history="1">
+      <w:hyperlink r:id="rId356069410423b800c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp-pr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7536692643fd042ac" w:history="1">
+      <w:hyperlink r:id="rId648369410423b8030" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">p2/2016/2016-05-18/html/sor-dors93-eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6076,72 +6076,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S . carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is declared as a ‘noxious weed’ in Alaska, Michigan, Maryland, Iowa and Nevada (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7150692643fd0430b" w:history="1">
+      <w:hyperlink r:id="rId135869410423b8093" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9639692643fd0432a" w:history="1">
+      <w:hyperlink r:id="rId285769410423b80b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.invasive.org/browse/subinfo.cfm?sub=6440</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6156,72 +6156,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In New Zealand, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has the status of a ‘Quarantine pest’ (Official New Zealand Pest Register: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4010692643fd04387" w:history="1">
+      <w:hyperlink r:id="rId518169410423b8112" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestregister.mpi.govt.nz/PestsRegister/Impor</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9096692643fd043a7" w:history="1">
+      <w:hyperlink r:id="rId256269410423b8132" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">tCommodity/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6436,72 +6436,72 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (1896) Two hundred weeds: How to know them and how to kill them. Yearbook of the United States Department of Agriculture 1895, pp. 592–611. Washington DC, Government Printing Office, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3921692643fd04544" w:history="1">
+      <w:hyperlink r:id="rId517769410423b82d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wssa.net/wp-content/uploads/antique/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5399692643fd04566" w:history="1">
+      <w:hyperlink r:id="rId122269410423b82f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA%20yearbook%201895.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7109,51 +7109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(horsenettle). Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2871692643fd04acb" w:history="1">
+      <w:hyperlink r:id="rId346569410423b873b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/50510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 30 November 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7383,51 +7383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FLORON Verspreidingsatlas Vaatplanten (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6535692643fd04c88" w:history="1">
+      <w:hyperlink r:id="rId652569410423b891d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.verspreidingsatlas.nl/5540#</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7600,51 +7600,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. Global Biodiversity Information Facility. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3356692643fd04df0" w:history="1">
+      <w:hyperlink r:id="rId790269410423b8a82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gbif.org/species/2932011</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 27 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8109,51 +8109,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ikeda M, Nishi T, Asai M, Muranaka T, Konuma A, Tominaga T, Shimono Y (2022) The role of weed seed contamination in grain commodities as propagule pressure. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Invasions. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7484692643fd05297" w:history="1">
+      <w:hyperlink r:id="rId329569410423b8dbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02741-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8384,72 +8384,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Solanaceae) under field conditions and implications for mating system evolution. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6(12), e28459. doi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5603692643fd0545a" w:history="1">
+      <w:hyperlink r:id="rId361469410423b8f7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1371/journal.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1049692643fd0547a" w:history="1">
+      <w:hyperlink r:id="rId347269410423b8f9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">pone.0028459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8484,72 +8484,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L.) in North Rhine- Westphalia. Julius-Kühn-Archiv, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601–604, DOI: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8494692643fd054f7" w:history="1">
+      <w:hyperlink r:id="rId681869410423b9017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.5073/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1156692643fd05516" w:history="1">
+      <w:hyperlink r:id="rId501669410423b9035" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">jka.2012.434.077</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10021,72 +10021,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 412–418.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stehmann JR, Mentz LA, Agra MF, Vignoli-Silva M, Giacomin L, Rodrigues IMC (2013) Solanaceae in Lista de Espécies da Flora do Brasil. Jardim Botânico do Rio de Janeiro, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5498692643fd05ee5" w:history="1">
+      <w:hyperlink r:id="rId686669410423b99e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floradobra</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5101692643fd05f06" w:history="1">
+      <w:hyperlink r:id="rId986869410423b9a06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">sil.jbrj.gov.br/jabot/floradobrasil/FB127331</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10502,72 +10502,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, GRIN (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. National Germplasm Resources Laboratory, Beltsville, Maryland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2531692643fd061ef" w:history="1">
+      <w:hyperlink r:id="rId358469410423b9cfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsw</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9046692643fd0620f" w:history="1">
+      <w:hyperlink r:id="rId906369410423b9d1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">eb.ars-grin.gov/gring lobal/taxon/taxonomydetail?id=100938</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 5 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10582,162 +10582,162 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. PLANTS Database.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2017692643fd0626e" w:history="1">
+      <w:hyperlink r:id="rId128569410423b9d7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.sc.egov.usda.gov/home</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 27 October 2021. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Wychen L (2015) 2015 Baseline Survey of the Most Common and Troublesome Weeds in the United States and Canada. Weed Science Society of America National Weed Survey Dataset. Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6255692643fd062ae" w:history="1">
+      <w:hyperlink r:id="rId180469410423b9dc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-content/uploads/2015-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId7779692643fd062c1" w:history="1">
+      <w:hyperlink r:id="rId308669410423b9dda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Weed-Survey_Baseline.xlsx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Wychen L (2020) 2020 Survey of the Most Common and Troublesome Weeds in Grass Crops, Pasture and Turf in the United States and Canada. Weed Science Society of America National Weed Survey Dataset. Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7105692643fd06300" w:history="1">
+      <w:hyperlink r:id="rId275169410423b9e18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3344692643fd0631f" w:history="1">
+      <w:hyperlink r:id="rId864169410423b9e38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">content/uploads/2020-Weed-Survey_Grass-crops.xlsx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10752,51 +10752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VASCAN (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. Database of Vascular Plants of Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4806692643fd0637b" w:history="1">
+      <w:hyperlink r:id="rId920269410423b9e94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://data.canadensys.net/vascan/search</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 5 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10982,72 +10982,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Botany </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 853–887. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3382692643fd064e3" w:history="1">
+      <w:hyperlink r:id="rId403469410423ba000" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1600/03636</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5033692643fd06501" w:history="1">
+      <w:hyperlink r:id="rId353269410423ba01f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">4415X689302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11605,51 +11605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3887692643fd068d2" w:history="1">
+      <w:hyperlink r:id="rId519869410423ba3e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11734,51 +11734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-107.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3472692643fd069a3" w:history="1">
+      <w:hyperlink r:id="rId400769410423ba4b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12894</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11874,137 +11874,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87381574">
+  <w:abstractNum w:abstractNumId="15921235">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75582421">
+    <w:lvl w:ilvl="0" w:tplc="87655311">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75582421" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87655311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75582421" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87655311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75582421" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87655311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75582421" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87655311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75582421" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87655311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75582421" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87655311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75582421" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87655311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75582421" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87655311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87381573">
+  <w:abstractNum w:abstractNumId="15921234">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56989364">
+    <w:lvl w:ilvl="0" w:tplc="55761448">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12756,55 +12756,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87381573">
-    <w:abstractNumId w:val="87381573"/>
+  <w:num w:numId="15921234">
+    <w:abstractNumId w:val="15921234"/>
   </w:num>
-  <w:num w:numId="87381574">
-    <w:abstractNumId w:val="87381574"/>
+  <w:num w:numId="15921235">
+    <w:abstractNumId w:val="15921235"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24354,51 +24354,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId694577549" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId574705440" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4750692643fcf3c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/" TargetMode="External"/><Relationship Id="rId4510692643fcf3c48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/categorization" TargetMode="External"/><Relationship Id="rId4775692643fd0034f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/photos" TargetMode="External"/><Relationship Id="rId5112692643fd004e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inaturalist.org/" TargetMode="External"/><Relationship Id="rId6989692643fd04288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId7536692643fd042ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId7150692643fd0430b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId9639692643fd0432a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId4010692643fd04387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId9096692643fd043a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId3921692643fd04544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId5399692643fd04566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId2871692643fd04acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/50510" TargetMode="External"/><Relationship Id="rId6535692643fd04c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verspreidingsatlas.nl/5540%0023" TargetMode="External"/><Relationship Id="rId3356692643fd04df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2932011" TargetMode="External"/><Relationship Id="rId7484692643fd05297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02741-6" TargetMode="External"/><Relationship Id="rId5603692643fd0545a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId1049692643fd0547a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId8494692643fd054f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId1156692643fd05516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId5498692643fd05ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId5101692643fd05f06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId2531692643fd061ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId9046692643fd0620f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId2017692643fd0626e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/home" TargetMode="External"/><Relationship Id="rId6255692643fd062ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId7779692643fd062c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId7105692643fd06300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId3344692643fd0631f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId4806692643fd0637b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.canadensys.net/vascan/search" TargetMode="External"/><Relationship Id="rId3382692643fd064e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId5033692643fd06501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId3887692643fd068d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3472692643fd069a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12894" TargetMode="External"/><Relationship Id="rId7486692643fd00224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7486692643fd00224.jpg"/><Relationship Id="rId9911692643fd01a9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9911692643fd01a9c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId522327199" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId610371565" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId394269410423b344c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/" TargetMode="External"/><Relationship Id="rId469169410423b349d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/categorization" TargetMode="External"/><Relationship Id="rId355469410423b403a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/photos" TargetMode="External"/><Relationship Id="rId256769410423b41c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inaturalist.org/" TargetMode="External"/><Relationship Id="rId356069410423b800c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId648369410423b8030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId135869410423b8093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId285769410423b80b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId518169410423b8112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId256269410423b8132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId517769410423b82d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId122269410423b82f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId346569410423b873b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/50510" TargetMode="External"/><Relationship Id="rId652569410423b891d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verspreidingsatlas.nl/5540%0023" TargetMode="External"/><Relationship Id="rId790269410423b8a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2932011" TargetMode="External"/><Relationship Id="rId329569410423b8dbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02741-6" TargetMode="External"/><Relationship Id="rId361469410423b8f7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId347269410423b8f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId681869410423b9017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId501669410423b9035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId686669410423b99e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId986869410423b9a06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId358469410423b9cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId906369410423b9d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId128569410423b9d7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/home" TargetMode="External"/><Relationship Id="rId180469410423b9dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId308669410423b9dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId275169410423b9e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId864169410423b9e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId920269410423b9e94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.canadensys.net/vascan/search" TargetMode="External"/><Relationship Id="rId403469410423ba000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId353269410423ba01f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId519869410423ba3e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId400769410423ba4b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12894" TargetMode="External"/><Relationship Id="rId308869410423b3f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId308869410423b3f0a.jpg"/><Relationship Id="rId132469410423b5725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId132469410423b5725.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>