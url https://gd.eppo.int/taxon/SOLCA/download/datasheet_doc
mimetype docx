--- v2 (2025-12-16)
+++ v3 (2026-01-06)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Raf.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Carolina horse nettle, bull nettle, horse nettle (US), sand brier</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394269410423b344c" w:history="1">
+            <w:hyperlink r:id="rId6737695d6b34a042d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId469169410423b349d" w:history="1">
+            <w:hyperlink r:id="rId2850695d6b34a0473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SOLCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56402134" name="name682869410423b3f0c" descr="3245.jpg"/>
+                  <wp:docPr id="40170708" name="name9082695d6b34a0533" descr="3245.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3245.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId308869410423b3f0a" cstate="print"/>
+                          <a:blip r:embed="rId8008695d6b34a0532" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId355469410423b403a" w:history="1">
+            <w:hyperlink r:id="rId3686695d6b34a067f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -586,51 +586,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2015) pointed out that the native range prior to European settlement could not be determined with full certainty. In their study, they interfered its native distribution based on herbarium specimens and stated that its distribution ‘… extends from central Florida north to New York and Massachusetts and west to Texas, Oklahoma, Kansas, and Nebraska to about the 97th meridian west’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The occurrence of the species in Mexico, Haiti and in South America is not entirely conclusive. Websites such as </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256769410423b41c7" w:history="1">
+      <w:hyperlink r:id="rId6605695d6b34a0802" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">inaturalist.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and databases (CABI, 2021; GBIF, 2021; USDA GRIN, 2021) list findings of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -742,63 +742,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first introduced into the EPPO region presumably in the second half of the 20th century. Early records were of small, transient populations scattered across the EPPO region (e.g. in Belgium, Croatia, Georgia, the Netherlands, and Norway).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34591074" name="name185069410423b5727" descr="SOLCA_distribution_map.jpg"/>
+            <wp:docPr id="75376284" name="name6304695d6b34a09c5" descr="SOLCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SOLCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId132469410423b5725" cstate="print"/>
+                    <a:blip r:embed="rId6598695d6b34a09c4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5996,72 +5996,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed under ‘Primary Noxious Weed Seeds’ under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId356069410423b800c" w:history="1">
+      <w:hyperlink r:id="rId4892695d6b34a3038" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp-pr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648369410423b8030" w:history="1">
+      <w:hyperlink r:id="rId8096695d6b34a305b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">p2/2016/2016-05-18/html/sor-dors93-eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6076,72 +6076,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S . carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is declared as a ‘noxious weed’ in Alaska, Michigan, Maryland, Iowa and Nevada (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId135869410423b8093" w:history="1">
+      <w:hyperlink r:id="rId7420695d6b34a30bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId285769410423b80b2" w:history="1">
+      <w:hyperlink r:id="rId8780695d6b34a30dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.invasive.org/browse/subinfo.cfm?sub=6440</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6156,72 +6156,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In New Zealand, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has the status of a ‘Quarantine pest’ (Official New Zealand Pest Register: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518169410423b8112" w:history="1">
+      <w:hyperlink r:id="rId1006695d6b34a314b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestregister.mpi.govt.nz/PestsRegister/Impor</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256269410423b8132" w:history="1">
+      <w:hyperlink r:id="rId7735695d6b34a316c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">tCommodity/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6436,72 +6436,72 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (1896) Two hundred weeds: How to know them and how to kill them. Yearbook of the United States Department of Agriculture 1895, pp. 592–611. Washington DC, Government Printing Office, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517769410423b82d7" w:history="1">
+      <w:hyperlink r:id="rId6385695d6b34a3311" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wssa.net/wp-content/uploads/antique/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122269410423b82f9" w:history="1">
+      <w:hyperlink r:id="rId8668695d6b34a3332" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA%20yearbook%201895.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7109,51 +7109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(horsenettle). Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346569410423b873b" w:history="1">
+      <w:hyperlink r:id="rId7613695d6b34a3756" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/50510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 30 November 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7383,51 +7383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FLORON Verspreidingsatlas Vaatplanten (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652569410423b891d" w:history="1">
+      <w:hyperlink r:id="rId4485695d6b34a3921" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.verspreidingsatlas.nl/5540#</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7600,51 +7600,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. Global Biodiversity Information Facility. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId790269410423b8a82" w:history="1">
+      <w:hyperlink r:id="rId4524695d6b34a3a81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gbif.org/species/2932011</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 27 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8109,51 +8109,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ikeda M, Nishi T, Asai M, Muranaka T, Konuma A, Tominaga T, Shimono Y (2022) The role of weed seed contamination in grain commodities as propagule pressure. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Invasions. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329569410423b8dbe" w:history="1">
+      <w:hyperlink r:id="rId8800695d6b34a3dce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02741-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8384,72 +8384,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Solanaceae) under field conditions and implications for mating system evolution. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6(12), e28459. doi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361469410423b8f7e" w:history="1">
+      <w:hyperlink r:id="rId6731695d6b34a3f90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1371/journal.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId347269410423b8f9d" w:history="1">
+      <w:hyperlink r:id="rId6623695d6b34a3fb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">pone.0028459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8484,72 +8484,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L.) in North Rhine- Westphalia. Julius-Kühn-Archiv, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601–604, DOI: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId681869410423b9017" w:history="1">
+      <w:hyperlink r:id="rId1508695d6b34a402d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.5073/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId501669410423b9035" w:history="1">
+      <w:hyperlink r:id="rId9115695d6b34a404c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">jka.2012.434.077</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10021,72 +10021,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 412–418.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stehmann JR, Mentz LA, Agra MF, Vignoli-Silva M, Giacomin L, Rodrigues IMC (2013) Solanaceae in Lista de Espécies da Flora do Brasil. Jardim Botânico do Rio de Janeiro, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId686669410423b99e6" w:history="1">
+      <w:hyperlink r:id="rId7690695d6b34a4b2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floradobra</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId986869410423b9a06" w:history="1">
+      <w:hyperlink r:id="rId7513695d6b34a4b4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">sil.jbrj.gov.br/jabot/floradobrasil/FB127331</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10502,72 +10502,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, GRIN (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. National Germplasm Resources Laboratory, Beltsville, Maryland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId358469410423b9cfc" w:history="1">
+      <w:hyperlink r:id="rId5916695d6b34a4e36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsw</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906369410423b9d1c" w:history="1">
+      <w:hyperlink r:id="rId1753695d6b34a4e57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">eb.ars-grin.gov/gring lobal/taxon/taxonomydetail?id=100938</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 5 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10582,162 +10582,162 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. PLANTS Database.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId128569410423b9d7b" w:history="1">
+      <w:hyperlink r:id="rId7026695d6b34a4eb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.sc.egov.usda.gov/home</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 27 October 2021. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Wychen L (2015) 2015 Baseline Survey of the Most Common and Troublesome Weeds in the United States and Canada. Weed Science Society of America National Weed Survey Dataset. Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180469410423b9dc6" w:history="1">
+      <w:hyperlink r:id="rId8666695d6b34a4ef7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-content/uploads/2015-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId308669410423b9dda" w:history="1">
+      <w:hyperlink r:id="rId2039695d6b34a4f0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Weed-Survey_Baseline.xlsx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Wychen L (2020) 2020 Survey of the Most Common and Troublesome Weeds in Grass Crops, Pasture and Turf in the United States and Canada. Weed Science Society of America National Weed Survey Dataset. Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId275169410423b9e18" w:history="1">
+      <w:hyperlink r:id="rId2501695d6b34a4f47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864169410423b9e38" w:history="1">
+      <w:hyperlink r:id="rId9949695d6b34a4f68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">content/uploads/2020-Weed-Survey_Grass-crops.xlsx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10752,51 +10752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VASCAN (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. Database of Vascular Plants of Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId920269410423b9e94" w:history="1">
+      <w:hyperlink r:id="rId4808695d6b34a4fc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://data.canadensys.net/vascan/search</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 5 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10982,72 +10982,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Botany </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 853–887. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId403469410423ba000" w:history="1">
+      <w:hyperlink r:id="rId4483695d6b34a514c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1600/03636</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId353269410423ba01f" w:history="1">
+      <w:hyperlink r:id="rId6087695d6b34a516c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">4415X689302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11583,73 +11583,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId519869410423ba3e5" w:history="1">
+      <w:hyperlink r:id="rId8433695d6b34a5542" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11734,51 +11734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-107.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId400769410423ba4b8" w:history="1">
+      <w:hyperlink r:id="rId4690695d6b34a5618" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12894</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11874,137 +11874,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15921235">
+  <w:abstractNum w:abstractNumId="44054616">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87655311">
+    <w:lvl w:ilvl="0" w:tplc="48836144">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87655311" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48836144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87655311" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48836144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87655311" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48836144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87655311" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48836144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87655311" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48836144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87655311" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48836144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87655311" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48836144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87655311" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48836144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15921234">
+  <w:abstractNum w:abstractNumId="44054615">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55761448">
+    <w:lvl w:ilvl="0" w:tplc="90127602">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12756,55 +12756,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15921234">
-    <w:abstractNumId w:val="15921234"/>
+  <w:num w:numId="44054615">
+    <w:abstractNumId w:val="44054615"/>
   </w:num>
-  <w:num w:numId="15921235">
-    <w:abstractNumId w:val="15921235"/>
+  <w:num w:numId="44054616">
+    <w:abstractNumId w:val="44054616"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24354,51 +24354,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId522327199" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId610371565" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId394269410423b344c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/" TargetMode="External"/><Relationship Id="rId469169410423b349d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/categorization" TargetMode="External"/><Relationship Id="rId355469410423b403a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/photos" TargetMode="External"/><Relationship Id="rId256769410423b41c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inaturalist.org/" TargetMode="External"/><Relationship Id="rId356069410423b800c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId648369410423b8030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId135869410423b8093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId285769410423b80b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId518169410423b8112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId256269410423b8132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId517769410423b82d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId122269410423b82f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId346569410423b873b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/50510" TargetMode="External"/><Relationship Id="rId652569410423b891d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verspreidingsatlas.nl/5540%0023" TargetMode="External"/><Relationship Id="rId790269410423b8a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2932011" TargetMode="External"/><Relationship Id="rId329569410423b8dbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02741-6" TargetMode="External"/><Relationship Id="rId361469410423b8f7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId347269410423b8f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId681869410423b9017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId501669410423b9035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId686669410423b99e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId986869410423b9a06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId358469410423b9cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId906369410423b9d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId128569410423b9d7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/home" TargetMode="External"/><Relationship Id="rId180469410423b9dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId308669410423b9dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId275169410423b9e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId864169410423b9e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId920269410423b9e94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.canadensys.net/vascan/search" TargetMode="External"/><Relationship Id="rId403469410423ba000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId353269410423ba01f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId519869410423ba3e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId400769410423ba4b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12894" TargetMode="External"/><Relationship Id="rId308869410423b3f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId308869410423b3f0a.jpg"/><Relationship Id="rId132469410423b5725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId132469410423b5725.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId427970431" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId885167481" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6737695d6b34a042d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/" TargetMode="External"/><Relationship Id="rId2850695d6b34a0473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/categorization" TargetMode="External"/><Relationship Id="rId3686695d6b34a067f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/photos" TargetMode="External"/><Relationship Id="rId6605695d6b34a0802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inaturalist.org/" TargetMode="External"/><Relationship Id="rId4892695d6b34a3038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId8096695d6b34a305b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId7420695d6b34a30bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId8780695d6b34a30dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId1006695d6b34a314b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId7735695d6b34a316c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId6385695d6b34a3311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId8668695d6b34a3332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId7613695d6b34a3756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/50510" TargetMode="External"/><Relationship Id="rId4485695d6b34a3921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verspreidingsatlas.nl/5540%0023" TargetMode="External"/><Relationship Id="rId4524695d6b34a3a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2932011" TargetMode="External"/><Relationship Id="rId8800695d6b34a3dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02741-6" TargetMode="External"/><Relationship Id="rId6731695d6b34a3f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId6623695d6b34a3fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId1508695d6b34a402d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId9115695d6b34a404c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId7690695d6b34a4b2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId7513695d6b34a4b4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId5916695d6b34a4e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId1753695d6b34a4e57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId7026695d6b34a4eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/home" TargetMode="External"/><Relationship Id="rId8666695d6b34a4ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId2039695d6b34a4f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId2501695d6b34a4f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId9949695d6b34a4f68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId4808695d6b34a4fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.canadensys.net/vascan/search" TargetMode="External"/><Relationship Id="rId4483695d6b34a514c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId6087695d6b34a516c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId8433695d6b34a5542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4690695d6b34a5618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12894" TargetMode="External"/><Relationship Id="rId8008695d6b34a0532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8008695d6b34a0532.jpg"/><Relationship Id="rId6598695d6b34a09c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6598695d6b34a09c4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>