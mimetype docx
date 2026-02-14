--- v3 (2026-01-06)
+++ v4 (2026-02-14)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Raf.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Carolina horse nettle, bull nettle, horse nettle (US), sand brier</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6737695d6b34a042d" w:history="1">
+            <w:hyperlink r:id="rId17386990f97b22990" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2850695d6b34a0473" w:history="1">
+            <w:hyperlink r:id="rId21886990f97b229d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SOLCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40170708" name="name9082695d6b34a0533" descr="3245.jpg"/>
+                  <wp:docPr id="84730056" name="name39416990f97b2305c" descr="3245.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3245.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8008695d6b34a0532" cstate="print"/>
+                          <a:blip r:embed="rId80266990f97b23059" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3686695d6b34a067f" w:history="1">
+            <w:hyperlink r:id="rId82826990f97b2317b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -586,51 +586,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2015) pointed out that the native range prior to European settlement could not be determined with full certainty. In their study, they interfered its native distribution based on herbarium specimens and stated that its distribution ‘… extends from central Florida north to New York and Massachusetts and west to Texas, Oklahoma, Kansas, and Nebraska to about the 97th meridian west’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The occurrence of the species in Mexico, Haiti and in South America is not entirely conclusive. Websites such as </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6605695d6b34a0802" w:history="1">
+      <w:hyperlink r:id="rId63076990f97b23347" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">inaturalist.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and databases (CABI, 2021; GBIF, 2021; USDA GRIN, 2021) list findings of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -742,105 +742,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first introduced into the EPPO region presumably in the second half of the 20th century. Early records were of small, transient populations scattered across the EPPO region (e.g. in Belgium, Croatia, Georgia, the Netherlands, and Norway).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75376284" name="name6304695d6b34a09c5" descr="SOLCA_distribution_map.jpg"/>
+            <wp:docPr id="45987311" name="name42096990f97b2417b" descr="SOLCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SOLCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6598695d6b34a09c4" cstate="print"/>
+                    <a:blip r:embed="rId40286990f97b24178" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Croatia, Czechia, Finland, France (mainland), Georgia, Germany, Italy (mainland), Netherlands, Norway, Romania, Russian Federation (the) (Far East), Spain (mainland), Switzerland, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Croatia, Czechia, Finland, France (mainland), Georgia, Germany, Italy (mainland), Netherlands, Norway, Romania, Russian Federation (Far East), Spain (mainland), Switzerland, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bangladesh, China (Zhejiang), India (Tamil Nadu), Japan, Korea, Republic of, Nepal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5996,72 +5996,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed under ‘Primary Noxious Weed Seeds’ under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4892695d6b34a3038" w:history="1">
+      <w:hyperlink r:id="rId89506990f97b268a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp-pr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8096695d6b34a305b" w:history="1">
+      <w:hyperlink r:id="rId93676990f97b268c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">p2/2016/2016-05-18/html/sor-dors93-eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6076,72 +6076,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S . carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is declared as a ‘noxious weed’ in Alaska, Michigan, Maryland, Iowa and Nevada (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7420695d6b34a30bd" w:history="1">
+      <w:hyperlink r:id="rId36486990f97b26927" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8780695d6b34a30dc" w:history="1">
+      <w:hyperlink r:id="rId24496990f97b26947" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.invasive.org/browse/subinfo.cfm?sub=6440</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6156,72 +6156,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In New Zealand, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has the status of a ‘Quarantine pest’ (Official New Zealand Pest Register: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1006695d6b34a314b" w:history="1">
+      <w:hyperlink r:id="rId15726990f97b269af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestregister.mpi.govt.nz/PestsRegister/Impor</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7735695d6b34a316c" w:history="1">
+      <w:hyperlink r:id="rId78676990f97b269cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">tCommodity/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6436,72 +6436,72 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (1896) Two hundred weeds: How to know them and how to kill them. Yearbook of the United States Department of Agriculture 1895, pp. 592–611. Washington DC, Government Printing Office, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6385695d6b34a3311" w:history="1">
+      <w:hyperlink r:id="rId15136990f97b26b6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wssa.net/wp-content/uploads/antique/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8668695d6b34a3332" w:history="1">
+      <w:hyperlink r:id="rId97406990f97b26b8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA%20yearbook%201895.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7109,51 +7109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(horsenettle). Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7613695d6b34a3756" w:history="1">
+      <w:hyperlink r:id="rId61496990f97b26fb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/50510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 30 November 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7383,51 +7383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FLORON Verspreidingsatlas Vaatplanten (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4485695d6b34a3921" w:history="1">
+      <w:hyperlink r:id="rId86946990f97b271a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.verspreidingsatlas.nl/5540#</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7600,51 +7600,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. Global Biodiversity Information Facility. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4524695d6b34a3a81" w:history="1">
+      <w:hyperlink r:id="rId10676990f97b27302" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gbif.org/species/2932011</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 27 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8109,51 +8109,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ikeda M, Nishi T, Asai M, Muranaka T, Konuma A, Tominaga T, Shimono Y (2022) The role of weed seed contamination in grain commodities as propagule pressure. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Invasions. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8800695d6b34a3dce" w:history="1">
+      <w:hyperlink r:id="rId82686990f97b27661" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02741-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8384,72 +8384,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Solanaceae) under field conditions and implications for mating system evolution. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6(12), e28459. doi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6731695d6b34a3f90" w:history="1">
+      <w:hyperlink r:id="rId27886990f97b27827" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1371/journal.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6623695d6b34a3fb0" w:history="1">
+      <w:hyperlink r:id="rId57076990f97b27847" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">pone.0028459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8484,72 +8484,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L.) in North Rhine- Westphalia. Julius-Kühn-Archiv, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601–604, DOI: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1508695d6b34a402d" w:history="1">
+      <w:hyperlink r:id="rId38256990f97b278c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.5073/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9115695d6b34a404c" w:history="1">
+      <w:hyperlink r:id="rId71356990f97b278e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">jka.2012.434.077</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10021,72 +10021,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 412–418.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stehmann JR, Mentz LA, Agra MF, Vignoli-Silva M, Giacomin L, Rodrigues IMC (2013) Solanaceae in Lista de Espécies da Flora do Brasil. Jardim Botânico do Rio de Janeiro, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7690695d6b34a4b2a" w:history="1">
+      <w:hyperlink r:id="rId58956990f97b282ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floradobra</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7513695d6b34a4b4b" w:history="1">
+      <w:hyperlink r:id="rId44856990f97b282eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">sil.jbrj.gov.br/jabot/floradobrasil/FB127331</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10502,72 +10502,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, GRIN (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. National Germplasm Resources Laboratory, Beltsville, Maryland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5916695d6b34a4e36" w:history="1">
+      <w:hyperlink r:id="rId65286990f97b285d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsw</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1753695d6b34a4e57" w:history="1">
+      <w:hyperlink r:id="rId37986990f97b285f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">eb.ars-grin.gov/gring lobal/taxon/taxonomydetail?id=100938</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 5 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10582,162 +10582,162 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. PLANTS Database.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7026695d6b34a4eb7" w:history="1">
+      <w:hyperlink r:id="rId61846990f97b28665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.sc.egov.usda.gov/home</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 27 October 2021. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Wychen L (2015) 2015 Baseline Survey of the Most Common and Troublesome Weeds in the United States and Canada. Weed Science Society of America National Weed Survey Dataset. Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8666695d6b34a4ef7" w:history="1">
+      <w:hyperlink r:id="rId92336990f97b286a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-content/uploads/2015-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId2039695d6b34a4f0a" w:history="1">
+      <w:hyperlink r:id="rId40916990f97b286c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Weed-Survey_Baseline.xlsx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Wychen L (2020) 2020 Survey of the Most Common and Troublesome Weeds in Grass Crops, Pasture and Turf in the United States and Canada. Weed Science Society of America National Weed Survey Dataset. Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2501695d6b34a4f47" w:history="1">
+      <w:hyperlink r:id="rId49096990f97b28705" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9949695d6b34a4f68" w:history="1">
+      <w:hyperlink r:id="rId34806990f97b28725" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">content/uploads/2020-Weed-Survey_Grass-crops.xlsx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10752,51 +10752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VASCAN (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. Database of Vascular Plants of Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4808695d6b34a4fc3" w:history="1">
+      <w:hyperlink r:id="rId16206990f97b28783" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://data.canadensys.net/vascan/search</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 5 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10982,72 +10982,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Botany </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 853–887. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4483695d6b34a514c" w:history="1">
+      <w:hyperlink r:id="rId61156990f97b28908" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1600/03636</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6087695d6b34a516c" w:history="1">
+      <w:hyperlink r:id="rId12676990f97b28927" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">4415X689302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11605,51 +11605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8433695d6b34a5542" w:history="1">
+      <w:hyperlink r:id="rId91876990f97b28cfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11734,51 +11734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-107.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4690695d6b34a5618" w:history="1">
+      <w:hyperlink r:id="rId74146990f97b28dcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12894</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11874,137 +11874,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44054616">
+  <w:abstractNum w:abstractNumId="61784723">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48836144">
+    <w:lvl w:ilvl="0" w:tplc="62608253">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48836144" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62608253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48836144" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62608253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48836144" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62608253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48836144" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62608253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48836144" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62608253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48836144" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62608253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48836144" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62608253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48836144" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62608253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44054615">
+  <w:abstractNum w:abstractNumId="61784722">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90127602">
+    <w:lvl w:ilvl="0" w:tplc="82991960">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12756,55 +12756,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44054615">
-    <w:abstractNumId w:val="44054615"/>
+  <w:num w:numId="61784722">
+    <w:abstractNumId w:val="61784722"/>
   </w:num>
-  <w:num w:numId="44054616">
-    <w:abstractNumId w:val="44054616"/>
+  <w:num w:numId="61784723">
+    <w:abstractNumId w:val="61784723"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24354,51 +24354,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId427970431" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId885167481" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6737695d6b34a042d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/" TargetMode="External"/><Relationship Id="rId2850695d6b34a0473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/categorization" TargetMode="External"/><Relationship Id="rId3686695d6b34a067f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/photos" TargetMode="External"/><Relationship Id="rId6605695d6b34a0802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inaturalist.org/" TargetMode="External"/><Relationship Id="rId4892695d6b34a3038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId8096695d6b34a305b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId7420695d6b34a30bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId8780695d6b34a30dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId1006695d6b34a314b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId7735695d6b34a316c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId6385695d6b34a3311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId8668695d6b34a3332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId7613695d6b34a3756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/50510" TargetMode="External"/><Relationship Id="rId4485695d6b34a3921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verspreidingsatlas.nl/5540%0023" TargetMode="External"/><Relationship Id="rId4524695d6b34a3a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2932011" TargetMode="External"/><Relationship Id="rId8800695d6b34a3dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02741-6" TargetMode="External"/><Relationship Id="rId6731695d6b34a3f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId6623695d6b34a3fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId1508695d6b34a402d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId9115695d6b34a404c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId7690695d6b34a4b2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId7513695d6b34a4b4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId5916695d6b34a4e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId1753695d6b34a4e57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId7026695d6b34a4eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/home" TargetMode="External"/><Relationship Id="rId8666695d6b34a4ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId2039695d6b34a4f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId2501695d6b34a4f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId9949695d6b34a4f68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId4808695d6b34a4fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.canadensys.net/vascan/search" TargetMode="External"/><Relationship Id="rId4483695d6b34a514c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId6087695d6b34a516c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId8433695d6b34a5542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4690695d6b34a5618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12894" TargetMode="External"/><Relationship Id="rId8008695d6b34a0532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8008695d6b34a0532.jpg"/><Relationship Id="rId6598695d6b34a09c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6598695d6b34a09c4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId487860891" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId676506573" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17386990f97b22990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/" TargetMode="External"/><Relationship Id="rId21886990f97b229d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/categorization" TargetMode="External"/><Relationship Id="rId82826990f97b2317b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/photos" TargetMode="External"/><Relationship Id="rId63076990f97b23347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inaturalist.org/" TargetMode="External"/><Relationship Id="rId89506990f97b268a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId93676990f97b268c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId36486990f97b26927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId24496990f97b26947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId15726990f97b269af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId78676990f97b269cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId15136990f97b26b6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId97406990f97b26b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId61496990f97b26fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/50510" TargetMode="External"/><Relationship Id="rId86946990f97b271a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verspreidingsatlas.nl/5540%0023" TargetMode="External"/><Relationship Id="rId10676990f97b27302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2932011" TargetMode="External"/><Relationship Id="rId82686990f97b27661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02741-6" TargetMode="External"/><Relationship Id="rId27886990f97b27827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId57076990f97b27847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId38256990f97b278c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId71356990f97b278e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId58956990f97b282ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId44856990f97b282eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId65286990f97b285d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId37986990f97b285f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId61846990f97b28665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/home" TargetMode="External"/><Relationship Id="rId92336990f97b286a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId40916990f97b286c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId49096990f97b28705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId34806990f97b28725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId16206990f97b28783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.canadensys.net/vascan/search" TargetMode="External"/><Relationship Id="rId61156990f97b28908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId12676990f97b28927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId91876990f97b28cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74146990f97b28dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12894" TargetMode="External"/><Relationship Id="rId80266990f97b23059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80266990f97b23059.jpg"/><Relationship Id="rId40286990f97b24178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40286990f97b24178.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>