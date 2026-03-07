--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Raf.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Carolina horse nettle, bull nettle, horse nettle (US), sand brier</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17386990f97b22990" w:history="1">
+            <w:hyperlink r:id="rId683269abaed9d855c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21886990f97b229d7" w:history="1">
+            <w:hyperlink r:id="rId406069abaed9d85a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SOLCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84730056" name="name39416990f97b2305c" descr="3245.jpg"/>
+                  <wp:docPr id="34866027" name="name180769abaed9d86fa" descr="3245.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3245.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId80266990f97b23059" cstate="print"/>
+                          <a:blip r:embed="rId502069abaed9d86f9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId82826990f97b2317b" w:history="1">
+            <w:hyperlink r:id="rId187869abaed9d87fe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -586,51 +586,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2015) pointed out that the native range prior to European settlement could not be determined with full certainty. In their study, they interfered its native distribution based on herbarium specimens and stated that its distribution ‘… extends from central Florida north to New York and Massachusetts and west to Texas, Oklahoma, Kansas, and Nebraska to about the 97th meridian west’.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The occurrence of the species in Mexico, Haiti and in South America is not entirely conclusive. Websites such as </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63076990f97b23347" w:history="1">
+      <w:hyperlink r:id="rId199169abaed9d8983" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">inaturalist.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and databases (CABI, 2021; GBIF, 2021; USDA GRIN, 2021) list findings of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -742,63 +742,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first introduced into the EPPO region presumably in the second half of the 20th century. Early records were of small, transient populations scattered across the EPPO region (e.g. in Belgium, Croatia, Georgia, the Netherlands, and Norway).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45987311" name="name42096990f97b2417b" descr="SOLCA_distribution_map.jpg"/>
+            <wp:docPr id="31025790" name="name441569abaed9d99e8" descr="SOLCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SOLCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId40286990f97b24178" cstate="print"/>
+                    <a:blip r:embed="rId390169abaed9d99e5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5996,72 +5996,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed under ‘Primary Noxious Weed Seeds’ under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId89506990f97b268a3" w:history="1">
+      <w:hyperlink r:id="rId106969abaed9dc1d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp-pr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93676990f97b268c7" w:history="1">
+      <w:hyperlink r:id="rId352169abaed9dc1f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">p2/2016/2016-05-18/html/sor-dors93-eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6076,72 +6076,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S . carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is declared as a ‘noxious weed’ in Alaska, Michigan, Maryland, Iowa and Nevada (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId36486990f97b26927" w:history="1">
+      <w:hyperlink r:id="rId604469abaed9dc259" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24496990f97b26947" w:history="1">
+      <w:hyperlink r:id="rId882069abaed9dc279" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.invasive.org/browse/subinfo.cfm?sub=6440</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6156,72 +6156,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In New Zealand, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has the status of a ‘Quarantine pest’ (Official New Zealand Pest Register: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15726990f97b269af" w:history="1">
+      <w:hyperlink r:id="rId417669abaed9dc2d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestregister.mpi.govt.nz/PestsRegister/Impor</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78676990f97b269cf" w:history="1">
+      <w:hyperlink r:id="rId763869abaed9dc2f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">tCommodity/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6436,72 +6436,72 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (1896) Two hundred weeds: How to know them and how to kill them. Yearbook of the United States Department of Agriculture 1895, pp. 592–611. Washington DC, Government Printing Office, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15136990f97b26b6c" w:history="1">
+      <w:hyperlink r:id="rId501169abaed9dc495" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wssa.net/wp-content/uploads/antique/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97406990f97b26b8d" w:history="1">
+      <w:hyperlink r:id="rId621369abaed9dc4b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">USDA%20yearbook%201895.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7109,51 +7109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(horsenettle). Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61496990f97b26fb3" w:history="1">
+      <w:hyperlink r:id="rId652169abaed9dc8f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/50510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 30 November 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7383,51 +7383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FLORON Verspreidingsatlas Vaatplanten (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86946990f97b271a0" w:history="1">
+      <w:hyperlink r:id="rId177569abaed9dcac5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.verspreidingsatlas.nl/5540#</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7600,51 +7600,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. Global Biodiversity Information Facility. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10676990f97b27302" w:history="1">
+      <w:hyperlink r:id="rId429969abaed9dcc37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gbif.org/species/2932011</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 27 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8109,51 +8109,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ikeda M, Nishi T, Asai M, Muranaka T, Konuma A, Tominaga T, Shimono Y (2022) The role of weed seed contamination in grain commodities as propagule pressure. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Invasions. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82686990f97b27661" w:history="1">
+      <w:hyperlink r:id="rId256169abaed9dcfbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02741-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8384,72 +8384,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Solanaceae) under field conditions and implications for mating system evolution. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6(12), e28459. doi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27886990f97b27827" w:history="1">
+      <w:hyperlink r:id="rId431169abaed9dd1a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1371/journal.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57076990f97b27847" w:history="1">
+      <w:hyperlink r:id="rId264869abaed9dd1c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">pone.0028459</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8484,72 +8484,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L.) in North Rhine- Westphalia. Julius-Kühn-Archiv, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601–604, DOI: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38256990f97b278c4" w:history="1">
+      <w:hyperlink r:id="rId414069abaed9dd253" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.5073/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71356990f97b278e3" w:history="1">
+      <w:hyperlink r:id="rId216869abaed9dd27f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">jka.2012.434.077</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10021,72 +10021,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 412–418.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stehmann JR, Mentz LA, Agra MF, Vignoli-Silva M, Giacomin L, Rodrigues IMC (2013) Solanaceae in Lista de Espécies da Flora do Brasil. Jardim Botânico do Rio de Janeiro, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58956990f97b282ca" w:history="1">
+      <w:hyperlink r:id="rId479669abaed9ddc7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floradobra</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44856990f97b282eb" w:history="1">
+      <w:hyperlink r:id="rId261369abaed9ddcab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">sil.jbrj.gov.br/jabot/floradobrasil/FB127331</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10502,72 +10502,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, GRIN (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. National Germplasm Resources Laboratory, Beltsville, Maryland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65286990f97b285d8" w:history="1">
+      <w:hyperlink r:id="rId957769abaed9ddf9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsw</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37986990f97b285f8" w:history="1">
+      <w:hyperlink r:id="rId178469abaed9ddfba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">eb.ars-grin.gov/gring lobal/taxon/taxonomydetail?id=100938</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 5 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10582,162 +10582,162 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. PLANTS Database.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId61846990f97b28665" w:history="1">
+      <w:hyperlink r:id="rId727169abaed9de025" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.sc.egov.usda.gov/home</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 27 October 2021. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Wychen L (2015) 2015 Baseline Survey of the Most Common and Troublesome Weeds in the United States and Canada. Weed Science Society of America National Weed Survey Dataset. Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92336990f97b286a6" w:history="1">
+      <w:hyperlink r:id="rId117669abaed9de079" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-content/uploads/2015-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId40916990f97b286c3" w:history="1">
+      <w:hyperlink r:id="rId790869abaed9de095" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Weed-Survey_Baseline.xlsx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Wychen L (2020) 2020 Survey of the Most Common and Troublesome Weeds in Grass Crops, Pasture and Turf in the United States and Canada. Weed Science Society of America National Weed Survey Dataset. Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49096990f97b28705" w:history="1">
+      <w:hyperlink r:id="rId292269abaed9de0d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wssa.net/wp-</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34806990f97b28725" w:history="1">
+      <w:hyperlink r:id="rId804969abaed9de0f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">content/uploads/2020-Weed-Survey_Grass-crops.xlsx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10752,51 +10752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VASCAN (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. Database of Vascular Plants of Canada. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16206990f97b28783" w:history="1">
+      <w:hyperlink r:id="rId661769abaed9de153" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://data.canadensys.net/vascan/search</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed 5 October 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10982,72 +10982,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Botany </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 853–887. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61156990f97b28908" w:history="1">
+      <w:hyperlink r:id="rId241369abaed9de2d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1600/03636</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12676990f97b28927" w:history="1">
+      <w:hyperlink r:id="rId136969abaed9de2f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">4415X689302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11605,51 +11605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum carolinense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91876990f97b28cfc" w:history="1">
+      <w:hyperlink r:id="rId590869abaed9de6cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11734,51 +11734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-107.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74146990f97b28dcf" w:history="1">
+      <w:hyperlink r:id="rId185169abaed9de79d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12894</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11874,137 +11874,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61784723">
+  <w:abstractNum w:abstractNumId="63547565">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62608253">
+    <w:lvl w:ilvl="0" w:tplc="55473591">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62608253" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55473591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62608253" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55473591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62608253" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55473591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62608253" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55473591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62608253" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55473591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62608253" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55473591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62608253" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55473591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62608253" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55473591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61784722">
+  <w:abstractNum w:abstractNumId="63547564">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82991960">
+    <w:lvl w:ilvl="0" w:tplc="28595139">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12756,55 +12756,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61784722">
-    <w:abstractNumId w:val="61784722"/>
+  <w:num w:numId="63547564">
+    <w:abstractNumId w:val="63547564"/>
   </w:num>
-  <w:num w:numId="61784723">
-    <w:abstractNumId w:val="61784723"/>
+  <w:num w:numId="63547565">
+    <w:abstractNumId w:val="63547565"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24354,51 +24354,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId487860891" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId676506573" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17386990f97b22990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/" TargetMode="External"/><Relationship Id="rId21886990f97b229d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/categorization" TargetMode="External"/><Relationship Id="rId82826990f97b2317b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/photos" TargetMode="External"/><Relationship Id="rId63076990f97b23347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inaturalist.org/" TargetMode="External"/><Relationship Id="rId89506990f97b268a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId93676990f97b268c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId36486990f97b26927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId24496990f97b26947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId15726990f97b269af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId78676990f97b269cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId15136990f97b26b6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId97406990f97b26b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId61496990f97b26fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/50510" TargetMode="External"/><Relationship Id="rId86946990f97b271a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verspreidingsatlas.nl/5540%0023" TargetMode="External"/><Relationship Id="rId10676990f97b27302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2932011" TargetMode="External"/><Relationship Id="rId82686990f97b27661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02741-6" TargetMode="External"/><Relationship Id="rId27886990f97b27827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId57076990f97b27847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId38256990f97b278c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId71356990f97b278e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId58956990f97b282ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId44856990f97b282eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId65286990f97b285d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId37986990f97b285f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId61846990f97b28665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/home" TargetMode="External"/><Relationship Id="rId92336990f97b286a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId40916990f97b286c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId49096990f97b28705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId34806990f97b28725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId16206990f97b28783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.canadensys.net/vascan/search" TargetMode="External"/><Relationship Id="rId61156990f97b28908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId12676990f97b28927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId91876990f97b28cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74146990f97b28dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12894" TargetMode="External"/><Relationship Id="rId80266990f97b23059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80266990f97b23059.jpg"/><Relationship Id="rId40286990f97b24178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40286990f97b24178.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402188667" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId460529776" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId683269abaed9d855c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/" TargetMode="External"/><Relationship Id="rId406069abaed9d85a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/categorization" TargetMode="External"/><Relationship Id="rId187869abaed9d87fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SOLCA/photos" TargetMode="External"/><Relationship Id="rId199169abaed9d8983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://inaturalist.org/" TargetMode="External"/><Relationship Id="rId106969abaed9dc1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId352169abaed9dc1f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId604469abaed9dc259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId882069abaed9dc279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/browse/subinfo.cfm?sub=6440" TargetMode="External"/><Relationship Id="rId417669abaed9dc2d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId763869abaed9dc2f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/PestsRegister/ImportCommodity/" TargetMode="External"/><Relationship Id="rId501169abaed9dc495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId621369abaed9dc4b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wssa.net/wp-content/uploads/antique/USDA%20yearbook%201895.pdf" TargetMode="External"/><Relationship Id="rId652169abaed9dc8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/50510" TargetMode="External"/><Relationship Id="rId177569abaed9dcac5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verspreidingsatlas.nl/5540%0023" TargetMode="External"/><Relationship Id="rId429969abaed9dcc37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2932011" TargetMode="External"/><Relationship Id="rId256169abaed9dcfbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02741-6" TargetMode="External"/><Relationship Id="rId431169abaed9dd1a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId264869abaed9dd1c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028459" TargetMode="External"/><Relationship Id="rId414069abaed9dd253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId216869abaed9dd27f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5073/jka.2012.434.077" TargetMode="External"/><Relationship Id="rId479669abaed9ddc7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId261369abaed9ddcab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floradobrasil.jbrj.gov.br/jabot/floradobrasil/FB127331" TargetMode="External"/><Relationship Id="rId957769abaed9ddf9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId178469abaed9ddfba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.ars-grin.gov/gringlobal/taxon/taxonomydetail?id=100938" TargetMode="External"/><Relationship Id="rId727169abaed9de025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/home" TargetMode="External"/><Relationship Id="rId117669abaed9de079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId790869abaed9de095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2015-Weed-Survey_Baseline.xlsx" TargetMode="External"/><Relationship Id="rId292269abaed9de0d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId804969abaed9de0f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wssa.net/wp-content/uploads/2020-Weed-Survey_Grass-crops.xlsx" TargetMode="External"/><Relationship Id="rId661769abaed9de153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.canadensys.net/vascan/search" TargetMode="External"/><Relationship Id="rId241369abaed9de2d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId136969abaed9de2f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1600/036364415X689302" TargetMode="External"/><Relationship Id="rId590869abaed9de6cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId185169abaed9de79d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12894" TargetMode="External"/><Relationship Id="rId502069abaed9d86f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId502069abaed9d86f9.jpg"/><Relationship Id="rId390169abaed9d99e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId390169abaed9d99e5.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>