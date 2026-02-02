--- v0 (2025-10-16)
+++ v1 (2026-02-02)
@@ -12,100 +12,102 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLAM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
     <t>Clavibacter michiganensis</t>
   </si>
   <si>
     <t>* Thyr BD, Samuel MJ, Brown PG (1975) New solanaceous host records for Corynebacterium michiganensis. Plant Disease Reporter 59, 595-598.
 ------- As Solanum nodiflorum. Causing vascular infections.</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Dalbianco AB, Santos DM, de Lima Alvarez D, da Silva NN, Daniel DF, Benvenga SR, Pratissoli D, Júnior SS, de Oliveira RC (2025) Development of Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) on spontaneous plant species. Scientia Plena 21(10), https://doi.org/10.14808/sci.plena.2025.100201
+* Silva GA, Queiroz EA, Arcanjo LP, Lopes MC, Araújo TA, Galdino TS, Samuels RI, Rodrigues-Silva N, Picanço MC.(2025) Biological performance and oviposition preference of tomato pinworm Tuta absoluta when offered a range of Solanaceous host plants. Scientific reports 11(1), 1153.
+</t>
+  </si>
+  <si>
     <t>PSTVD0</t>
   </si>
   <si>
     <t>Pospiviroid fusituberis (as Solanum)</t>
   </si>
   <si>
     <t>* Singh RP (1973) Experimental host range of the potato spindle tuber 'virus'. American Potato Journal 50, 111-123.
 ------- At least 51 species, absence of symptoms (except for Solanum depilatum and S. lycopersicum)</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Silva GA, Queiroz EA, Arcanjo LP, Lopes MC, Araújo TA, Galdino TS, Samuels RI, Rodrigues-Silva N, Picanço MC.(2025) Biological performance and oviposition preference of tomato pinworm Tuta absoluta when offered a range of Solanaceous host plants. Scientific reports 11(1), 1153.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii (as Solanum)</t>
   </si>
   <si>
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.</t>
@@ -128,56 +130,50 @@
   <si>
     <t>DACULA</t>
   </si>
   <si>
     <t>Bactrocera latifrons</t>
   </si>
   <si>
     <t>* McQuate GT, Liquido NJ (2016) Provisional list of suitable host plants of Bactrocera (Bactrocera) latifrons (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). 
 * McQuate GT, Liquido NJ (2013) Annotated World Bibliography of Host Fruits of Bactrocera latifrons (Hendel) (Diptera: Tephritidae). Insecta Mundi. Paper 792. http://digitalcommons.unl.edu/insectamundi/792
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PYMV00</t>
   </si>
   <si>
     <t>Begomovirus tuberosi</t>
   </si>
   <si>
     <t>* Romay G, Chirinos DT, Geraud-Pouey F, Torres M, Bragard C (2016) First report of Potato yellow mosaic virus infecting Solanum americanum in Venezuela. New Disease Reports 34, 20.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
-  </si>
-[...4 lines deleted...]
-    <t>'Candidatus Phytoplasma americanum' (as Solanum)</t>
   </si>
   <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Solanum)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
@@ -908,51 +904,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D65"/>
+  <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1111,216 +1107,216 @@
       <c r="B13" t="s">
         <v>35</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>37</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>42</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D18" t="s">
         <v>46</v>
       </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>47</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>16</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>16</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>16</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>63</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" t="s">
         <v>64</v>
       </c>
       <c r="C25" t="s">
         <v>65</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>66</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>16</v>
       </c>
       <c r="B26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>16</v>
       </c>
       <c r="B27" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C27" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>71</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>16</v>
       </c>
       <c r="B28" t="s">
         <v>72</v>
       </c>
       <c r="C28" t="s">
         <v>73</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>16</v>
       </c>
       <c r="B29" t="s">
         <v>74</v>
       </c>
       <c r="C29" t="s">
         <v>75</v>
       </c>
       <c r="D29"/>
     </row>
@@ -1372,456 +1368,444 @@
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>16</v>
       </c>
       <c r="B34" t="s">
         <v>84</v>
       </c>
       <c r="C34" t="s">
         <v>85</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>16</v>
       </c>
       <c r="B35" t="s">
         <v>86</v>
       </c>
       <c r="C35" t="s">
         <v>87</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>16</v>
       </c>
       <c r="B36" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C36" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>90</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>16</v>
       </c>
       <c r="B37" t="s">
         <v>91</v>
       </c>
       <c r="C37" t="s">
         <v>92</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>16</v>
       </c>
       <c r="B38" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C38" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>95</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>16</v>
       </c>
       <c r="B39" t="s">
         <v>96</v>
       </c>
       <c r="C39" t="s">
         <v>97</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>16</v>
       </c>
       <c r="B40" t="s">
         <v>98</v>
       </c>
       <c r="C40" t="s">
         <v>99</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="B41" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B42" t="s">
+        <v>102</v>
+      </c>
+      <c r="C42" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B43" t="s">
-        <v>104</v>
+        <v>21</v>
       </c>
       <c r="C43" t="s">
+        <v>105</v>
+      </c>
+      <c r="D43" t="s">
         <v>106</v>
       </c>
-      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B44" t="s">
-        <v>21</v>
+        <v>107</v>
       </c>
       <c r="C44" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D44" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B45" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C45" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D45" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B46" t="s">
-        <v>112</v>
+        <v>40</v>
       </c>
       <c r="C46" t="s">
         <v>113</v>
       </c>
       <c r="D46" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B47" t="s">
-        <v>42</v>
+        <v>115</v>
       </c>
       <c r="C47" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D47" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B48" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C48" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D48" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B49" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C49" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B50" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C50" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D50" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B51" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D51" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B52" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C52" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B53" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C53" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D53" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C54" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B55" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C55" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D55" t="s">
-        <v>140</v>
+        <v>109</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B56" t="s">
         <v>141</v>
       </c>
       <c r="C56" t="s">
         <v>142</v>
       </c>
       <c r="D56" t="s">
-        <v>111</v>
+        <v>143</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B57" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C57" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>145</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B58" t="s">
         <v>146</v>
       </c>
       <c r="C58" t="s">
         <v>147</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>148</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B59" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C59" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D59" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B60" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C60" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D60" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B61" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C61" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D61" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B62" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C62" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D62" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B63" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C63" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="D63" t="s">
         <v>162</v>
       </c>
+      <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B64" t="s">
         <v>163</v>
       </c>
       <c r="C64" t="s">
         <v>164</v>
       </c>
-      <c r="D64"/>
-[...5 lines deleted...]
-      <c r="B65" t="s">
+      <c r="D64" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">