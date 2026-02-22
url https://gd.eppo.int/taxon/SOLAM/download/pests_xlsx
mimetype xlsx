--- v1 (2026-02-02)
+++ v2 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOLAM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
@@ -294,50 +294,60 @@
     <t>Potato virus Y tobacco veinal necrosis strain (as Solanum)</t>
   </si>
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t xml:space="preserve">* Weibel J, Tran TM, Bocsanczy AM, Daughtrey M, Norman DJ, Mejia L, Allen C (2016) A Ralstonia solanacearum strain from Guatemala infects diverse flower crops, including new asymptomatic hosts vinca and sutera, and causes symptoms in geranium, mandevilla vine, and new host African daisy (Osteospermum ecklonis). Plant Health Progress 17, 114-121
 * Wicker E, Grassart L, Coranson-Beaudu R, Mian D, Guilbaud C, Fegan M, Prior P (2007) Ralstonia solanacearum strains from Martinique (French West Indies) exhibiting a new pathogenic potential. Applied and environmental microbiology 73(21), 6790-6801
 </t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
@@ -904,51 +914,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D64"/>
+  <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1382,430 +1392,444 @@
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>16</v>
       </c>
       <c r="B35" t="s">
         <v>86</v>
       </c>
       <c r="C35" t="s">
         <v>87</v>
       </c>
       <c r="D35" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>16</v>
       </c>
       <c r="B36" t="s">
         <v>89</v>
       </c>
       <c r="C36" t="s">
         <v>90</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>91</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>16</v>
       </c>
       <c r="B37" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C37" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>93</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>16</v>
       </c>
       <c r="B38" t="s">
         <v>94</v>
       </c>
       <c r="C38" t="s">
         <v>95</v>
       </c>
-      <c r="D38"/>
+      <c r="D38" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>16</v>
       </c>
       <c r="B39" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C39" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>16</v>
       </c>
       <c r="B40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C40" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>100</v>
       </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>16</v>
+      </c>
+      <c r="B41" t="s">
         <v>101</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>102</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>103</v>
       </c>
-      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B42" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C42" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B43" t="s">
-        <v>21</v>
+        <v>105</v>
       </c>
       <c r="C43" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B44" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="C44" t="s">
         <v>108</v>
       </c>
       <c r="D44" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B45" t="s">
         <v>110</v>
       </c>
       <c r="C45" t="s">
         <v>111</v>
       </c>
       <c r="D45" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B46" t="s">
-        <v>40</v>
+        <v>113</v>
       </c>
       <c r="C46" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D46" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B47" t="s">
-        <v>115</v>
+        <v>40</v>
       </c>
       <c r="C47" t="s">
         <v>116</v>
       </c>
       <c r="D47" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B48" t="s">
         <v>118</v>
       </c>
       <c r="C48" t="s">
         <v>119</v>
       </c>
       <c r="D48" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B49" t="s">
         <v>121</v>
       </c>
       <c r="C49" t="s">
         <v>122</v>
       </c>
       <c r="D49" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>124</v>
       </c>
       <c r="C50" t="s">
         <v>125</v>
       </c>
       <c r="D50" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B51" t="s">
         <v>127</v>
       </c>
       <c r="C51" t="s">
         <v>128</v>
       </c>
       <c r="D51" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>130</v>
       </c>
       <c r="C52" t="s">
         <v>131</v>
       </c>
       <c r="D52" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B53" t="s">
         <v>133</v>
       </c>
       <c r="C53" t="s">
         <v>134</v>
       </c>
       <c r="D53" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B54" t="s">
         <v>136</v>
       </c>
       <c r="C54" t="s">
         <v>137</v>
       </c>
       <c r="D54" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B55" t="s">
         <v>139</v>
       </c>
       <c r="C55" t="s">
         <v>140</v>
       </c>
       <c r="D55" t="s">
-        <v>109</v>
+        <v>141</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B56" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C56" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D56" t="s">
-        <v>143</v>
+        <v>112</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B57" t="s">
         <v>144</v>
       </c>
       <c r="C57" t="s">
         <v>145</v>
       </c>
-      <c r="D57"/>
+      <c r="D57" t="s">
+        <v>146</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B58" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C58" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>148</v>
       </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B59" t="s">
         <v>149</v>
       </c>
       <c r="C59" t="s">
         <v>150</v>
       </c>
       <c r="D59" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B60" t="s">
         <v>152</v>
       </c>
       <c r="C60" t="s">
         <v>153</v>
       </c>
       <c r="D60" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B61" t="s">
         <v>155</v>
       </c>
       <c r="C61" t="s">
         <v>156</v>
       </c>
       <c r="D61" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B62" t="s">
         <v>158</v>
       </c>
       <c r="C62" t="s">
         <v>159</v>
       </c>
       <c r="D62" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B63" t="s">
         <v>161</v>
       </c>
       <c r="C63" t="s">
         <v>162</v>
       </c>
-      <c r="D63"/>
+      <c r="D63" t="s">
+        <v>163</v>
+      </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B64" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C64" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D64" t="s">
         <v>165</v>
+      </c>
+      <c r="D64"/>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>104</v>
+      </c>
+      <c r="B65" t="s">
+        <v>166</v>
+      </c>
+      <c r="C65" t="s">
+        <v>167</v>
+      </c>
+      <c r="D65" t="s">
+        <v>168</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">