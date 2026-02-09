--- v0 (2025-10-04)
+++ v1 (2026-02-09)
@@ -422,51 +422,51 @@
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>