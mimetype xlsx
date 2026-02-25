--- v0 (2025-10-08)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SOBJA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ERTNFU</t>
   </si>
   <si>
     <t>Erthesina fullo</t>
   </si>
   <si>
     <t>* Mi Q, Zhang J, Gould E, Chen J, Sun Z, Zhang F (2020) Biology, ecology, and management of Erthesina fullo (Hemiptera: Pentatomidae): A review. Insects 11, 346. https://doi.org/10.3390/insects11060346</t>
   </si>
   <si>
@@ -130,50 +130,53 @@
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari</t>
   </si>
   <si>
     <t>Shen J, Gao Q, Shen Y &amp; Lou B (2006) ITS analysis of quarantine insect Opogona sacchari (Lepidoptera: Hieroxestidae) from different hosts. Scientia Silvae Sinicae 42(6), 141-144.
 ----- as Sophora japonica var. pendula</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Living host.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>APRIGE</t>
   </si>
   <si>
     <t>Apriona germari</t>
   </si>
   <si>
     <t>APRISW</t>
   </si>
   <si>
     <t>Apriona swainsoni</t>
@@ -697,104 +700,106 @@
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D16" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">