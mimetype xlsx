--- v0 (2025-10-02)
+++ v1 (2026-03-17)
@@ -35,51 +35,52 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
+    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>