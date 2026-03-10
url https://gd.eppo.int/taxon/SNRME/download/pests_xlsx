--- v0 (2025-10-09)
+++ v1 (2026-03-10)
@@ -12,75 +12,84 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SNRME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t xml:space="preserve">* USDA (2022) Importation of dragon fruit (Selenicereus costaricensis, S. megalanthus, S. monacanthus, and S. undatus) for consumption from Colombia into the continental United States, Hawaii, Puerto Rico, and the U.S. Virgin Islands. A Qualitative, Pathway Initiated Pest Risk Assessment. 36 pp.
 </t>
+  </si>
+  <si>
+    <t>FUSAFO</t>
+  </si>
+  <si>
+    <t>Fusarium foetens</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Masmela Mendoza JE, Lizarazo-Forero LM (2026) Caracterización de la comunidad de hongos fitopatógenos en cultivos de pitahaya amarilla (Selenicereus megalanthus) de Boyacá, Colombia. Acta Botanica Mexicana, (133). https://doi.org/10.21829/abm133.2026.2476 </t>
   </si>
   <si>
     <t>MARGVI</t>
   </si>
   <si>
     <t>Margarodes vitis (as Cactaceae)</t>
   </si>
   <si>
     <t>* Giliomee J, de Klerk C &amp; Watson GW (2022) 3.3.4 Margarodes spp. In: Encyclopedia of Scale Insect Pests (Eds Kondo T &amp; Watson GW), pp. 69-73. CAB International, Wallingford (UK).</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Pei S, Yang Z, Chen Z, Xie C, Ding X (2024) First report of Meloidogyne enterolobii infecting yellow pitaya (Selenicereus megalanthus) in China. Plant Disease 108(3), 819. https://doi.org/10.1094/PDIS-07-23-1294-PDN
 ------- Reproduction factor was 1.9.</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii (as Selenicereus)</t>
   </si>
   <si>
     <t>* Gitonga D, Kassam R, Lasa MA, Hajihassani A (2024) First report of Meloidogyne enterolobii infecting dragon fruit, Hylocereus spp., in the United States. New Disease Reports 50(1), e12297. https://doi.org/10.1002/ndr2.12297</t>
@@ -438,51 +447,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -513,99 +522,113 @@
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">