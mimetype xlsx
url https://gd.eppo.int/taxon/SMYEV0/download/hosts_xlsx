--- v0 (2025-10-17)
+++ v1 (2026-02-27)
@@ -12,105 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SMYEV0" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>FRAAN</t>
   </si>
   <si>
     <t>Fragaria x ananassa</t>
   </si>
   <si>
     <t>* Bonneau P, Hogue R, Tellier S, Fournier V (2019) Evaluation of Various Sources of Viral Infection in Strawberry Fields of Quebec, Canada. Journal of Economic Entomology. https://doi.org/10.1093/jee/toz205
 ------- confirmed host</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>FRACH</t>
   </si>
   <si>
     <t>Fragaria chiloensis</t>
   </si>
   <si>
+    <t>* Rojas P, Almada RD, Sandoval C, Keller KE, Martin RR, Caligari PDS (2013) Occurrence of aphidborne viruses in southernmost South American populations of Fragaria chiloensis ssp. chiloensis. Plant Pathology 62(2), 428-435.</t>
+  </si>
+  <si>
+    <t>FRAVI</t>
+  </si>
+  <si>
+    <t>Fragaria virginiana</t>
+  </si>
+  <si>
+    <t>* Bonneau P, Hogue R, Tellier S, Fournier V (2019) Evaluation of Various Sources of Viral Infection in Strawberry Fields of Quebec, Canada. Journal of Economic Entomology. https://doi.org/10.1093/jee/toz205</t>
+  </si>
+  <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>FRAVE</t>
   </si>
   <si>
     <t>Fragaria vesca</t>
   </si>
   <si>
+    <t>* Franova J (2001) Occurrence of graft-transmissible virus diseases of the strawberry in the Czech Republic. Acta virologica 45(3), 151-158.</t>
+  </si>
+  <si>
     <t>FRAVS</t>
   </si>
   <si>
     <t>Fragaria vesca var. semperflorens</t>
-  </si>
-[...4 lines deleted...]
-    <t>Fragaria virginiana</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -425,126 +434,132 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="244.083" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="264.078" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D6"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>