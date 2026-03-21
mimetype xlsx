--- v0 (2025-10-09)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SLENRU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ANAOC</t>
   </si>
   <si>
     <t>Anacardium occidentale</t>
   </si>
   <si>
     <t>* Agboton C, Onzo A, Ouessou F I, Goergen G, Vidal S, Tamò M (2014) Insect fauna associated with Anacardium occidentale (Sapindales: Anacardiaceae) in Benin, West Africa. Journal of Insect Science 14(1), 229. https://doi.org/10.1093/jisesa/ieu091.
 * Igboekwe AD (1985) Injury to young cashew plants, Anacardium occidentale L., by the red-banded thrips Selenothrips rubrocinctus Giard (Thysanoptera: Thripidae). Agriculture, Ecosystems and Environment 13(1), 25-32.</t>
   </si>
@@ -66,51 +66,52 @@
   <si>
     <t>Garcinia mangostana</t>
   </si>
   <si>
     <t>* Astridge D (2001) Insect fauna surveys on rambutan, durian and mangosteen in North Queensland. in Proceedings of the sixth Workshop for Tropical Agricultural Entomologists Darwin - May 1998. Technical Bulletin Department of Primary Industry and Fisheries, Northern Territory of Australia 288, 75-79.
 ------- noted as major pest.
 * Gaud SM (1957) Control of the Red-Banded Thrips, Selenothrips rubrocinctus Giard, on Acalypha. Journal of Agriculture of University of Puerto Rico, 258-362.</t>
   </si>
   <si>
     <t>PEBAM</t>
   </si>
   <si>
     <t>Persea americana</t>
   </si>
   <si>
     <t>* Dennill GB, Erasmus MJ (1992) Basis for a practical technique for monitoring thrips in avocado orchards. Crop protection 11(1), 89-91.
 * Mille CG, Cazères S , Jourdan H, Mound LA (2025) Biosecurity in a biodiversity hotspot: an updated checklist of the Thysanoptera fauna of New Caledonia. Advances in Entomology 13(1), 1-47. https://doi.org/10.4236/ae.2025.131001</t>
   </si>
   <si>
     <t>THOCA</t>
   </si>
   <si>
     <t>Theobroma cacao</t>
   </si>
   <si>
-    <t>* Giard A (1901) Sur un Thrips (Physopus rubrocincta n. sp.) nuisible au cacaoyer.(Thys.). Bulletin de la Société entomologique de France  6(15), 263-265.</t>
+    <t>* Giard A (1901) Sur un Thrips (Physopus rubrocincta n. sp.) nuisible au cacaoyer.(Thys.). Bulletin de la Société entomologique de France  6(15), 263-265.
+* Reyes C (2020) Inventory of Philippine Thrips (Insecta: Order Thysanoptera). Philippine Journal of Science 150 (S1): 183-215, Special Issue on Biodiversity.</t>
   </si>
   <si>
     <t>ALEFO</t>
   </si>
   <si>
     <t>Vernicia fordii</t>
   </si>
   <si>
     <t>* Wang WX (1984) Bionomics and control of Selenothrips rubrocinctus. Acta Entomologica Sinica. 27 (1), 81-86. (abst.)
 ------- as Aleurites fordii.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACCHI</t>
   </si>
   <si>
     <t>Acalypha hispida</t>
   </si>
   <si>
     <t>* Etienne J, Ryckewaert P, Michel B (2015) Thrips (Insecta: Thysanoptera) of Guadeloupe and Martinique: updated check-list with new information on their ecology and natural enemies. Florida Entomologist 98(1), 298-304.</t>
   </si>
   <si>
     <t>ACCWI</t>
@@ -218,73 +219,97 @@
   </si>
   <si>
     <t>CODDI</t>
   </si>
   <si>
     <t>Coccoloba diversifolia</t>
   </si>
   <si>
     <t>* Gaud SM (1957) Control of the Red-Banded Thrips, Selenothrips rubrocinctus Giard, on Acalypha. Journal of Agriculture of University of Puerto Rico, 258-362.
 ------ as Coccolobis laurifolia.</t>
   </si>
   <si>
     <t>CDIVA</t>
   </si>
   <si>
     <t>Codiaeum variegatum</t>
   </si>
   <si>
     <t xml:space="preserve">* Gaud SM (1957) Control of the Red-Banded Thrips, Selenothrips rubrocinctus Giard, on Acalypha. Journal of Agriculture of University of Puerto Rico, 258-362.
 ------ noted as new host.
 * Kudo I (1995) Some Panchaetothripinae from Nepal, Malaysia and the Philippines [Thysanoptera: Terebrantia: Thripidae]. Insecta matsumurana. New series: journal of the Faculty of Agriculture Hokkaido University, series entomology 52, 81-103.
 ------- adults.
 </t>
   </si>
   <si>
+    <t>CURLO</t>
+  </si>
+  <si>
+    <t>Curcuma longa</t>
+  </si>
+  <si>
+    <t>* Babu A, Thattanteparambil R, Babu A, Deka B, Bharathi NS (2025) Thysanoptera Associated with Plantation Crops. Indian Journal of Entomology. 87(Special Issue (December), 150-157. https://doi.org/10.55446/IJE.2025.3390</t>
+  </si>
+  <si>
+    <t>DCYED</t>
+  </si>
+  <si>
+    <t>Dacryodes edulis</t>
+  </si>
+  <si>
+    <t>* Poligui RN, Mouaragadja IS, Vandereycken A, Haubruge E, Francis F (2014) Insect pests occurring on Dacryodes edulis (Burseraceae) in rural Areas in Gabon: Insect Pests of Dacryodes edulis in Gabon. Neotropical entomology 43(4), 322-334.</t>
+  </si>
+  <si>
     <t>EUCUG</t>
   </si>
   <si>
     <t>Eucalyptus urograndis</t>
   </si>
   <si>
     <t>* Peres Filho O, Januário AB, Gusmão RS, Dorval A (2011) First report of Selenothrips rubrocinctus attacking clones of Eucalyptus spp. in Rondônia State, Brazil. Revista de Agricultura (Piracicaba) 86(1), 80-82.</t>
   </si>
   <si>
     <t>FIUSS</t>
   </si>
   <si>
     <t>Ficus sp.</t>
   </si>
   <si>
     <t>GANSS</t>
   </si>
   <si>
     <t>Garcinia sp.</t>
   </si>
   <si>
     <t>* Kudo I (1995) Some Panchaetothripinae from Nepal, Malaysia and the Philippines [Thysanoptera: Terebrantia: Thripidae]. Insecta matsumurana. New series: journal of the Faculty of Agriculture Hokkaido University, series entomology 52, 81-103.
 ------- adults on G. tetrandra.</t>
+  </si>
+  <si>
+    <t>HVEBR</t>
+  </si>
+  <si>
+    <t>Hevea brasiliensis</t>
   </si>
   <si>
     <t>INGIN</t>
   </si>
   <si>
     <t>Inga ingoides</t>
   </si>
   <si>
     <t>* Etienne J, Ryckewaert P, Michel B (2015) Thrips (Insecta: Thysanoptera) of Guadeloupe and Martinique: updated check-list with new information on their ecology and natural enemies. Florida Entomologist 98(1), 298-304.
 ------- adults on flowers.</t>
   </si>
   <si>
     <t>KOTPA</t>
   </si>
   <si>
     <t>Koelreuteria paniculata</t>
   </si>
   <si>
     <t>LAESP</t>
   </si>
   <si>
     <t>Lagerstroemia speciosa</t>
   </si>
   <si>
     <t>LIQST</t>
@@ -340,50 +365,59 @@
   <si>
     <t>* Astridge D (2001) Insect fauna surveys on rambutan, durian and mangosteen in North Queensland. in Proceedings of the sixth Workshop for Tropical Agricultural Entomologists Darwin - May 1998. Technical Bulletin Department of Primary Industry and Fisheries, Northern Territory of Australia 288, 75-79.
 ------- noted as minor pest.</t>
   </si>
   <si>
     <t>OCSAM</t>
   </si>
   <si>
     <t>Ochanostachys amentacea</t>
   </si>
   <si>
     <t>PTTPE</t>
   </si>
   <si>
     <t>Parrotia persica</t>
   </si>
   <si>
     <t>PSIGU</t>
   </si>
   <si>
     <t>Psidium guajava</t>
   </si>
   <si>
     <t>* Etienne J, Ryckewaert P, Michel B (2015) Thrips (Insecta: Thysanoptera) of Guadeloupe and Martinique: updated check-list with new information on their ecology and natural enemies. Florida Entomologist 98(1), 298-304.
 ------- adults.</t>
+  </si>
+  <si>
+    <t>QUEGL</t>
+  </si>
+  <si>
+    <t>Quercus serrata</t>
+  </si>
+  <si>
+    <t>* Nishikanta Singh K, Taptamani H, Songomsing Chiru TD, Varatharajan R (2025) Biology of red-banded thrips Selenothrips Rubrocinctus (Giard) (Insecta: Thysanoptera: Thripidae) on oak leaf. Hexapoda, Insecta Indica 32(2),  1-5; https://doi.org/10.55446/hexa.2026.655</t>
   </si>
   <si>
     <t>RHOSI</t>
   </si>
   <si>
     <t>Rhododendron simsii</t>
   </si>
   <si>
     <t>* Mirab-balou M, Tong XL, Feng JN, Chen XX (2014) Thrips species diversity in urban green spaces of Hangzhou (Zhejiang Province), China. Journal of Entomological and Acarological Research, 46(3), 85-89.</t>
   </si>
   <si>
     <t>ROSCH</t>
   </si>
   <si>
     <t>Rosa chinensis</t>
   </si>
   <si>
     <t>* Mascarenhas ALS, Silvia MJP, Silva Junior JC (2016) Tisanopterofauna associada à plantas ornamentais e cultivadas no Sudoeste Baiano. Entomo Brasilis 9(1):31–35. https://doi.org/10.12741/ebrasilis.v9i1.536
 * Rodriguez dos Santos J, Morales MN, Pec Hernández MM, Souza B (2022) Can Selenothrips rubrocinctus (Thysanoptera: Thripidae) become a new pest in rose bush? Biologia 77(2), 411-421.</t>
   </si>
   <si>
     <t>ROSSS</t>
   </si>
   <si>
     <t>Rosa sp.</t>
@@ -798,51 +832,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D50"/>
+  <dimension ref="A1:D54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1131,429 +1165,485 @@
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>20</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>20</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>20</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>20</v>
       </c>
       <c r="B26" t="s">
         <v>74</v>
       </c>
       <c r="C26" t="s">
         <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>20</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>20</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D29" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>20</v>
       </c>
       <c r="B30" t="s">
         <v>84</v>
       </c>
       <c r="C30" t="s">
         <v>85</v>
       </c>
       <c r="D30" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>20</v>
       </c>
       <c r="B31" t="s">
         <v>86</v>
       </c>
       <c r="C31" t="s">
         <v>87</v>
       </c>
       <c r="D31" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>20</v>
       </c>
       <c r="B32" t="s">
         <v>89</v>
       </c>
       <c r="C32" t="s">
         <v>90</v>
       </c>
       <c r="D32" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>20</v>
       </c>
       <c r="B33" t="s">
         <v>92</v>
       </c>
       <c r="C33" t="s">
         <v>93</v>
       </c>
       <c r="D33" t="s">
-        <v>94</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>20</v>
       </c>
       <c r="B34" t="s">
+        <v>94</v>
+      </c>
+      <c r="C34" t="s">
         <v>95</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>20</v>
       </c>
       <c r="B35" t="s">
         <v>97</v>
       </c>
       <c r="C35" t="s">
         <v>98</v>
       </c>
       <c r="D35" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>20</v>
       </c>
       <c r="B36" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D36" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>20</v>
       </c>
       <c r="B37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D37" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>20</v>
       </c>
       <c r="B38" t="s">
         <v>105</v>
       </c>
       <c r="C38" t="s">
         <v>106</v>
       </c>
       <c r="D38" t="s">
-        <v>107</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>20</v>
       </c>
       <c r="B39" t="s">
+        <v>107</v>
+      </c>
+      <c r="C39" t="s">
         <v>108</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>20</v>
       </c>
       <c r="B40" t="s">
+        <v>110</v>
+      </c>
+      <c r="C40" t="s">
         <v>111</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>20</v>
       </c>
       <c r="B41" t="s">
         <v>113</v>
       </c>
       <c r="C41" t="s">
         <v>114</v>
       </c>
       <c r="D41" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>20</v>
       </c>
       <c r="B42" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C42" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D42" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>20</v>
       </c>
       <c r="B43" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C43" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D43" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>20</v>
       </c>
       <c r="B44" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C44" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D44" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>20</v>
       </c>
       <c r="B45" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C45" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D45" t="s">
-        <v>104</v>
+        <v>26</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>20</v>
       </c>
       <c r="B46" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C46" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D46" t="s">
-        <v>26</v>
+        <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>20</v>
       </c>
       <c r="B47" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C47" t="s">
+        <v>130</v>
+      </c>
+      <c r="D47" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>20</v>
       </c>
       <c r="B48" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C48" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D48" t="s">
-        <v>26</v>
+        <v>133</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>20</v>
       </c>
       <c r="B49" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C49" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D49" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="B50" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C50" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D50" t="s">
-        <v>136</v>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>20</v>
+      </c>
+      <c r="B51" t="s">
+        <v>138</v>
+      </c>
+      <c r="C51" t="s">
+        <v>139</v>
+      </c>
+      <c r="D51" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>20</v>
+      </c>
+      <c r="B52" t="s">
+        <v>140</v>
+      </c>
+      <c r="C52" t="s">
+        <v>141</v>
+      </c>
+      <c r="D52" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>20</v>
+      </c>
+      <c r="B53" t="s">
+        <v>142</v>
+      </c>
+      <c r="C53" t="s">
+        <v>143</v>
+      </c>
+      <c r="D53" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>144</v>
+      </c>
+      <c r="B54" t="s">
+        <v>145</v>
+      </c>
+      <c r="C54" t="s">
+        <v>146</v>
+      </c>
+      <c r="D54" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">