--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -347,88 +347,88 @@
               <w:t xml:space="preserve">Squash leaf curl virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> curly mottle of watermelon, leaf curl of melon, leaf curl of squash, necrotic mosaic of melon</w:t>
             </w:r>
-            <w:hyperlink r:id="rId571768f75f75ea384" w:history="1">
+            <w:hyperlink r:id="rId2629693284d15b3b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId700068f75f75ea3c8" w:history="1">
+            <w:hyperlink r:id="rId1485693284d15b3ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -442,86 +442,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SLCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35439293" name="name965668f75f75ea99d" descr="16093.jpg"/>
+                  <wp:docPr id="97110392" name="name3824693284d15bc5e" descr="16093.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16093.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId213668f75f75ea99b" cstate="print"/>
+                          <a:blip r:embed="rId2381693284d15bc5c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId425068f75f75eabc9" w:history="1">
+            <w:hyperlink r:id="rId3958693284d15be1b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1576,63 +1576,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29207707" name="name637368f75f75ebbfd" descr="SLCV00_distribution_map.jpg"/>
+            <wp:docPr id="87500057" name="name4606693284d15d255" descr="SLCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SLCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId267968f75f75ebbfa" cstate="print"/>
+                    <a:blip r:embed="rId1226693284d15d251" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2721,51 +2721,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236-239.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Squash leaf curl virus (leaf curl of squash). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId284568f75f75ec45a" w:history="1">
+      <w:hyperlink r:id="rId4077693284d15db6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.1503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2907,51 +2907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 643–664 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781668f75f75ec5a9" w:history="1">
+      <w:hyperlink r:id="rId9327693284d15dcc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12887</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3135,51 +3135,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 810; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId658768f75f75ec71c" w:history="1">
+      <w:hyperlink r:id="rId7070693284d15de4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050810</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3359,51 +3359,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1010.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2023) Current ICTV Taxonomy Release. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId576868f75f75ec881" w:history="1">
+      <w:hyperlink r:id="rId7766693284d15dffb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/taxonomy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3429,51 +3429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId662468f75f75ec8f1" w:history="1">
+      <w:hyperlink r:id="rId4756693284d15e07c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-91-3-0330B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3499,51 +3499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159968f75f75ec961" w:history="1">
+      <w:hyperlink r:id="rId5842693284d15e0f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1743-422X-11-181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3783,51 +3783,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 107-115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629968f75f75ecb20" w:history="1">
+      <w:hyperlink r:id="rId9804693284d15e2bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2019.1631215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3893,51 +3893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus cucurbitapeponis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677068f75f75ecbd5" w:history="1">
+      <w:hyperlink r:id="rId2993693284d15e374" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4012,63 +4012,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66697150" name="name318968f75f75ecce6" descr="eu_funding_250.png"/>
+            <wp:docPr id="45837468" name="name9373693284d15e5f9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId414668f75f75ecce5" cstate="print"/>
+                    <a:blip r:embed="rId6376693284d15e5f7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4166,137 +4166,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92516888">
+  <w:abstractNum w:abstractNumId="56757677">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73090992">
+    <w:lvl w:ilvl="0" w:tplc="50754094">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73090992" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50754094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73090992" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50754094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73090992" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50754094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73090992" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50754094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73090992" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50754094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73090992" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50754094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73090992" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50754094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73090992" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50754094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92516887">
+  <w:abstractNum w:abstractNumId="56757676">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91423234">
+    <w:lvl w:ilvl="0" w:tplc="77137026">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5048,55 +5048,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92516887">
-    <w:abstractNumId w:val="92516887"/>
+  <w:num w:numId="56757676">
+    <w:abstractNumId w:val="56757676"/>
   </w:num>
-  <w:num w:numId="92516888">
-    <w:abstractNumId w:val="92516888"/>
+  <w:num w:numId="56757677">
+    <w:abstractNumId w:val="56757677"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16646,51 +16646,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId946690250" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId211722037" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId571768f75f75ea384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/" TargetMode="External"/><Relationship Id="rId700068f75f75ea3c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/categorization" TargetMode="External"/><Relationship Id="rId425068f75f75eabc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/photos" TargetMode="External"/><Relationship Id="rId284568f75f75ec45a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.15038" TargetMode="External"/><Relationship Id="rId781668f75f75ec5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12887" TargetMode="External"/><Relationship Id="rId658768f75f75ec71c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050810" TargetMode="External"/><Relationship Id="rId576868f75f75ec881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/taxonomy" TargetMode="External"/><Relationship Id="rId662468f75f75ec8f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-91-3-0330B" TargetMode="External"/><Relationship Id="rId159968f75f75ec961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1743-422X-11-181" TargetMode="External"/><Relationship Id="rId629968f75f75ecb20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2019.1631215" TargetMode="External"/><Relationship Id="rId677068f75f75ecbd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId213668f75f75ea99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId213668f75f75ea99b.jpg"/><Relationship Id="rId267968f75f75ebbfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId267968f75f75ebbfa.jpg"/><Relationship Id="rId414668f75f75ecce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId414668f75f75ecce5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId932914246" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId473484553" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2629693284d15b3b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/" TargetMode="External"/><Relationship Id="rId1485693284d15b3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/categorization" TargetMode="External"/><Relationship Id="rId3958693284d15be1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/photos" TargetMode="External"/><Relationship Id="rId4077693284d15db6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.15038" TargetMode="External"/><Relationship Id="rId9327693284d15dcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12887" TargetMode="External"/><Relationship Id="rId7070693284d15de4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050810" TargetMode="External"/><Relationship Id="rId7766693284d15dffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/taxonomy" TargetMode="External"/><Relationship Id="rId4756693284d15e07c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-91-3-0330B" TargetMode="External"/><Relationship Id="rId5842693284d15e0f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1743-422X-11-181" TargetMode="External"/><Relationship Id="rId9804693284d15e2bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2019.1631215" TargetMode="External"/><Relationship Id="rId2993693284d15e374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2381693284d15bc5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2381693284d15bc5c.jpg"/><Relationship Id="rId1226693284d15d251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1226693284d15d251.jpg"/><Relationship Id="rId6376693284d15e5f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6376693284d15e5f7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>