--- v1 (2025-12-05)
+++ v2 (2026-01-07)
@@ -347,88 +347,88 @@
               <w:t xml:space="preserve">Squash leaf curl virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> curly mottle of watermelon, leaf curl of melon, leaf curl of squash, necrotic mosaic of melon</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2629693284d15b3b5" w:history="1">
+            <w:hyperlink r:id="rId3086695df086cfeab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1485693284d15b3ff" w:history="1">
+            <w:hyperlink r:id="rId2792695df086cfef0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -442,86 +442,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SLCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97110392" name="name3824693284d15bc5e" descr="16093.jpg"/>
+                  <wp:docPr id="65870034" name="name4547695df086d0010" descr="16093.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16093.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2381693284d15bc5c" cstate="print"/>
+                          <a:blip r:embed="rId5591695df086d000e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3958693284d15be1b" w:history="1">
+            <w:hyperlink r:id="rId6907695df086d0118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1576,63 +1576,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87500057" name="name4606693284d15d255" descr="SLCV00_distribution_map.jpg"/>
+            <wp:docPr id="84586584" name="name3569695df086d17f8" descr="SLCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SLCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1226693284d15d251" cstate="print"/>
+                    <a:blip r:embed="rId7007695df086d17f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2721,51 +2721,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236-239.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Squash leaf curl virus (leaf curl of squash). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4077693284d15db6f" w:history="1">
+      <w:hyperlink r:id="rId4568695df086d20f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.1503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2907,51 +2907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 643–664 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9327693284d15dcc2" w:history="1">
+      <w:hyperlink r:id="rId9378695df086d2225" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12887</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3135,51 +3135,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 810; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7070693284d15de4a" w:history="1">
+      <w:hyperlink r:id="rId2051695df086d239a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050810</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3359,51 +3359,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1010.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2023) Current ICTV Taxonomy Release. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7766693284d15dffb" w:history="1">
+      <w:hyperlink r:id="rId4349695df086d2501" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/taxonomy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3429,51 +3429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4756693284d15e07c" w:history="1">
+      <w:hyperlink r:id="rId8656695df086d2572" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-91-3-0330B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3499,51 +3499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5842693284d15e0f4" w:history="1">
+      <w:hyperlink r:id="rId5691695df086d25e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1743-422X-11-181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3783,51 +3783,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 107-115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9804693284d15e2bd" w:history="1">
+      <w:hyperlink r:id="rId2732695df086d27a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2019.1631215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3871,73 +3871,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus cucurbitapeponis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2993693284d15e374" w:history="1">
+      <w:hyperlink r:id="rId9003695df086d2859" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4012,63 +4012,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45837468" name="name9373693284d15e5f9" descr="eu_funding_250.png"/>
+            <wp:docPr id="47159857" name="name2249695df086d298b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6376693284d15e5f7" cstate="print"/>
+                    <a:blip r:embed="rId8932695df086d298a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4166,137 +4166,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56757677">
+  <w:abstractNum w:abstractNumId="98300399">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50754094">
+    <w:lvl w:ilvl="0" w:tplc="81964887">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50754094" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81964887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50754094" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81964887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50754094" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81964887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50754094" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81964887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50754094" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81964887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50754094" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81964887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50754094" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81964887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50754094" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81964887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56757676">
+  <w:abstractNum w:abstractNumId="98300398">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77137026">
+    <w:lvl w:ilvl="0" w:tplc="38996876">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5048,55 +5048,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56757676">
-    <w:abstractNumId w:val="56757676"/>
+  <w:num w:numId="98300398">
+    <w:abstractNumId w:val="98300398"/>
   </w:num>
-  <w:num w:numId="56757677">
-    <w:abstractNumId w:val="56757677"/>
+  <w:num w:numId="98300399">
+    <w:abstractNumId w:val="98300399"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16646,51 +16646,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId932914246" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId473484553" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2629693284d15b3b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/" TargetMode="External"/><Relationship Id="rId1485693284d15b3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/categorization" TargetMode="External"/><Relationship Id="rId3958693284d15be1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/photos" TargetMode="External"/><Relationship Id="rId4077693284d15db6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.15038" TargetMode="External"/><Relationship Id="rId9327693284d15dcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12887" TargetMode="External"/><Relationship Id="rId7070693284d15de4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050810" TargetMode="External"/><Relationship Id="rId7766693284d15dffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/taxonomy" TargetMode="External"/><Relationship Id="rId4756693284d15e07c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-91-3-0330B" TargetMode="External"/><Relationship Id="rId5842693284d15e0f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1743-422X-11-181" TargetMode="External"/><Relationship Id="rId9804693284d15e2bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2019.1631215" TargetMode="External"/><Relationship Id="rId2993693284d15e374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2381693284d15bc5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2381693284d15bc5c.jpg"/><Relationship Id="rId1226693284d15d251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1226693284d15d251.jpg"/><Relationship Id="rId6376693284d15e5f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6376693284d15e5f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId435803086" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId629981866" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3086695df086cfeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/" TargetMode="External"/><Relationship Id="rId2792695df086cfef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/categorization" TargetMode="External"/><Relationship Id="rId6907695df086d0118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/photos" TargetMode="External"/><Relationship Id="rId4568695df086d20f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.15038" TargetMode="External"/><Relationship Id="rId9378695df086d2225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12887" TargetMode="External"/><Relationship Id="rId2051695df086d239a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050810" TargetMode="External"/><Relationship Id="rId4349695df086d2501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/taxonomy" TargetMode="External"/><Relationship Id="rId8656695df086d2572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-91-3-0330B" TargetMode="External"/><Relationship Id="rId5691695df086d25e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1743-422X-11-181" TargetMode="External"/><Relationship Id="rId2732695df086d27a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2019.1631215" TargetMode="External"/><Relationship Id="rId9003695df086d2859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5591695df086d000e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5591695df086d000e.jpg"/><Relationship Id="rId7007695df086d17f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7007695df086d17f5.jpg"/><Relationship Id="rId8932695df086d298a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8932695df086d298a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>