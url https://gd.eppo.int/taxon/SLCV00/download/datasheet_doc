--- v2 (2026-01-07)
+++ v3 (2026-01-28)
@@ -347,88 +347,88 @@
               <w:t xml:space="preserve">Squash leaf curl virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> curly mottle of watermelon, leaf curl of melon, leaf curl of squash, necrotic mosaic of melon</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3086695df086cfeab" w:history="1">
+            <w:hyperlink r:id="rId912669798c500fabd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2792695df086cfef0" w:history="1">
+            <w:hyperlink r:id="rId992469798c500fb02" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -442,86 +442,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SLCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65870034" name="name4547695df086d0010" descr="16093.jpg"/>
+                  <wp:docPr id="98245980" name="name858869798c500fbfa" descr="16093.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16093.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5591695df086d000e" cstate="print"/>
+                          <a:blip r:embed="rId911469798c500fbf9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6907695df086d0118" w:history="1">
+            <w:hyperlink r:id="rId548769798c500fd2b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1576,63 +1576,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84586584" name="name3569695df086d17f8" descr="SLCV00_distribution_map.jpg"/>
+            <wp:docPr id="3372128" name="name382569798c50111f0" descr="SLCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SLCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7007695df086d17f5" cstate="print"/>
+                    <a:blip r:embed="rId329469798c50111ed" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2721,51 +2721,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236-239.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Squash leaf curl virus (leaf curl of squash). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4568695df086d20f4" w:history="1">
+      <w:hyperlink r:id="rId415669798c5011ae0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.1503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2907,51 +2907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 643–664 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9378695df086d2225" w:history="1">
+      <w:hyperlink r:id="rId399569798c5011c10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12887</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3135,51 +3135,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 810; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2051695df086d239a" w:history="1">
+      <w:hyperlink r:id="rId993169798c5011edb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050810</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3359,51 +3359,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1010.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2023) Current ICTV Taxonomy Release. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4349695df086d2501" w:history="1">
+      <w:hyperlink r:id="rId521269798c5012050" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/taxonomy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3429,51 +3429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8656695df086d2572" w:history="1">
+      <w:hyperlink r:id="rId634869798c50120c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-91-3-0330B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3499,51 +3499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5691695df086d25e3" w:history="1">
+      <w:hyperlink r:id="rId494369798c5012136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1743-422X-11-181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3783,51 +3783,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 107-115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2732695df086d27a5" w:history="1">
+      <w:hyperlink r:id="rId178569798c50122fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2019.1631215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3893,51 +3893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus cucurbitapeponis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9003695df086d2859" w:history="1">
+      <w:hyperlink r:id="rId892769798c50123b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4012,63 +4012,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47159857" name="name2249695df086d298b" descr="eu_funding_250.png"/>
+            <wp:docPr id="78854056" name="name509369798c50124e5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8932695df086d298a" cstate="print"/>
+                    <a:blip r:embed="rId548269798c50124e4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4166,137 +4166,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98300399">
+  <w:abstractNum w:abstractNumId="70158174">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81964887">
+    <w:lvl w:ilvl="0" w:tplc="20830208">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81964887" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20830208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81964887" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20830208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81964887" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20830208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81964887" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20830208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81964887" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20830208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81964887" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20830208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81964887" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20830208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81964887" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20830208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98300398">
+  <w:abstractNum w:abstractNumId="70158173">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38996876">
+    <w:lvl w:ilvl="0" w:tplc="21798838">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5048,55 +5048,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98300398">
-    <w:abstractNumId w:val="98300398"/>
+  <w:num w:numId="70158173">
+    <w:abstractNumId w:val="70158173"/>
   </w:num>
-  <w:num w:numId="98300399">
-    <w:abstractNumId w:val="98300399"/>
+  <w:num w:numId="70158174">
+    <w:abstractNumId w:val="70158174"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16646,51 +16646,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId435803086" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId629981866" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3086695df086cfeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/" TargetMode="External"/><Relationship Id="rId2792695df086cfef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/categorization" TargetMode="External"/><Relationship Id="rId6907695df086d0118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/photos" TargetMode="External"/><Relationship Id="rId4568695df086d20f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.15038" TargetMode="External"/><Relationship Id="rId9378695df086d2225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12887" TargetMode="External"/><Relationship Id="rId2051695df086d239a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050810" TargetMode="External"/><Relationship Id="rId4349695df086d2501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/taxonomy" TargetMode="External"/><Relationship Id="rId8656695df086d2572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-91-3-0330B" TargetMode="External"/><Relationship Id="rId5691695df086d25e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1743-422X-11-181" TargetMode="External"/><Relationship Id="rId2732695df086d27a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2019.1631215" TargetMode="External"/><Relationship Id="rId9003695df086d2859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5591695df086d000e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5591695df086d000e.jpg"/><Relationship Id="rId7007695df086d17f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7007695df086d17f5.jpg"/><Relationship Id="rId8932695df086d298a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8932695df086d298a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId782234110" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId257681874" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId912669798c500fabd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/" TargetMode="External"/><Relationship Id="rId992469798c500fb02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/categorization" TargetMode="External"/><Relationship Id="rId548769798c500fd2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/photos" TargetMode="External"/><Relationship Id="rId415669798c5011ae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.15038" TargetMode="External"/><Relationship Id="rId399569798c5011c10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12887" TargetMode="External"/><Relationship Id="rId993169798c5011edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050810" TargetMode="External"/><Relationship Id="rId521269798c5012050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/taxonomy" TargetMode="External"/><Relationship Id="rId634869798c50120c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-91-3-0330B" TargetMode="External"/><Relationship Id="rId494369798c5012136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1743-422X-11-181" TargetMode="External"/><Relationship Id="rId178569798c50122fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2019.1631215" TargetMode="External"/><Relationship Id="rId892769798c50123b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId911469798c500fbf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911469798c500fbf9.jpg"/><Relationship Id="rId329469798c50111ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId329469798c50111ed.jpg"/><Relationship Id="rId548269798c50124e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId548269798c50124e4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>