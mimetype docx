--- v3 (2026-01-28)
+++ v4 (2026-02-17)
@@ -347,88 +347,88 @@
               <w:t xml:space="preserve">Squash leaf curl virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> curly mottle of watermelon, leaf curl of melon, leaf curl of squash, necrotic mosaic of melon</w:t>
             </w:r>
-            <w:hyperlink r:id="rId912669798c500fabd" w:history="1">
+            <w:hyperlink r:id="rId1631699412755c5b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId992469798c500fb02" w:history="1">
+            <w:hyperlink r:id="rId4974699412755c5f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -442,86 +442,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SLCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98245980" name="name858869798c500fbfa" descr="16093.jpg"/>
+                  <wp:docPr id="91784076" name="name2019699412755ca5d" descr="16093.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16093.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId911469798c500fbf9" cstate="print"/>
+                          <a:blip r:embed="rId9494699412755ca5b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId548769798c500fd2b" w:history="1">
+            <w:hyperlink r:id="rId3129699412755dd88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1576,63 +1576,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3372128" name="name382569798c50111f0" descr="SLCV00_distribution_map.jpg"/>
+            <wp:docPr id="86262566" name="name9443699412755ff46" descr="SLCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SLCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId329469798c50111ed" cstate="print"/>
+                    <a:blip r:embed="rId9479699412755ff43" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2721,51 +2721,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236-239.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Squash leaf curl virus (leaf curl of squash). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId415669798c5011ae0" w:history="1">
+      <w:hyperlink r:id="rId521469941275609af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.1503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2907,51 +2907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 643–664 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399569798c5011c10" w:history="1">
+      <w:hyperlink r:id="rId24116994127560b17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12887</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3135,51 +3135,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 810; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId993169798c5011edb" w:history="1">
+      <w:hyperlink r:id="rId12786994127560c90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050810</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3359,51 +3359,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1010.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2023) Current ICTV Taxonomy Release. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521269798c5012050" w:history="1">
+      <w:hyperlink r:id="rId77986994127560df6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/taxonomy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3429,51 +3429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634869798c50120c3" w:history="1">
+      <w:hyperlink r:id="rId76616994127560e66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-91-3-0330B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3499,51 +3499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId494369798c5012136" w:history="1">
+      <w:hyperlink r:id="rId79056994127560ed7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1743-422X-11-181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3783,51 +3783,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 107-115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178569798c50122fd" w:history="1">
+      <w:hyperlink r:id="rId58216994127561096" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2019.1631215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3893,51 +3893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus cucurbitapeponis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId892769798c50123b3" w:history="1">
+      <w:hyperlink r:id="rId251369941275611a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4012,63 +4012,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78854056" name="name509369798c50124e5" descr="eu_funding_250.png"/>
+            <wp:docPr id="88387944" name="name444369941275612ec" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId548269798c50124e4" cstate="print"/>
+                    <a:blip r:embed="rId127269941275612eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4166,137 +4166,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70158174">
+  <w:abstractNum w:abstractNumId="85457638">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20830208">
+    <w:lvl w:ilvl="0" w:tplc="83468301">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20830208" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83468301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20830208" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83468301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20830208" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83468301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20830208" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83468301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20830208" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83468301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20830208" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83468301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20830208" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83468301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20830208" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83468301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70158173">
+  <w:abstractNum w:abstractNumId="85457637">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21798838">
+    <w:lvl w:ilvl="0" w:tplc="53586760">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5048,55 +5048,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70158173">
-    <w:abstractNumId w:val="70158173"/>
+  <w:num w:numId="85457637">
+    <w:abstractNumId w:val="85457637"/>
   </w:num>
-  <w:num w:numId="70158174">
-    <w:abstractNumId w:val="70158174"/>
+  <w:num w:numId="85457638">
+    <w:abstractNumId w:val="85457638"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16646,51 +16646,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId782234110" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId257681874" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId912669798c500fabd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/" TargetMode="External"/><Relationship Id="rId992469798c500fb02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/categorization" TargetMode="External"/><Relationship Id="rId548769798c500fd2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/photos" TargetMode="External"/><Relationship Id="rId415669798c5011ae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.15038" TargetMode="External"/><Relationship Id="rId399569798c5011c10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12887" TargetMode="External"/><Relationship Id="rId993169798c5011edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050810" TargetMode="External"/><Relationship Id="rId521269798c5012050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/taxonomy" TargetMode="External"/><Relationship Id="rId634869798c50120c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-91-3-0330B" TargetMode="External"/><Relationship Id="rId494369798c5012136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1743-422X-11-181" TargetMode="External"/><Relationship Id="rId178569798c50122fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2019.1631215" TargetMode="External"/><Relationship Id="rId892769798c50123b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId911469798c500fbf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911469798c500fbf9.jpg"/><Relationship Id="rId329469798c50111ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId329469798c50111ed.jpg"/><Relationship Id="rId548269798c50124e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId548269798c50124e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId103518248" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId277818932" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1631699412755c5b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/" TargetMode="External"/><Relationship Id="rId4974699412755c5f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/categorization" TargetMode="External"/><Relationship Id="rId3129699412755dd88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/photos" TargetMode="External"/><Relationship Id="rId521469941275609af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.15038" TargetMode="External"/><Relationship Id="rId24116994127560b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12887" TargetMode="External"/><Relationship Id="rId12786994127560c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050810" TargetMode="External"/><Relationship Id="rId77986994127560df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/taxonomy" TargetMode="External"/><Relationship Id="rId76616994127560e66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-91-3-0330B" TargetMode="External"/><Relationship Id="rId79056994127560ed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1743-422X-11-181" TargetMode="External"/><Relationship Id="rId58216994127561096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2019.1631215" TargetMode="External"/><Relationship Id="rId251369941275611a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9494699412755ca5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9494699412755ca5b.jpg"/><Relationship Id="rId9479699412755ff43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9479699412755ff43.jpg"/><Relationship Id="rId127269941275612eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId127269941275612eb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>