--- v4 (2026-02-17)
+++ v5 (2026-03-09)
@@ -347,88 +347,88 @@
               <w:t xml:space="preserve">Squash leaf curl virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> curly mottle of watermelon, leaf curl of melon, leaf curl of squash, necrotic mosaic of melon</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1631699412755c5b4" w:history="1">
+            <w:hyperlink r:id="rId570869af067ebe2b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4974699412755c5f8" w:history="1">
+            <w:hyperlink r:id="rId607769af067ebe30a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -442,86 +442,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SLCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91784076" name="name2019699412755ca5d" descr="16093.jpg"/>
+                  <wp:docPr id="99833075" name="name981269af067ebe6d4" descr="16093.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16093.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9494699412755ca5b" cstate="print"/>
+                          <a:blip r:embed="rId159469af067ebe6d2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3129699412755dd88" w:history="1">
+            <w:hyperlink r:id="rId637869af067ebe7ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1576,63 +1576,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86262566" name="name9443699412755ff46" descr="SLCV00_distribution_map.jpg"/>
+            <wp:docPr id="33186783" name="name368569af067ebf895" descr="SLCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SLCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9479699412755ff43" cstate="print"/>
+                    <a:blip r:embed="rId593169af067ebf892" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2721,51 +2721,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236-239.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Squash leaf curl virus (leaf curl of squash). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521469941275609af" w:history="1">
+      <w:hyperlink r:id="rId474169af067ec017e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.1503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2907,51 +2907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 643–664 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24116994127560b17" w:history="1">
+      <w:hyperlink r:id="rId706069af067ec02ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12887</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3135,51 +3135,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 810; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12786994127560c90" w:history="1">
+      <w:hyperlink r:id="rId597469af067ec0439" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050810</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3359,51 +3359,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1010.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2023) Current ICTV Taxonomy Release. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77986994127560df6" w:history="1">
+      <w:hyperlink r:id="rId385769af067ec05a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/taxonomy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3429,51 +3429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76616994127560e66" w:history="1">
+      <w:hyperlink r:id="rId194269af067ec0642" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-91-3-0330B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3499,51 +3499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79056994127560ed7" w:history="1">
+      <w:hyperlink r:id="rId363569af067ec06b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1743-422X-11-181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3783,51 +3783,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 107-115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58216994127561096" w:history="1">
+      <w:hyperlink r:id="rId782069af067ec087e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2019.1631215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3893,51 +3893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus cucurbitapeponis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId251369941275611a0" w:history="1">
+      <w:hyperlink r:id="rId716269af067ec0935" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4012,63 +4012,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88387944" name="name444369941275612ec" descr="eu_funding_250.png"/>
+            <wp:docPr id="48505659" name="name611969af067ec0a5d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId127269941275612eb" cstate="print"/>
+                    <a:blip r:embed="rId746369af067ec0a5c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4166,137 +4166,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85457638">
+  <w:abstractNum w:abstractNumId="68215175">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83468301">
+    <w:lvl w:ilvl="0" w:tplc="70595144">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83468301" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70595144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83468301" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70595144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83468301" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70595144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83468301" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70595144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83468301" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70595144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83468301" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70595144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83468301" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70595144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83468301" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70595144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85457637">
+  <w:abstractNum w:abstractNumId="68215174">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53586760">
+    <w:lvl w:ilvl="0" w:tplc="79807309">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5048,55 +5048,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85457637">
-    <w:abstractNumId w:val="85457637"/>
+  <w:num w:numId="68215174">
+    <w:abstractNumId w:val="68215174"/>
   </w:num>
-  <w:num w:numId="85457638">
-    <w:abstractNumId w:val="85457638"/>
+  <w:num w:numId="68215175">
+    <w:abstractNumId w:val="68215175"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16646,51 +16646,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId103518248" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId277818932" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1631699412755c5b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/" TargetMode="External"/><Relationship Id="rId4974699412755c5f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/categorization" TargetMode="External"/><Relationship Id="rId3129699412755dd88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/photos" TargetMode="External"/><Relationship Id="rId521469941275609af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.15038" TargetMode="External"/><Relationship Id="rId24116994127560b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12887" TargetMode="External"/><Relationship Id="rId12786994127560c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050810" TargetMode="External"/><Relationship Id="rId77986994127560df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/taxonomy" TargetMode="External"/><Relationship Id="rId76616994127560e66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-91-3-0330B" TargetMode="External"/><Relationship Id="rId79056994127560ed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1743-422X-11-181" TargetMode="External"/><Relationship Id="rId58216994127561096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2019.1631215" TargetMode="External"/><Relationship Id="rId251369941275611a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9494699412755ca5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9494699412755ca5b.jpg"/><Relationship Id="rId9479699412755ff43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9479699412755ff43.jpg"/><Relationship Id="rId127269941275612eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId127269941275612eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId552406130" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId595965150" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId570869af067ebe2b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/" TargetMode="External"/><Relationship Id="rId607769af067ebe30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/categorization" TargetMode="External"/><Relationship Id="rId637869af067ebe7ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/photos" TargetMode="External"/><Relationship Id="rId474169af067ec017e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.15038" TargetMode="External"/><Relationship Id="rId706069af067ec02ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12887" TargetMode="External"/><Relationship Id="rId597469af067ec0439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050810" TargetMode="External"/><Relationship Id="rId385769af067ec05a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/taxonomy" TargetMode="External"/><Relationship Id="rId194269af067ec0642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-91-3-0330B" TargetMode="External"/><Relationship Id="rId363569af067ec06b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1743-422X-11-181" TargetMode="External"/><Relationship Id="rId782069af067ec087e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2019.1631215" TargetMode="External"/><Relationship Id="rId716269af067ec0935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId159469af067ebe6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId159469af067ebe6d2.jpg"/><Relationship Id="rId593169af067ebf892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId593169af067ebf892.jpg"/><Relationship Id="rId746369af067ec0a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId746369af067ec0a5c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>