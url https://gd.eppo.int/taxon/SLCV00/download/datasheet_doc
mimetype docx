--- v5 (2026-03-09)
+++ v6 (2026-03-29)
@@ -347,88 +347,88 @@
               <w:t xml:space="preserve">Squash leaf curl virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> curly mottle of watermelon, leaf curl of melon, leaf curl of squash, necrotic mosaic of melon</w:t>
             </w:r>
-            <w:hyperlink r:id="rId570869af067ebe2b8" w:history="1">
+            <w:hyperlink r:id="rId150169c99b77ea2ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId607769af067ebe30a" w:history="1">
+            <w:hyperlink r:id="rId321569c99b77ea331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -442,86 +442,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SLCV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99833075" name="name981269af067ebe6d4" descr="16093.jpg"/>
+                  <wp:docPr id="42408989" name="name197269c99b77eaa16" descr="16093.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16093.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId159469af067ebe6d2" cstate="print"/>
+                          <a:blip r:embed="rId812469c99b77eaa14" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId637869af067ebe7ee" w:history="1">
+            <w:hyperlink r:id="rId858469c99b77eab76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1576,63 +1576,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33186783" name="name368569af067ebf895" descr="SLCV00_distribution_map.jpg"/>
+            <wp:docPr id="61678896" name="name393469c99b77ec181" descr="SLCV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SLCV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId593169af067ebf892" cstate="print"/>
+                    <a:blip r:embed="rId957069c99b77ec17e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2721,51 +2721,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 236-239.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Squash leaf curl virus (leaf curl of squash). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId474169af067ec017e" w:history="1">
+      <w:hyperlink r:id="rId268969c99b77eca6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.1503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2907,51 +2907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 643–664 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId706069af067ec02ad" w:history="1">
+      <w:hyperlink r:id="rId773169c99b77ecb97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12887</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3135,51 +3135,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 810; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId597469af067ec0439" w:history="1">
+      <w:hyperlink r:id="rId112469c99b77ecd2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050810</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3359,51 +3359,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1010.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2023) Current ICTV Taxonomy Release. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId385769af067ec05a6" w:history="1">
+      <w:hyperlink r:id="rId373069c99b77ece96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/taxonomy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3429,51 +3429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194269af067ec0642" w:history="1">
+      <w:hyperlink r:id="rId501969c99b77ecf07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-91-3-0330B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3499,51 +3499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363569af067ec06b7" w:history="1">
+      <w:hyperlink r:id="rId517169c99b77ecf79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1743-422X-11-181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3783,51 +3783,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 107-115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782069af067ec087e" w:history="1">
+      <w:hyperlink r:id="rId470469c99b77ed13d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2019.1631215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3893,51 +3893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus cucurbitapeponis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId716269af067ec0935" w:history="1">
+      <w:hyperlink r:id="rId823569c99b77ed1f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4012,63 +4012,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48505659" name="name611969af067ec0a5d" descr="eu_funding_250.png"/>
+            <wp:docPr id="56900726" name="name590369c99b77ed50a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId746369af067ec0a5c" cstate="print"/>
+                    <a:blip r:embed="rId548769c99b77ed508" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4166,137 +4166,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68215175">
+  <w:abstractNum w:abstractNumId="35291092">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70595144">
+    <w:lvl w:ilvl="0" w:tplc="79813595">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70595144" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79813595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70595144" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79813595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70595144" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79813595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70595144" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79813595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70595144" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79813595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70595144" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79813595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70595144" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79813595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70595144" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79813595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68215174">
+  <w:abstractNum w:abstractNumId="35291091">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79807309">
+    <w:lvl w:ilvl="0" w:tplc="72041259">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5048,55 +5048,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68215174">
-    <w:abstractNumId w:val="68215174"/>
+  <w:num w:numId="35291091">
+    <w:abstractNumId w:val="35291091"/>
   </w:num>
-  <w:num w:numId="68215175">
-    <w:abstractNumId w:val="68215175"/>
+  <w:num w:numId="35291092">
+    <w:abstractNumId w:val="35291092"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16646,51 +16646,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId552406130" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId595965150" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId570869af067ebe2b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/" TargetMode="External"/><Relationship Id="rId607769af067ebe30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/categorization" TargetMode="External"/><Relationship Id="rId637869af067ebe7ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/photos" TargetMode="External"/><Relationship Id="rId474169af067ec017e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.15038" TargetMode="External"/><Relationship Id="rId706069af067ec02ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12887" TargetMode="External"/><Relationship Id="rId597469af067ec0439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050810" TargetMode="External"/><Relationship Id="rId385769af067ec05a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/taxonomy" TargetMode="External"/><Relationship Id="rId194269af067ec0642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-91-3-0330B" TargetMode="External"/><Relationship Id="rId363569af067ec06b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1743-422X-11-181" TargetMode="External"/><Relationship Id="rId782069af067ec087e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2019.1631215" TargetMode="External"/><Relationship Id="rId716269af067ec0935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId159469af067ebe6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId159469af067ebe6d2.jpg"/><Relationship Id="rId593169af067ebf892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId593169af067ebf892.jpg"/><Relationship Id="rId746369af067ec0a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId746369af067ec0a5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId759161451" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId614934150" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId150169c99b77ea2ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/" TargetMode="External"/><Relationship Id="rId321569c99b77ea331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/categorization" TargetMode="External"/><Relationship Id="rId858469c99b77eab76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SLCV00/photos" TargetMode="External"/><Relationship Id="rId268969c99b77eca6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.15038" TargetMode="External"/><Relationship Id="rId773169c99b77ecb97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12887" TargetMode="External"/><Relationship Id="rId112469c99b77ecd2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050810" TargetMode="External"/><Relationship Id="rId373069c99b77ece96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/taxonomy" TargetMode="External"/><Relationship Id="rId501969c99b77ecf07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-91-3-0330B" TargetMode="External"/><Relationship Id="rId517169c99b77ecf79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1743-422X-11-181" TargetMode="External"/><Relationship Id="rId470469c99b77ed13d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2019.1631215" TargetMode="External"/><Relationship Id="rId823569c99b77ed1f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId812469c99b77eaa14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId812469c99b77eaa14.jpg"/><Relationship Id="rId957069c99b77ec17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId957069c99b77ec17e.jpg"/><Relationship Id="rId548769c99b77ed508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId548769c99b77ed508.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>