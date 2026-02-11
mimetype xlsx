--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -332,51 +332,51 @@
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>md</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
@@ -1459,51 +1459,51 @@
       <c r="B37" t="s">
         <v>84</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
         <v>85</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>69</v>
       </c>
       <c r="B38" t="s">
         <v>86</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
         <v>87</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>69</v>
       </c>
       <c r="B39" t="s">
         <v>88</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>89</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>69</v>
       </c>
       <c r="B40" t="s">
         <v>90</v>
       </c>