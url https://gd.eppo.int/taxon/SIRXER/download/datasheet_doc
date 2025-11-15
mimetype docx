--- v0 (2025-10-09)
+++ v1 (2025-11-15)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Semenov-Tian-Shanskij</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue-black horntail, blue-black woodwasp</w:t>
             </w:r>
-            <w:hyperlink r:id="rId989868e748bbb425c" w:history="1">
+            <w:hyperlink r:id="rId6552691862d07b32f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId627868e748bbb42ce" w:history="1">
+            <w:hyperlink r:id="rId1588691862d07b376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SIRXER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-74"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1015200"/>
-                  <wp:docPr id="39279637" name="name496368e748bbb4908" descr="16242.jpg"/>
+                  <wp:docPr id="86700356" name="name9553691862d07c063" descr="16242.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16242.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId747468e748bbb4906" cstate="print"/>
+                          <a:blip r:embed="rId4053691862d07c061" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1015200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId904768e748bbb4a0b" w:history="1">
+            <w:hyperlink r:id="rId3932691862d07c187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1650,63 +1650,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1988; Sundukov &amp; Lelei, 2012; Sundukov, 2017; Gao &amp; Shi, 2021), and Korea (Kostyunin, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14213957" name="name807568e748bbb6427" descr="SIRXER_distribution_map.jpg"/>
+            <wp:docPr id="21346672" name="name1343691862d07f717" descr="SIRXER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SIRXER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId344068e748bbb6423" cstate="print"/>
+                    <a:blip r:embed="rId3939691862d07f714" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2470,51 +2470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species, therefore DNA barcoding seems to be the only option to reliably identify the species on larval stage or insect remnants found in the galleries. At present, 7 DNA barcodes of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. ermak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available for comparison in BOLD (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId208468e748bbb6afd" w:history="1">
+      <w:hyperlink r:id="rId7332691862d08056b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data System</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), including the DNA barcodes obtained for 4 specimens of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3920,51 +3920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356068e748bbb7428" w:history="1">
+      <w:hyperlink r:id="rId8789691862d081f59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects12030222</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4893,51 +4893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sirex ermak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId554868e748bbb7a78" w:history="1">
+      <w:hyperlink r:id="rId1001691862d082e12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5022,81 +5022,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 453-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756068e748bbb7b4c" w:history="1">
+      <w:hyperlink r:id="rId7837691862d082ef2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00853.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71647934" name="name441268e748bbb7bd1" descr="eu_funding_250.png"/>
+            <wp:docPr id="29063293" name="name4687691862d08321d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId422968e748bbb7bcf" cstate="print"/>
+                    <a:blip r:embed="rId2582691862d08321b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5194,137 +5194,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89715306">
+  <w:abstractNum w:abstractNumId="24130493">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62600138">
+    <w:lvl w:ilvl="0" w:tplc="61550504">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62600138" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61550504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62600138" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61550504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62600138" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61550504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62600138" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61550504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62600138" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61550504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62600138" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61550504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62600138" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61550504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62600138" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61550504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89715305">
+  <w:abstractNum w:abstractNumId="24130492">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84818200">
+    <w:lvl w:ilvl="0" w:tplc="70653008">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6076,55 +6076,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89715305">
-    <w:abstractNumId w:val="89715305"/>
+  <w:num w:numId="24130492">
+    <w:abstractNumId w:val="24130492"/>
   </w:num>
-  <w:num w:numId="89715306">
-    <w:abstractNumId w:val="89715306"/>
+  <w:num w:numId="24130493">
+    <w:abstractNumId w:val="24130493"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17674,51 +17674,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId664951383" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123830818" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId989868e748bbb425c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/" TargetMode="External"/><Relationship Id="rId627868e748bbb42ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/categorization" TargetMode="External"/><Relationship Id="rId904768e748bbb4a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/photos" TargetMode="External"/><Relationship Id="rId208468e748bbb6afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=Sirex+ermak&amp;taxon=Sirex+ermak" TargetMode="External"/><Relationship Id="rId356068e748bbb7428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12030222" TargetMode="External"/><Relationship Id="rId554868e748bbb7a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId756068e748bbb7b4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00853.x" TargetMode="External"/><Relationship Id="rId747468e748bbb4906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId747468e748bbb4906.jpg"/><Relationship Id="rId344068e748bbb6423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId344068e748bbb6423.jpg"/><Relationship Id="rId422968e748bbb7bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId422968e748bbb7bcf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId387046025" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId896871001" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6552691862d07b32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/" TargetMode="External"/><Relationship Id="rId1588691862d07b376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/categorization" TargetMode="External"/><Relationship Id="rId3932691862d07c187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/photos" TargetMode="External"/><Relationship Id="rId7332691862d08056b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=Sirex+ermak&amp;taxon=Sirex+ermak" TargetMode="External"/><Relationship Id="rId8789691862d081f59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12030222" TargetMode="External"/><Relationship Id="rId1001691862d082e12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7837691862d082ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00853.x" TargetMode="External"/><Relationship Id="rId4053691862d07c061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4053691862d07c061.jpg"/><Relationship Id="rId3939691862d07f714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3939691862d07f714.jpg"/><Relationship Id="rId2582691862d08321b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2582691862d08321b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>