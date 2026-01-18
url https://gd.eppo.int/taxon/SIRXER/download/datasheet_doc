--- v1 (2025-11-15)
+++ v2 (2026-01-18)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Semenov-Tian-Shanskij</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue-black horntail, blue-black woodwasp</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6552691862d07b32f" w:history="1">
+            <w:hyperlink r:id="rId3857696cb343ea6f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1588691862d07b376" w:history="1">
+            <w:hyperlink r:id="rId6065696cb343ea746" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SIRXER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-74"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1015200"/>
-                  <wp:docPr id="86700356" name="name9553691862d07c063" descr="16242.jpg"/>
+                  <wp:docPr id="43723797" name="name6414696cb343eaf24" descr="16242.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16242.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4053691862d07c061" cstate="print"/>
+                          <a:blip r:embed="rId2356696cb343eaf21" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1015200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3932691862d07c187" w:history="1">
+            <w:hyperlink r:id="rId8072696cb343eb063" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1650,63 +1650,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1988; Sundukov &amp; Lelei, 2012; Sundukov, 2017; Gao &amp; Shi, 2021), and Korea (Kostyunin, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21346672" name="name1343691862d07f717" descr="SIRXER_distribution_map.jpg"/>
+            <wp:docPr id="51189158" name="name9665696cb343ec5c8" descr="SIRXER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SIRXER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3939691862d07f714" cstate="print"/>
+                    <a:blip r:embed="rId4611696cb343ec5c4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2470,51 +2470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species, therefore DNA barcoding seems to be the only option to reliably identify the species on larval stage or insect remnants found in the galleries. At present, 7 DNA barcodes of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. ermak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available for comparison in BOLD (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7332691862d08056b" w:history="1">
+      <w:hyperlink r:id="rId5675696cb343eccf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data System</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), including the DNA barcodes obtained for 4 specimens of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3920,51 +3920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8789691862d081f59" w:history="1">
+      <w:hyperlink r:id="rId2567696cb343ed69f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects12030222</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4871,73 +4871,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sirex ermak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1001691862d082e12" w:history="1">
+      <w:hyperlink r:id="rId2120696cb343edd11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5022,81 +5022,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 453-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7837691862d082ef2" w:history="1">
+      <w:hyperlink r:id="rId2296696cb343edde8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00853.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29063293" name="name4687691862d08321d" descr="eu_funding_250.png"/>
+            <wp:docPr id="88475080" name="name7092696cb343ede7a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2582691862d08321b" cstate="print"/>
+                    <a:blip r:embed="rId1318696cb343ede79" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5194,137 +5194,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24130493">
+  <w:abstractNum w:abstractNumId="45172196">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61550504">
+    <w:lvl w:ilvl="0" w:tplc="41136175">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61550504" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41136175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61550504" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41136175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61550504" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41136175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61550504" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41136175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61550504" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41136175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61550504" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41136175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61550504" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41136175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61550504" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41136175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24130492">
+  <w:abstractNum w:abstractNumId="45172195">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70653008">
+    <w:lvl w:ilvl="0" w:tplc="84018218">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6076,55 +6076,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24130492">
-    <w:abstractNumId w:val="24130492"/>
+  <w:num w:numId="45172195">
+    <w:abstractNumId w:val="45172195"/>
   </w:num>
-  <w:num w:numId="24130493">
-    <w:abstractNumId w:val="24130493"/>
+  <w:num w:numId="45172196">
+    <w:abstractNumId w:val="45172196"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17674,51 +17674,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId387046025" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId896871001" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6552691862d07b32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/" TargetMode="External"/><Relationship Id="rId1588691862d07b376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/categorization" TargetMode="External"/><Relationship Id="rId3932691862d07c187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/photos" TargetMode="External"/><Relationship Id="rId7332691862d08056b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=Sirex+ermak&amp;taxon=Sirex+ermak" TargetMode="External"/><Relationship Id="rId8789691862d081f59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12030222" TargetMode="External"/><Relationship Id="rId1001691862d082e12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7837691862d082ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00853.x" TargetMode="External"/><Relationship Id="rId4053691862d07c061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4053691862d07c061.jpg"/><Relationship Id="rId3939691862d07f714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3939691862d07f714.jpg"/><Relationship Id="rId2582691862d08321b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2582691862d08321b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345483520" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId697481075" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3857696cb343ea6f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/" TargetMode="External"/><Relationship Id="rId6065696cb343ea746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/categorization" TargetMode="External"/><Relationship Id="rId8072696cb343eb063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/photos" TargetMode="External"/><Relationship Id="rId5675696cb343eccf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=Sirex+ermak&amp;taxon=Sirex+ermak" TargetMode="External"/><Relationship Id="rId2567696cb343ed69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12030222" TargetMode="External"/><Relationship Id="rId2120696cb343edd11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2296696cb343edde8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00853.x" TargetMode="External"/><Relationship Id="rId2356696cb343eaf21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2356696cb343eaf21.jpg"/><Relationship Id="rId4611696cb343ec5c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4611696cb343ec5c4.jpg"/><Relationship Id="rId1318696cb343ede79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1318696cb343ede79.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>