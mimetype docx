--- v2 (2026-01-18)
+++ v3 (2026-02-09)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Semenov-Tian-Shanskij</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue-black horntail, blue-black woodwasp</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3857696cb343ea6f8" w:history="1">
+            <w:hyperlink r:id="rId25406989d924e538f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6065696cb343ea746" w:history="1">
+            <w:hyperlink r:id="rId20336989d924e53d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SIRXER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-74"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1015200"/>
-                  <wp:docPr id="43723797" name="name6414696cb343eaf24" descr="16242.jpg"/>
+                  <wp:docPr id="72348646" name="name52126989d924e5aa8" descr="16242.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16242.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2356696cb343eaf21" cstate="print"/>
+                          <a:blip r:embed="rId22626989d924e5aa5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1015200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8072696cb343eb063" w:history="1">
+            <w:hyperlink r:id="rId44626989d924e5bd5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1650,105 +1650,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1988; Sundukov &amp; Lelei, 2012; Sundukov, 2017; Gao &amp; Shi, 2021), and Korea (Kostyunin, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51189158" name="name9665696cb343ec5c8" descr="SIRXER_distribution_map.jpg"/>
+            <wp:docPr id="97471286" name="name45496989d924e68c3" descr="SIRXER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SIRXER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4611696cb343ec5c4" cstate="print"/>
+                    <a:blip r:embed="rId31926989d924e68c0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kazakhstan, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Western Siberia)</w:t>
+        <w:t xml:space="preserve"> Kazakhstan, Russian Federation (Central Russia, Eastern Siberia, Far East, Western Siberia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Qinghai), Kazakhstan, Korea, Democratic People's Republic of, Korea, Republic of, Mongolia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2470,51 +2470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species, therefore DNA barcoding seems to be the only option to reliably identify the species on larval stage or insect remnants found in the galleries. At present, 7 DNA barcodes of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. ermak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available for comparison in BOLD (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5675696cb343eccf1" w:history="1">
+      <w:hyperlink r:id="rId41766989d924e70c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data System</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), including the DNA barcodes obtained for 4 specimens of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3920,51 +3920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2567696cb343ed69f" w:history="1">
+      <w:hyperlink r:id="rId95556989d924e7ad7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects12030222</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4893,51 +4893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sirex ermak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2120696cb343edd11" w:history="1">
+      <w:hyperlink r:id="rId34556989d924e81e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5022,81 +5022,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 453-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2296696cb343edde8" w:history="1">
+      <w:hyperlink r:id="rId43066989d924e88ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00853.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88475080" name="name7092696cb343ede7a" descr="eu_funding_250.png"/>
+            <wp:docPr id="35509657" name="name72036989d924e89d7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1318696cb343ede79" cstate="print"/>
+                    <a:blip r:embed="rId22796989d924e89d3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5194,137 +5194,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45172196">
+  <w:abstractNum w:abstractNumId="99453794">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41136175">
+    <w:lvl w:ilvl="0" w:tplc="59353527">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41136175" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59353527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41136175" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59353527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41136175" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59353527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41136175" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59353527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41136175" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59353527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41136175" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59353527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41136175" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59353527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41136175" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59353527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45172195">
+  <w:abstractNum w:abstractNumId="99453793">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84018218">
+    <w:lvl w:ilvl="0" w:tplc="12169848">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6076,55 +6076,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45172195">
-    <w:abstractNumId w:val="45172195"/>
+  <w:num w:numId="99453793">
+    <w:abstractNumId w:val="99453793"/>
   </w:num>
-  <w:num w:numId="45172196">
-    <w:abstractNumId w:val="45172196"/>
+  <w:num w:numId="99453794">
+    <w:abstractNumId w:val="99453794"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17674,51 +17674,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345483520" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId697481075" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3857696cb343ea6f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/" TargetMode="External"/><Relationship Id="rId6065696cb343ea746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/categorization" TargetMode="External"/><Relationship Id="rId8072696cb343eb063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/photos" TargetMode="External"/><Relationship Id="rId5675696cb343eccf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=Sirex+ermak&amp;taxon=Sirex+ermak" TargetMode="External"/><Relationship Id="rId2567696cb343ed69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12030222" TargetMode="External"/><Relationship Id="rId2120696cb343edd11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2296696cb343edde8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00853.x" TargetMode="External"/><Relationship Id="rId2356696cb343eaf21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2356696cb343eaf21.jpg"/><Relationship Id="rId4611696cb343ec5c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4611696cb343ec5c4.jpg"/><Relationship Id="rId1318696cb343ede79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1318696cb343ede79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288915588" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId805628372" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25406989d924e538f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/" TargetMode="External"/><Relationship Id="rId20336989d924e53d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/categorization" TargetMode="External"/><Relationship Id="rId44626989d924e5bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/photos" TargetMode="External"/><Relationship Id="rId41766989d924e70c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=Sirex+ermak&amp;taxon=Sirex+ermak" TargetMode="External"/><Relationship Id="rId95556989d924e7ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12030222" TargetMode="External"/><Relationship Id="rId34556989d924e81e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId43066989d924e88ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00853.x" TargetMode="External"/><Relationship Id="rId22626989d924e5aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22626989d924e5aa5.jpg"/><Relationship Id="rId31926989d924e68c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31926989d924e68c0.jpg"/><Relationship Id="rId22796989d924e89d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22796989d924e89d3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>