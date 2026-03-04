--- v3 (2026-02-09)
+++ v4 (2026-03-04)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Semenov-Tian-Shanskij</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue-black horntail, blue-black woodwasp</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25406989d924e538f" w:history="1">
+            <w:hyperlink r:id="rId497069a854b0bc745" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20336989d924e53d2" w:history="1">
+            <w:hyperlink r:id="rId258269a854b0bc796" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SIRXER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-74"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1015200"/>
-                  <wp:docPr id="72348646" name="name52126989d924e5aa8" descr="16242.jpg"/>
+                  <wp:docPr id="23285742" name="name801669a854b0bc85b" descr="16242.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16242.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId22626989d924e5aa5" cstate="print"/>
+                          <a:blip r:embed="rId285069a854b0bc85a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1015200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId44626989d924e5bd5" w:history="1">
+            <w:hyperlink r:id="rId844169a854b0bc982" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1650,63 +1650,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1988; Sundukov &amp; Lelei, 2012; Sundukov, 2017; Gao &amp; Shi, 2021), and Korea (Kostyunin, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97471286" name="name45496989d924e68c3" descr="SIRXER_distribution_map.jpg"/>
+            <wp:docPr id="36035147" name="name949569a854b0bdcd6" descr="SIRXER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SIRXER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31926989d924e68c0" cstate="print"/>
+                    <a:blip r:embed="rId933569a854b0bdcd2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2470,51 +2470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species, therefore DNA barcoding seems to be the only option to reliably identify the species on larval stage or insect remnants found in the galleries. At present, 7 DNA barcodes of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. ermak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available for comparison in BOLD (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId41766989d924e70c6" w:history="1">
+      <w:hyperlink r:id="rId597669a854b0be401" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data System</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), including the DNA barcodes obtained for 4 specimens of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3920,51 +3920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95556989d924e7ad7" w:history="1">
+      <w:hyperlink r:id="rId302769a854b0bee54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects12030222</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4893,51 +4893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sirex ermak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34556989d924e81e4" w:history="1">
+      <w:hyperlink r:id="rId421569a854b0bf4bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5022,81 +5022,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 453-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43066989d924e88ca" w:history="1">
+      <w:hyperlink r:id="rId528269a854b0bf590" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00853.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35509657" name="name72036989d924e89d7" descr="eu_funding_250.png"/>
+            <wp:docPr id="73026770" name="name437169a854b0bf5f3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22796989d924e89d3" cstate="print"/>
+                    <a:blip r:embed="rId656469a854b0bf5f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5194,137 +5194,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99453794">
+  <w:abstractNum w:abstractNumId="24142378">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59353527">
+    <w:lvl w:ilvl="0" w:tplc="77980552">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59353527" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77980552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59353527" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77980552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59353527" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77980552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59353527" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77980552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59353527" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77980552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59353527" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77980552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59353527" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77980552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59353527" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77980552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99453793">
+  <w:abstractNum w:abstractNumId="24142377">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12169848">
+    <w:lvl w:ilvl="0" w:tplc="37989457">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6076,55 +6076,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99453793">
-    <w:abstractNumId w:val="99453793"/>
+  <w:num w:numId="24142377">
+    <w:abstractNumId w:val="24142377"/>
   </w:num>
-  <w:num w:numId="99453794">
-    <w:abstractNumId w:val="99453794"/>
+  <w:num w:numId="24142378">
+    <w:abstractNumId w:val="24142378"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17674,51 +17674,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288915588" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId805628372" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25406989d924e538f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/" TargetMode="External"/><Relationship Id="rId20336989d924e53d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/categorization" TargetMode="External"/><Relationship Id="rId44626989d924e5bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/photos" TargetMode="External"/><Relationship Id="rId41766989d924e70c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=Sirex+ermak&amp;taxon=Sirex+ermak" TargetMode="External"/><Relationship Id="rId95556989d924e7ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12030222" TargetMode="External"/><Relationship Id="rId34556989d924e81e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId43066989d924e88ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00853.x" TargetMode="External"/><Relationship Id="rId22626989d924e5aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22626989d924e5aa5.jpg"/><Relationship Id="rId31926989d924e68c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31926989d924e68c0.jpg"/><Relationship Id="rId22796989d924e89d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22796989d924e89d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId320479247" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId496847689" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId497069a854b0bc745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/" TargetMode="External"/><Relationship Id="rId258269a854b0bc796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/categorization" TargetMode="External"/><Relationship Id="rId844169a854b0bc982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/photos" TargetMode="External"/><Relationship Id="rId597669a854b0be401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=Sirex+ermak&amp;taxon=Sirex+ermak" TargetMode="External"/><Relationship Id="rId302769a854b0bee54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12030222" TargetMode="External"/><Relationship Id="rId421569a854b0bf4bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId528269a854b0bf590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00853.x" TargetMode="External"/><Relationship Id="rId285069a854b0bc85a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId285069a854b0bc85a.jpg"/><Relationship Id="rId933569a854b0bdcd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId933569a854b0bdcd2.jpg"/><Relationship Id="rId656469a854b0bf5f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId656469a854b0bf5f2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>