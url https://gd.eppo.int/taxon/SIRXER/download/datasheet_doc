--- v4 (2026-03-04)
+++ v5 (2026-03-24)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Semenov-Tian-Shanskij</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue-black horntail, blue-black woodwasp</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497069a854b0bc745" w:history="1">
+            <w:hyperlink r:id="rId423969c2fa8317a7d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258269a854b0bc796" w:history="1">
+            <w:hyperlink r:id="rId207469c2fa8317ac1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SIRXER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-74"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1015200"/>
-                  <wp:docPr id="23285742" name="name801669a854b0bc85b" descr="16242.jpg"/>
+                  <wp:docPr id="69638944" name="name948769c2fa83180ef" descr="16242.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16242.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId285069a854b0bc85a" cstate="print"/>
+                          <a:blip r:embed="rId773269c2fa83180ed" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1015200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId844169a854b0bc982" w:history="1">
+            <w:hyperlink r:id="rId864869c2fa8318232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1650,63 +1650,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1988; Sundukov &amp; Lelei, 2012; Sundukov, 2017; Gao &amp; Shi, 2021), and Korea (Kostyunin, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36035147" name="name949569a854b0bdcd6" descr="SIRXER_distribution_map.jpg"/>
+            <wp:docPr id="17320046" name="name926669c2fa8319520" descr="SIRXER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SIRXER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId933569a854b0bdcd2" cstate="print"/>
+                    <a:blip r:embed="rId563969c2fa831951e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2470,51 +2470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species, therefore DNA barcoding seems to be the only option to reliably identify the species on larval stage or insect remnants found in the galleries. At present, 7 DNA barcodes of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">S. ermak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available for comparison in BOLD (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId597669a854b0be401" w:history="1">
+      <w:hyperlink r:id="rId579969c2fa8319c28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data System</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), including the DNA barcodes obtained for 4 specimens of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3920,51 +3920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302769a854b0bee54" w:history="1">
+      <w:hyperlink r:id="rId130869c2fa831a565" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects12030222</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4893,51 +4893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sirex ermak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId421569a854b0bf4bb" w:history="1">
+      <w:hyperlink r:id="rId958069c2fa831abdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5022,81 +5022,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 453-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId528269a854b0bf590" w:history="1">
+      <w:hyperlink r:id="rId880169c2fa831acae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00853.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73026770" name="name437169a854b0bf5f3" descr="eu_funding_250.png"/>
+            <wp:docPr id="65994548" name="name970169c2fa831ad06" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId656469a854b0bf5f2" cstate="print"/>
+                    <a:blip r:embed="rId797369c2fa831ad05" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5194,137 +5194,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24142378">
+  <w:abstractNum w:abstractNumId="66887802">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77980552">
+    <w:lvl w:ilvl="0" w:tplc="92862389">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77980552" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92862389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77980552" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92862389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77980552" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92862389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77980552" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92862389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77980552" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92862389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77980552" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92862389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77980552" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92862389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77980552" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92862389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24142377">
+  <w:abstractNum w:abstractNumId="66887801">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37989457">
+    <w:lvl w:ilvl="0" w:tplc="61108285">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6076,55 +6076,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24142377">
-    <w:abstractNumId w:val="24142377"/>
+  <w:num w:numId="66887801">
+    <w:abstractNumId w:val="66887801"/>
   </w:num>
-  <w:num w:numId="24142378">
-    <w:abstractNumId w:val="24142378"/>
+  <w:num w:numId="66887802">
+    <w:abstractNumId w:val="66887802"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17674,51 +17674,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId320479247" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId496847689" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId497069a854b0bc745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/" TargetMode="External"/><Relationship Id="rId258269a854b0bc796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/categorization" TargetMode="External"/><Relationship Id="rId844169a854b0bc982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/photos" TargetMode="External"/><Relationship Id="rId597669a854b0be401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=Sirex+ermak&amp;taxon=Sirex+ermak" TargetMode="External"/><Relationship Id="rId302769a854b0bee54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12030222" TargetMode="External"/><Relationship Id="rId421569a854b0bf4bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId528269a854b0bf590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00853.x" TargetMode="External"/><Relationship Id="rId285069a854b0bc85a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId285069a854b0bc85a.jpg"/><Relationship Id="rId933569a854b0bdcd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId933569a854b0bdcd2.jpg"/><Relationship Id="rId656469a854b0bf5f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId656469a854b0bf5f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId543768774" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId408757794" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId423969c2fa8317a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/" TargetMode="External"/><Relationship Id="rId207469c2fa8317ac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/categorization" TargetMode="External"/><Relationship Id="rId864869c2fa8318232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SIRXER/photos" TargetMode="External"/><Relationship Id="rId579969c2fa8319c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=Sirex+ermak&amp;taxon=Sirex+ermak" TargetMode="External"/><Relationship Id="rId130869c2fa831a565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12030222" TargetMode="External"/><Relationship Id="rId958069c2fa831abdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId880169c2fa831acae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00853.x" TargetMode="External"/><Relationship Id="rId773269c2fa83180ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773269c2fa83180ed.jpg"/><Relationship Id="rId563969c2fa831951e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId563969c2fa831951e.jpg"/><Relationship Id="rId797369c2fa831ad05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId797369c2fa831ad05.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>