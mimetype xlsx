--- v0 (2025-10-04)
+++ v1 (2026-02-21)
@@ -170,51 +170,51 @@
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>