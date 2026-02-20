--- v0 (2025-10-18)
+++ v1 (2026-02-20)
@@ -371,51 +371,51 @@
   <si>
     <t>Sardegna</t>
   </si>
   <si>
     <t>sd</t>
   </si>
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>sc</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>North Macedonia</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>
   <si>
     <t>ci</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>