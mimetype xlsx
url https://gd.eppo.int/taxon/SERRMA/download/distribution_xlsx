--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -149,51 +149,51 @@
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Jiangxi</t>
   </si>
   <si>
     <t>jx</t>
   </si>
   <si>
     <t>Shandong</t>
   </si>
   <si>
     <t>sd</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>