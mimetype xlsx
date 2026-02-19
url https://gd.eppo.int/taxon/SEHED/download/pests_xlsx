--- v0 (2025-10-07)
+++ v1 (2026-02-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SEHED" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ANSTGR</t>
   </si>
   <si>
     <t>Anastrepha grandis</t>
   </si>
   <si>
     <t>* Bolzan A, Nava DE, Garcia FR, Valgas RA, Smaniotto G (2015) Biology of Anastrepha grandis (Diptera: Tephritidae) in different cucurbits. Journal of Economic Entomology 108(3), 1034-1039</t>
   </si>
   <si>
@@ -163,50 +163,60 @@
   <si>
     <t>Dacus bivittatus</t>
   </si>
   <si>
     <t xml:space="preserve">* Hassani IM, Delatte H, Ravaomanarivo LH, Nouhou S, Duyck PF (2022) Niche partitioning via host plants and altitude among fruit flies following the invasion of Bactrocera dorsalis. Agricultural and Forest Entomology. https://doi.org/10.1111/afe.12522
 </t>
   </si>
   <si>
     <t>Dacus bivittatus (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>DACUCI</t>
   </si>
   <si>
     <t>Dacus ciliatus</t>
   </si>
   <si>
     <t>* McQuate GT, Liquido NJ, Nakamichi KAA (2018) Host plant records of the lesser pumpkin fly, Dacus ciliatus Loew (Diptera: Tephritidae), Version 1.0. Available online at: USDA Compendium of Fruit Fly Host Information (CoFFHI), Edition 3.1.
 * White IM (2006) Taxonomy of the Dacina (Diptera: Tephritidae) of Africa and the Middle East. African Entomology Memoir 2, 156 pp.</t>
   </si>
   <si>
     <t>HYLEPL</t>
   </si>
   <si>
     <t>Delia platura (as Cucurbitaceae)</t>
+  </si>
+  <si>
+    <t>DIABVZ</t>
+  </si>
+  <si>
+    <t>Diabrotica virgifera zeae (as Sicyos)</t>
+  </si>
+  <si>
+    <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
+------- Adult host.</t>
   </si>
   <si>
     <t>DPHNIN</t>
   </si>
   <si>
     <t>Diaphania indica (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>DPHNNI</t>
   </si>
   <si>
     <t>Diaphania nitidalis</t>
   </si>
   <si>
     <t>* Sein F (1931) The Pickle Worm in Chayote in Porto Rico. Journal of Economic Entomology 24(3), 762.</t>
   </si>
   <si>
     <t>Diaphania nitidalis (as Cucurbitaceae)</t>
   </si>
   <si>
     <t xml:space="preserve">* Dupree M, Bissell TL, Beckham CM (1955) The pickleworm and its control. Ga. Agric. Exp. Stn. Bull 5, 4–31. </t>
   </si>
   <si>
     <t>PHOPSC</t>
   </si>
@@ -687,51 +697,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D43"/>
+  <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="392.761" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -979,327 +989,341 @@
         <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22" t="s">
         <v>50</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C23" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D23" t="s">
         <v>53</v>
       </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C24" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D24" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C26" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>60</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
         <v>61</v>
       </c>
       <c r="C27" t="s">
         <v>62</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C28" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>65</v>
       </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
         <v>66</v>
       </c>
       <c r="C29" t="s">
         <v>67</v>
       </c>
       <c r="D29" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
         <v>69</v>
       </c>
       <c r="C30" t="s">
         <v>70</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C32" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>75</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
         <v>76</v>
       </c>
       <c r="C33" t="s">
         <v>77</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C34" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D34" t="s">
         <v>80</v>
       </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
         <v>81</v>
       </c>
       <c r="C35" t="s">
         <v>82</v>
       </c>
       <c r="D35" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
         <v>84</v>
       </c>
       <c r="C36" t="s">
         <v>85</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C37" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C38" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>90</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
         <v>91</v>
       </c>
       <c r="C39" t="s">
         <v>92</v>
       </c>
       <c r="D39" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
         <v>94</v>
       </c>
       <c r="C40" t="s">
         <v>95</v>
       </c>
       <c r="D40" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
         <v>97</v>
       </c>
       <c r="C41" t="s">
         <v>98</v>
       </c>
       <c r="D41" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
         <v>100</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>101</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>102</v>
       </c>
-      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>103</v>
       </c>
       <c r="B43" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="C43" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D43"/>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>106</v>
+      </c>
+      <c r="B44" t="s">
+        <v>97</v>
+      </c>
+      <c r="C44" t="s">
+        <v>107</v>
+      </c>
+      <c r="D44"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>