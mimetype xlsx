--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -12,97 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SEGIN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
   <si>
     <t>Carlavirus vignae</t>
   </si>
   <si>
     <t>* Thouvenel JC, Monsarrat A, Fauquet C (1982) Isolation of cowpea mild mottle virus from diseased soybeans in the Ivory Coast. Plant Disease 66(4), 336-337.</t>
   </si>
   <si>
     <t>MELGFL</t>
   </si>
   <si>
     <t>Meloidogyne floridensis</t>
   </si>
   <si>
     <t>* Khanal C, Sagar GC, Harshman D (2024) Host suitability of summer cover crops and peach rootstocks to the peach root-knot nematode, Meloidogyne floridensis. Plant Disease 108(3), 582-586.
 -------poor host in pot experiments.</t>
   </si>
   <si>
     <t>SDV000</t>
   </si>
   <si>
     <t>Sadwavirus citri</t>
   </si>
   <si>
     <t>* Iwanami T, Koizumi M, Ieki H (1993) Diversity of properties among satsuma dwarf virus and related viruses. Annals of the Phytopathological Society of Japan 59, 642-650.
 * Tanaka H, Imada J (1974) Mechanical transmission of viruses of satsuma dwarf, citrus mosaic, navel infectious mottling and natsudaidai dwarf to herbaceous plants. In: Weathers LG, Cohen M (eds.) Proceedings of the 6th Conference of IOCV, Riverside, California (US), pp. 141-145.</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
   <si>
     <t>* Hallman GJ (1980) Huéspedes y enemigos naturales de Heliothis spp., en la región algodonera del Departamento del Tolima, Colombia. Turrialba 30(3), 272-279.
 * Kogan M, Helm CG, Kogan J, Brewer E (1989) Distribution and economic importance of Heliothis virescens and Heliothis zea in North, Central, and South America and of their Natural Enemies and Host Plants. pp 241-297 In Proceedings of the Workshop on Biological Control of Heliothis: Increasing the effectiveness of natural enemies. USDA.
 * EPPO (2024) EPPO Technical Document No. 1091. Pest risk analysis for Chloridea virescens. EPPO, Paris. Available at https://gd.eppo.int/taxon/HELIVI/documents
 ------- Main host (evidence that the plant supports populations of the pest in several generations or years, i.e. true hosts, or plant mentioned as common or preferred host – see PRA for further details on the host.</t>
   </si>
   <si>
     <t>HELIAR</t>
   </si>
   <si>
     <t>Helicoverpa armigera</t>
   </si>
   <si>
     <t>* Cunningham JP, Zalucki MP (2014) Understanding heliothine (Lepidoptera: Heliothinae) pests: what is a host plant? Journal of Economic Entomology 107, 881–896.</t>
   </si>
   <si>
     <t>HISHPH</t>
   </si>
@@ -556,51 +566,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -692,65 +702,65 @@
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>14</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>14</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D10" t="s">
         <v>31</v>
       </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
@@ -775,65 +785,65 @@
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14" t="s">
         <v>41</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>14</v>
       </c>
       <c r="B16" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" t="s">
+        <v>48</v>
+      </c>
+      <c r="D16" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>14</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>14</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" t="s">
         <v>53</v>
@@ -844,51 +854,65 @@
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>14</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>14</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s">
         <v>59</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" t="s">
+        <v>61</v>
+      </c>
+      <c r="C21" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>