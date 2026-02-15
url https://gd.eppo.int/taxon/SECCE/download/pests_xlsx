--- v0 (2025-10-16)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SECCE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
     <t>Clavibacter michiganensis</t>
   </si>
   <si>
     <t>* Stamova L, Sotirova V (1987) Reaction of different crops to artificial inoculation with Corynebacterium michiganense (E.F. Sm.) H.L. Jensen. Archiv fur Phytopathologie und Pflanzenschutz 23, 211–216.
 ------- Experimental. Causing wilted leaflets. Not confirmed in other publications. Pending confirmation, all monocotyledonous host plants reported by Stamova &amp; Satirova (1987) are considered doubtful.</t>
   </si>
@@ -215,50 +215,53 @@
   <si>
     <t>Pyricularia oryzae Triticum lineage</t>
   </si>
   <si>
     <t xml:space="preserve">* Castroagudín VL, Moreira SI, Pereira DAS, Moreira SS, Brunner PC, Maciel JLN, Crous PW, McDonald BA, Alves E, Ceresini PC (2016) Pyricularia graminis-tritici, a new Pyricularia species causing wheat blast. Persoonia - Molecular Phylogeny and Evolution of Fungi 37, 199-216.
 * Urashima AS, Hashimoto Y, Don LD, Kusaba M, Tosa Y, Nakayashiki H, Mayama S (1999) Molecular analysis of the wheat blast population in Brazil with a homolog of retrotransposon MGR583. Japanese Journal of Phytopathology 65, 429–436 https://doi.org/10.3186/jjphytopath.65.429
 </t>
   </si>
   <si>
     <t>CORBRA</t>
   </si>
   <si>
     <t>Rathayibacter rathayi</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus</t>
   </si>
   <si>
     <t>SITDMO</t>
   </si>
   <si>
     <t>Sitodiplosis mosellana</t>
+  </si>
+  <si>
+    <t>* Shrestha G, Reddy GV (2023) Wheat midge (Sitodiplosis mosellana): management in the Northern Great Plains of the United States and Canada. Buleigh Dodds Science Publishing.</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>MSPV00</t>
   </si>
   <si>
     <t>Tenuivirus zeae</t>
   </si>
   <si>
     <t>TILLCO</t>
   </si>
   <si>
     <t>Tilletia controversa</t>
   </si>
   <si>
     <t>NEOVIN</t>
   </si>
@@ -959,165 +962,167 @@
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
         <v>61</v>
       </c>
       <c r="C23" t="s">
         <v>62</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
       <c r="C24" t="s">
         <v>64</v>
       </c>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D25" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C26" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C27" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C28" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D28" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C29" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C30" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C31" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D31" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B32" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C32" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B33" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C33" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D33"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>