--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -369,51 +369,51 @@
               <w:t xml:space="preserve">Satsuma dwarf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oleocellosis-like symptoms of Satsuma orange, Summer orange dwarf, dwarf disease of satsuma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385568e707de9c15b" w:history="1">
+            <w:hyperlink r:id="rId5713690248a863364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -429,51 +429,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336068e707de9c1c5" w:history="1">
+            <w:hyperlink r:id="rId8612690248a8633d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -487,86 +487,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SDV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69148693" name="name707568e707de9c876" descr="1536.jpg"/>
+                  <wp:docPr id="23936883" name="name5734690248a86349f" descr="1536.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1536.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId410968e707de9c874" cstate="print"/>
+                          <a:blip r:embed="rId9612690248a86349d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId243368e707de9c9b9" w:history="1">
+            <w:hyperlink r:id="rId9428690248a8635bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1741,63 +1741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Satsuma dwarf virus is present in China, Iran, Japan and the Korean peninsula. It has a restricted distribution in Turkey where it is presumed to have been introduced with budwood imported from the Far East (Onelge and Cınar, 2010). One report from Peru (IOCV website, 2017) has been retracted its author (Iwanami, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55962145" name="name490768e707de9db8f" descr="SDV000_distribution_map.jpg"/>
+            <wp:docPr id="61400706" name="name7817690248a864d3f" descr="SDV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SDV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId180168e707de9db8a" cstate="print"/>
+                    <a:blip r:embed="rId5071690248a864d3b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3292,51 +3292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Çınar A &amp; Önelge N (2010) Virus and virus-like diseases in turkey citriculture. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 20 th Conf. IOCV.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IOCV, Riverside (CA). pp. 233–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId959668e707de9e769" w:history="1">
+      <w:hyperlink r:id="rId7212690248a865916" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/0bn1239x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3389,51 +3389,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-399.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dang T, Ramirez B, Osman F, Bodahi S &amp; Vidalakis G (2016) QuantiGene Plex: A non-PCR, high throughput, multiplex detection assay for citrus pathogens. Abstract of the 20th Conference of the International Organization of Citrus Virologists, Chongqing (CN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId145368e707de9e810" w:history="1">
+      <w:hyperlink r:id="rId6272690248a8659c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/12c1x3hz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3468,51 +3468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191868e707de9e893" w:history="1">
+      <w:hyperlink r:id="rId8808690248a865a42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.201d7.5032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3547,51 +3547,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737-755. Edited as an EPPO Standard in 1998. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId551968e707de9e913" w:history="1">
+      <w:hyperlink r:id="rId6459690248a865ac2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616668e707de9e986" w:history="1">
+      <w:hyperlink r:id="rId2708690248a865b36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5240,51 +5240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sadwavirus citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529168e707de9f433" w:history="1">
+      <w:hyperlink r:id="rId6001690248a866a94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5359,63 +5359,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80647906" name="name298568e707de9f54e" descr="eu_funding_250.png"/>
+            <wp:docPr id="47121251" name="name6084690248a866bca" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId671568e707de9f54c" cstate="print"/>
+                    <a:blip r:embed="rId2819690248a866bc9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5513,137 +5513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73328884">
+  <w:abstractNum w:abstractNumId="71850229">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62427677">
+    <w:lvl w:ilvl="0" w:tplc="65569174">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62427677" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65569174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62427677" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65569174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62427677" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65569174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62427677" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65569174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62427677" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65569174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62427677" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65569174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62427677" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65569174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62427677" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65569174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73328883">
+  <w:abstractNum w:abstractNumId="71850228">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41609889">
+    <w:lvl w:ilvl="0" w:tplc="20338319">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6395,55 +6395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73328883">
-    <w:abstractNumId w:val="73328883"/>
+  <w:num w:numId="71850228">
+    <w:abstractNumId w:val="71850228"/>
   </w:num>
-  <w:num w:numId="73328884">
-    <w:abstractNumId w:val="73328884"/>
+  <w:num w:numId="71850229">
+    <w:abstractNumId w:val="71850229"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId187208992" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId566729672" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId385568e707de9c15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId336068e707de9c1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId243368e707de9c9b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId959668e707de9e769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId145368e707de9e810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId191868e707de9e893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId551968e707de9e913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId616668e707de9e986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId529168e707de9f433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId410968e707de9c874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId410968e707de9c874.jpg"/><Relationship Id="rId180168e707de9db8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId180168e707de9db8a.jpg"/><Relationship Id="rId671568e707de9f54c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId671568e707de9f54c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId203248726" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId962306784" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5713690248a863364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId8612690248a8633d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId9428690248a8635bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId7212690248a865916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId6272690248a8659c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId8808690248a865a42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId6459690248a865ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId2708690248a865b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId6001690248a866a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9612690248a86349d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9612690248a86349d.jpg"/><Relationship Id="rId5071690248a864d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5071690248a864d3b.jpg"/><Relationship Id="rId2819690248a866bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2819690248a866bc9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>