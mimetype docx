--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -369,51 +369,51 @@
               <w:t xml:space="preserve">Satsuma dwarf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oleocellosis-like symptoms of Satsuma orange, Summer orange dwarf, dwarf disease of satsuma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5713690248a863364" w:history="1">
+            <w:hyperlink r:id="rId6836691d0cbab7840" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -429,51 +429,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8612690248a8633d6" w:history="1">
+            <w:hyperlink r:id="rId5313691d0cbab78aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -487,86 +487,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SDV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23936883" name="name5734690248a86349f" descr="1536.jpg"/>
+                  <wp:docPr id="43948016" name="name3772691d0cbab7ac0" descr="1536.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1536.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9612690248a86349d" cstate="print"/>
+                          <a:blip r:embed="rId1384691d0cbab7ab6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9428690248a8635bb" w:history="1">
+            <w:hyperlink r:id="rId3384691d0cbab7d46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1741,63 +1741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Satsuma dwarf virus is present in China, Iran, Japan and the Korean peninsula. It has a restricted distribution in Turkey where it is presumed to have been introduced with budwood imported from the Far East (Onelge and Cınar, 2010). One report from Peru (IOCV website, 2017) has been retracted its author (Iwanami, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61400706" name="name7817690248a864d3f" descr="SDV000_distribution_map.jpg"/>
+            <wp:docPr id="83529966" name="name9073691d0cbaba265" descr="SDV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SDV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5071690248a864d3b" cstate="print"/>
+                    <a:blip r:embed="rId7274691d0cbaba261" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3292,51 +3292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Çınar A &amp; Önelge N (2010) Virus and virus-like diseases in turkey citriculture. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 20 th Conf. IOCV.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IOCV, Riverside (CA). pp. 233–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7212690248a865916" w:history="1">
+      <w:hyperlink r:id="rId7815691d0cbabb208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/0bn1239x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3389,51 +3389,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-399.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dang T, Ramirez B, Osman F, Bodahi S &amp; Vidalakis G (2016) QuantiGene Plex: A non-PCR, high throughput, multiplex detection assay for citrus pathogens. Abstract of the 20th Conference of the International Organization of Citrus Virologists, Chongqing (CN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6272690248a8659c0" w:history="1">
+      <w:hyperlink r:id="rId6376691d0cbabb2ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/12c1x3hz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3468,51 +3468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8808690248a865a42" w:history="1">
+      <w:hyperlink r:id="rId6126691d0cbabb32d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.201d7.5032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3547,51 +3547,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737-755. Edited as an EPPO Standard in 1998. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6459690248a865ac2" w:history="1">
+      <w:hyperlink r:id="rId9359691d0cbabb3ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2708690248a865b36" w:history="1">
+      <w:hyperlink r:id="rId9362691d0cbabb42a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5240,51 +5240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sadwavirus citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6001690248a866a94" w:history="1">
+      <w:hyperlink r:id="rId5859691d0cbabbeb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5359,63 +5359,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47121251" name="name6084690248a866bca" descr="eu_funding_250.png"/>
+            <wp:docPr id="63062034" name="name8967691d0cbabc016" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2819690248a866bc9" cstate="print"/>
+                    <a:blip r:embed="rId8999691d0cbabc014" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5513,137 +5513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71850229">
+  <w:abstractNum w:abstractNumId="81202608">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65569174">
+    <w:lvl w:ilvl="0" w:tplc="84446010">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65569174" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84446010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65569174" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84446010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65569174" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84446010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65569174" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84446010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65569174" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84446010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65569174" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84446010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65569174" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84446010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65569174" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84446010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71850228">
+  <w:abstractNum w:abstractNumId="81202607">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20338319">
+    <w:lvl w:ilvl="0" w:tplc="70262156">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6395,55 +6395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71850228">
-    <w:abstractNumId w:val="71850228"/>
+  <w:num w:numId="81202607">
+    <w:abstractNumId w:val="81202607"/>
   </w:num>
-  <w:num w:numId="71850229">
-    <w:abstractNumId w:val="71850229"/>
+  <w:num w:numId="81202608">
+    <w:abstractNumId w:val="81202608"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId203248726" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId962306784" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5713690248a863364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId8612690248a8633d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId9428690248a8635bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId7212690248a865916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId6272690248a8659c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId8808690248a865a42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId6459690248a865ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId2708690248a865b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId6001690248a866a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9612690248a86349d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9612690248a86349d.jpg"/><Relationship Id="rId5071690248a864d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5071690248a864d3b.jpg"/><Relationship Id="rId2819690248a866bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2819690248a866bc9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId228544102" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId359279666" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6836691d0cbab7840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId5313691d0cbab78aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId3384691d0cbab7d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId7815691d0cbabb208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId6376691d0cbabb2ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId6126691d0cbabb32d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId9359691d0cbabb3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId9362691d0cbabb42a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId5859691d0cbabbeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1384691d0cbab7ab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1384691d0cbab7ab6.jpg"/><Relationship Id="rId7274691d0cbaba261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7274691d0cbaba261.jpg"/><Relationship Id="rId8999691d0cbabc014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8999691d0cbabc014.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>