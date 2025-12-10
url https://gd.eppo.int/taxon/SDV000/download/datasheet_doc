--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -369,51 +369,51 @@
               <w:t xml:space="preserve">Satsuma dwarf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oleocellosis-like symptoms of Satsuma orange, Summer orange dwarf, dwarf disease of satsuma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6836691d0cbab7840" w:history="1">
+            <w:hyperlink r:id="rId90386939a6fa1df33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -429,51 +429,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5313691d0cbab78aa" w:history="1">
+            <w:hyperlink r:id="rId38106939a6fa1dfa6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -487,86 +487,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SDV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43948016" name="name3772691d0cbab7ac0" descr="1536.jpg"/>
+                  <wp:docPr id="42464302" name="name72646939a6fa1e354" descr="1536.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1536.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1384691d0cbab7ab6" cstate="print"/>
+                          <a:blip r:embed="rId31936939a6fa1e351" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3384691d0cbab7d46" w:history="1">
+            <w:hyperlink r:id="rId38436939a6fa1e4f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1741,63 +1741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Satsuma dwarf virus is present in China, Iran, Japan and the Korean peninsula. It has a restricted distribution in Turkey where it is presumed to have been introduced with budwood imported from the Far East (Onelge and Cınar, 2010). One report from Peru (IOCV website, 2017) has been retracted its author (Iwanami, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83529966" name="name9073691d0cbaba265" descr="SDV000_distribution_map.jpg"/>
+            <wp:docPr id="39559268" name="name60876939a6fa1fcd0" descr="SDV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SDV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7274691d0cbaba261" cstate="print"/>
+                    <a:blip r:embed="rId74456939a6fa1fccd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3292,51 +3292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Çınar A &amp; Önelge N (2010) Virus and virus-like diseases in turkey citriculture. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 20 th Conf. IOCV.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IOCV, Riverside (CA). pp. 233–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7815691d0cbabb208" w:history="1">
+      <w:hyperlink r:id="rId23686939a6fa20a2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/0bn1239x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3389,51 +3389,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-399.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dang T, Ramirez B, Osman F, Bodahi S &amp; Vidalakis G (2016) QuantiGene Plex: A non-PCR, high throughput, multiplex detection assay for citrus pathogens. Abstract of the 20th Conference of the International Organization of Citrus Virologists, Chongqing (CN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6376691d0cbabb2ac" w:history="1">
+      <w:hyperlink r:id="rId46536939a6fa20ad0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/12c1x3hz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3468,51 +3468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6126691d0cbabb32d" w:history="1">
+      <w:hyperlink r:id="rId28926939a6fa20b50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.201d7.5032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3547,51 +3547,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737-755. Edited as an EPPO Standard in 1998. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9359691d0cbabb3ab" w:history="1">
+      <w:hyperlink r:id="rId53656939a6fa20bce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9362691d0cbabb42a" w:history="1">
+      <w:hyperlink r:id="rId15976939a6fa20c40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5240,51 +5240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sadwavirus citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5859691d0cbabbeb4" w:history="1">
+      <w:hyperlink r:id="rId21046939a6fa217ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5359,63 +5359,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63062034" name="name8967691d0cbabc016" descr="eu_funding_250.png"/>
+            <wp:docPr id="90771683" name="name25406939a6fa218b7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8999691d0cbabc014" cstate="print"/>
+                    <a:blip r:embed="rId36146939a6fa218b6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5513,137 +5513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81202608">
+  <w:abstractNum w:abstractNumId="99084357">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84446010">
+    <w:lvl w:ilvl="0" w:tplc="18612972">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84446010" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18612972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84446010" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18612972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84446010" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18612972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84446010" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18612972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84446010" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18612972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84446010" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18612972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84446010" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18612972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84446010" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18612972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81202607">
+  <w:abstractNum w:abstractNumId="99084356">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70262156">
+    <w:lvl w:ilvl="0" w:tplc="65728248">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6395,55 +6395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81202607">
-    <w:abstractNumId w:val="81202607"/>
+  <w:num w:numId="99084356">
+    <w:abstractNumId w:val="99084356"/>
   </w:num>
-  <w:num w:numId="81202608">
-    <w:abstractNumId w:val="81202608"/>
+  <w:num w:numId="99084357">
+    <w:abstractNumId w:val="99084357"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId228544102" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId359279666" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6836691d0cbab7840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId5313691d0cbab78aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId3384691d0cbab7d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId7815691d0cbabb208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId6376691d0cbabb2ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId6126691d0cbabb32d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId9359691d0cbabb3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId9362691d0cbabb42a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId5859691d0cbabbeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1384691d0cbab7ab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1384691d0cbab7ab6.jpg"/><Relationship Id="rId7274691d0cbaba261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7274691d0cbaba261.jpg"/><Relationship Id="rId8999691d0cbabc014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8999691d0cbabc014.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId849670418" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId530402602" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90386939a6fa1df33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId38106939a6fa1dfa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId38436939a6fa1e4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId23686939a6fa20a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId46536939a6fa20ad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId28926939a6fa20b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId53656939a6fa20bce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId15976939a6fa20c40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId21046939a6fa217ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId31936939a6fa1e351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31936939a6fa1e351.jpg"/><Relationship Id="rId74456939a6fa1fccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74456939a6fa1fccd.jpg"/><Relationship Id="rId36146939a6fa218b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36146939a6fa218b6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>