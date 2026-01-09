--- v3 (2025-12-10)
+++ v4 (2026-01-09)
@@ -369,51 +369,51 @@
               <w:t xml:space="preserve">Satsuma dwarf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oleocellosis-like symptoms of Satsuma orange, Summer orange dwarf, dwarf disease of satsuma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90386939a6fa1df33" w:history="1">
+            <w:hyperlink r:id="rId6068696181f3395ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -429,51 +429,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38106939a6fa1dfa6" w:history="1">
+            <w:hyperlink r:id="rId2302696181f33965f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -487,86 +487,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SDV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42464302" name="name72646939a6fa1e354" descr="1536.jpg"/>
+                  <wp:docPr id="499755" name="name1228696181f339f95" descr="1536.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1536.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId31936939a6fa1e351" cstate="print"/>
+                          <a:blip r:embed="rId2669696181f339f93" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId38436939a6fa1e4f2" w:history="1">
+            <w:hyperlink r:id="rId8688696181f33a0ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1741,63 +1741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Satsuma dwarf virus is present in China, Iran, Japan and the Korean peninsula. It has a restricted distribution in Turkey where it is presumed to have been introduced with budwood imported from the Far East (Onelge and Cınar, 2010). One report from Peru (IOCV website, 2017) has been retracted its author (Iwanami, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39559268" name="name60876939a6fa1fcd0" descr="SDV000_distribution_map.jpg"/>
+            <wp:docPr id="11868339" name="name7974696181f33b4b0" descr="SDV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SDV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74456939a6fa1fccd" cstate="print"/>
+                    <a:blip r:embed="rId6661696181f33b4ae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3292,51 +3292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Çınar A &amp; Önelge N (2010) Virus and virus-like diseases in turkey citriculture. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 20 th Conf. IOCV.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IOCV, Riverside (CA). pp. 233–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23686939a6fa20a2a" w:history="1">
+      <w:hyperlink r:id="rId4952696181f33c00b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/0bn1239x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3389,51 +3389,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-399.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dang T, Ramirez B, Osman F, Bodahi S &amp; Vidalakis G (2016) QuantiGene Plex: A non-PCR, high throughput, multiplex detection assay for citrus pathogens. Abstract of the 20th Conference of the International Organization of Citrus Virologists, Chongqing (CN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46536939a6fa20ad0" w:history="1">
+      <w:hyperlink r:id="rId6312696181f33c0ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/12c1x3hz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3468,51 +3468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28926939a6fa20b50" w:history="1">
+      <w:hyperlink r:id="rId6860696181f33c130" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.201d7.5032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3547,51 +3547,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737-755. Edited as an EPPO Standard in 1998. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53656939a6fa20bce" w:history="1">
+      <w:hyperlink r:id="rId2049696181f33c1ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15976939a6fa20c40" w:history="1">
+      <w:hyperlink r:id="rId3058696181f33c221" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5218,73 +5218,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sadwavirus citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21046939a6fa217ae" w:history="1">
+      <w:hyperlink r:id="rId9094696181f33cc75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5359,63 +5359,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90771683" name="name25406939a6fa218b7" descr="eu_funding_250.png"/>
+            <wp:docPr id="17232654" name="name5934696181f33d091" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36146939a6fa218b6" cstate="print"/>
+                    <a:blip r:embed="rId2154696181f33d08f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5513,137 +5513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99084357">
+  <w:abstractNum w:abstractNumId="15394016">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18612972">
+    <w:lvl w:ilvl="0" w:tplc="99682477">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18612972" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99682477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18612972" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99682477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18612972" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99682477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18612972" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99682477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18612972" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99682477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18612972" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99682477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18612972" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99682477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18612972" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99682477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99084356">
+  <w:abstractNum w:abstractNumId="15394015">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65728248">
+    <w:lvl w:ilvl="0" w:tplc="73024514">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6395,55 +6395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99084356">
-    <w:abstractNumId w:val="99084356"/>
+  <w:num w:numId="15394015">
+    <w:abstractNumId w:val="15394015"/>
   </w:num>
-  <w:num w:numId="99084357">
-    <w:abstractNumId w:val="99084357"/>
+  <w:num w:numId="15394016">
+    <w:abstractNumId w:val="15394016"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId849670418" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId530402602" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90386939a6fa1df33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId38106939a6fa1dfa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId38436939a6fa1e4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId23686939a6fa20a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId46536939a6fa20ad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId28926939a6fa20b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId53656939a6fa20bce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId15976939a6fa20c40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId21046939a6fa217ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId31936939a6fa1e351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31936939a6fa1e351.jpg"/><Relationship Id="rId74456939a6fa1fccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74456939a6fa1fccd.jpg"/><Relationship Id="rId36146939a6fa218b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36146939a6fa218b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId520366973" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId492486175" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6068696181f3395ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId2302696181f33965f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId8688696181f33a0ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId4952696181f33c00b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId6312696181f33c0ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId6860696181f33c130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId2049696181f33c1ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId3058696181f33c221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId9094696181f33cc75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2669696181f339f93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2669696181f339f93.jpg"/><Relationship Id="rId6661696181f33b4ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6661696181f33b4ae.jpg"/><Relationship Id="rId2154696181f33d08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2154696181f33d08f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>