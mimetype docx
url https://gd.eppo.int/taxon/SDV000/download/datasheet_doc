--- v4 (2026-01-09)
+++ v5 (2026-02-04)
@@ -369,51 +369,51 @@
               <w:t xml:space="preserve">Satsuma dwarf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oleocellosis-like symptoms of Satsuma orange, Summer orange dwarf, dwarf disease of satsuma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6068696181f3395ed" w:history="1">
+            <w:hyperlink r:id="rId981869834f5d5119a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -427,53 +427,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2302696181f33965f" w:history="1">
+            <w:hyperlink r:id="rId681669834f5d51210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -487,86 +487,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SDV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="499755" name="name1228696181f339f95" descr="1536.jpg"/>
+                  <wp:docPr id="95851659" name="name782669834f5d512e9" descr="1536.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1536.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2669696181f339f93" cstate="print"/>
+                          <a:blip r:embed="rId262069834f5d512e8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8688696181f33a0ba" w:history="1">
+            <w:hyperlink r:id="rId503169834f5d51418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1741,63 +1741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Satsuma dwarf virus is present in China, Iran, Japan and the Korean peninsula. It has a restricted distribution in Turkey where it is presumed to have been introduced with budwood imported from the Far East (Onelge and Cınar, 2010). One report from Peru (IOCV website, 2017) has been retracted its author (Iwanami, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11868339" name="name7974696181f33b4b0" descr="SDV000_distribution_map.jpg"/>
+            <wp:docPr id="21034495" name="name774669834f5d51ca6" descr="SDV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SDV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6661696181f33b4ae" cstate="print"/>
+                    <a:blip r:embed="rId482969834f5d51ca4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3292,51 +3292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Çınar A &amp; Önelge N (2010) Virus and virus-like diseases in turkey citriculture. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 20 th Conf. IOCV.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IOCV, Riverside (CA). pp. 233–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4952696181f33c00b" w:history="1">
+      <w:hyperlink r:id="rId636969834f5d527d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/0bn1239x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3389,51 +3389,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-399.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dang T, Ramirez B, Osman F, Bodahi S &amp; Vidalakis G (2016) QuantiGene Plex: A non-PCR, high throughput, multiplex detection assay for citrus pathogens. Abstract of the 20th Conference of the International Organization of Citrus Virologists, Chongqing (CN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6312696181f33c0ae" w:history="1">
+      <w:hyperlink r:id="rId989069834f5d52875" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/12c1x3hz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3468,51 +3468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6860696181f33c130" w:history="1">
+      <w:hyperlink r:id="rId736669834f5d528f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.201d7.5032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3547,51 +3547,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737-755. Edited as an EPPO Standard in 1998. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2049696181f33c1ae" w:history="1">
+      <w:hyperlink r:id="rId417469834f5d52975" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3058696181f33c221" w:history="1">
+      <w:hyperlink r:id="rId883969834f5d529e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5240,51 +5240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sadwavirus citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9094696181f33cc75" w:history="1">
+      <w:hyperlink r:id="rId635169834f5d5343f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5359,63 +5359,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17232654" name="name5934696181f33d091" descr="eu_funding_250.png"/>
+            <wp:docPr id="69361552" name="name714469834f5d53564" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2154696181f33d08f" cstate="print"/>
+                    <a:blip r:embed="rId631169834f5d53563" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5513,137 +5513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15394016">
+  <w:abstractNum w:abstractNumId="77799017">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99682477">
+    <w:lvl w:ilvl="0" w:tplc="59902835">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99682477" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59902835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99682477" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59902835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99682477" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59902835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99682477" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59902835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99682477" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59902835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99682477" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59902835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99682477" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59902835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99682477" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59902835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15394015">
+  <w:abstractNum w:abstractNumId="77799016">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73024514">
+    <w:lvl w:ilvl="0" w:tplc="64552682">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6395,55 +6395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15394015">
-    <w:abstractNumId w:val="15394015"/>
+  <w:num w:numId="77799016">
+    <w:abstractNumId w:val="77799016"/>
   </w:num>
-  <w:num w:numId="15394016">
-    <w:abstractNumId w:val="15394016"/>
+  <w:num w:numId="77799017">
+    <w:abstractNumId w:val="77799017"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId520366973" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId492486175" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6068696181f3395ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId2302696181f33965f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId8688696181f33a0ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId4952696181f33c00b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId6312696181f33c0ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId6860696181f33c130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId2049696181f33c1ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId3058696181f33c221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId9094696181f33cc75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2669696181f339f93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2669696181f339f93.jpg"/><Relationship Id="rId6661696181f33b4ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6661696181f33b4ae.jpg"/><Relationship Id="rId2154696181f33d08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2154696181f33d08f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId796447466" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId853246922" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId981869834f5d5119a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId681669834f5d51210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId503169834f5d51418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId636969834f5d527d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId989069834f5d52875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId736669834f5d528f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId417469834f5d52975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId883969834f5d529e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId635169834f5d5343f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId262069834f5d512e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId262069834f5d512e8.jpg"/><Relationship Id="rId482969834f5d51ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId482969834f5d51ca4.jpg"/><Relationship Id="rId631169834f5d53563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId631169834f5d53563.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>