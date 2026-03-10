--- v5 (2026-02-04)
+++ v6 (2026-03-10)
@@ -369,51 +369,51 @@
               <w:t xml:space="preserve">Satsuma dwarf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oleocellosis-like symptoms of Satsuma orange, Summer orange dwarf, dwarf disease of satsuma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId981869834f5d5119a" w:history="1">
+            <w:hyperlink r:id="rId547369af805c3d15b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -429,51 +429,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId681669834f5d51210" w:history="1">
+            <w:hyperlink r:id="rId283669af805c3d1d0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -487,86 +487,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SDV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="95851659" name="name782669834f5d512e9" descr="1536.jpg"/>
+                  <wp:docPr id="67762275" name="name301169af805c3d298" descr="1536.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1536.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId262069834f5d512e8" cstate="print"/>
+                          <a:blip r:embed="rId417069af805c3d297" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId503169834f5d51418" w:history="1">
+            <w:hyperlink r:id="rId859269af805c3d3cc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1741,63 +1741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Satsuma dwarf virus is present in China, Iran, Japan and the Korean peninsula. It has a restricted distribution in Turkey where it is presumed to have been introduced with budwood imported from the Far East (Onelge and Cınar, 2010). One report from Peru (IOCV website, 2017) has been retracted its author (Iwanami, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21034495" name="name774669834f5d51ca6" descr="SDV000_distribution_map.jpg"/>
+            <wp:docPr id="49641349" name="name553869af805c3e972" descr="SDV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SDV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId482969834f5d51ca4" cstate="print"/>
+                    <a:blip r:embed="rId895669af805c3e96f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3292,51 +3292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Çınar A &amp; Önelge N (2010) Virus and virus-like diseases in turkey citriculture. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 20 th Conf. IOCV.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IOCV, Riverside (CA). pp. 233–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636969834f5d527d1" w:history="1">
+      <w:hyperlink r:id="rId155469af805c3f4c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/0bn1239x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3389,51 +3389,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-399.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dang T, Ramirez B, Osman F, Bodahi S &amp; Vidalakis G (2016) QuantiGene Plex: A non-PCR, high throughput, multiplex detection assay for citrus pathogens. Abstract of the 20th Conference of the International Organization of Citrus Virologists, Chongqing (CN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989069834f5d52875" w:history="1">
+      <w:hyperlink r:id="rId407269af805c3f579" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/12c1x3hz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3468,51 +3468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736669834f5d528f7" w:history="1">
+      <w:hyperlink r:id="rId661169af805c3f5fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.201d7.5032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3547,51 +3547,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737-755. Edited as an EPPO Standard in 1998. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417469834f5d52975" w:history="1">
+      <w:hyperlink r:id="rId247869af805c3f678" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883969834f5d529e8" w:history="1">
+      <w:hyperlink r:id="rId386369af805c3f6ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5240,51 +5240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sadwavirus citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId635169834f5d5343f" w:history="1">
+      <w:hyperlink r:id="rId848669af805c4014b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5359,63 +5359,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69361552" name="name714469834f5d53564" descr="eu_funding_250.png"/>
+            <wp:docPr id="53417071" name="name209869af805c4025a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId631169834f5d53563" cstate="print"/>
+                    <a:blip r:embed="rId836069af805c40259" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5513,137 +5513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77799017">
+  <w:abstractNum w:abstractNumId="88568963">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59902835">
+    <w:lvl w:ilvl="0" w:tplc="56937746">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59902835" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56937746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59902835" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56937746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59902835" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56937746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59902835" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56937746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59902835" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56937746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59902835" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56937746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59902835" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56937746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59902835" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56937746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77799016">
+  <w:abstractNum w:abstractNumId="88568962">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64552682">
+    <w:lvl w:ilvl="0" w:tplc="90326007">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6395,55 +6395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77799016">
-    <w:abstractNumId w:val="77799016"/>
+  <w:num w:numId="88568962">
+    <w:abstractNumId w:val="88568962"/>
   </w:num>
-  <w:num w:numId="77799017">
-    <w:abstractNumId w:val="77799017"/>
+  <w:num w:numId="88568963">
+    <w:abstractNumId w:val="88568963"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId796447466" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId853246922" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId981869834f5d5119a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId681669834f5d51210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId503169834f5d51418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId636969834f5d527d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId989069834f5d52875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId736669834f5d528f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId417469834f5d52975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId883969834f5d529e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId635169834f5d5343f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId262069834f5d512e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId262069834f5d512e8.jpg"/><Relationship Id="rId482969834f5d51ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId482969834f5d51ca4.jpg"/><Relationship Id="rId631169834f5d53563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId631169834f5d53563.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId636122835" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691136122" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId547369af805c3d15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId283669af805c3d1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId859269af805c3d3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId155469af805c3f4c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId407269af805c3f579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId661169af805c3f5fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId247869af805c3f678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId386369af805c3f6ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId848669af805c4014b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId417069af805c3d297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId417069af805c3d297.jpg"/><Relationship Id="rId895669af805c3e96f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId895669af805c3e96f.jpg"/><Relationship Id="rId836069af805c40259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId836069af805c40259.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>