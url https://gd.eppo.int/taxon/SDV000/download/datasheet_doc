--- v6 (2026-03-10)
+++ v7 (2026-03-30)
@@ -369,51 +369,51 @@
               <w:t xml:space="preserve">Satsuma dwarf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oleocellosis-like symptoms of Satsuma orange, Summer orange dwarf, dwarf disease of satsuma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId547369af805c3d15b" w:history="1">
+            <w:hyperlink r:id="rId752369ca8ad222eee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -429,51 +429,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283669af805c3d1d0" w:history="1">
+            <w:hyperlink r:id="rId830269ca8ad222f56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -487,86 +487,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SDV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="67762275" name="name301169af805c3d298" descr="1536.jpg"/>
+                  <wp:docPr id="11476199" name="name997769ca8ad223568" descr="1536.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1536.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId417069af805c3d297" cstate="print"/>
+                          <a:blip r:embed="rId757669ca8ad223566" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId859269af805c3d3cc" w:history="1">
+            <w:hyperlink r:id="rId628769ca8ad22368f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1741,63 +1741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Satsuma dwarf virus is present in China, Iran, Japan and the Korean peninsula. It has a restricted distribution in Turkey where it is presumed to have been introduced with budwood imported from the Far East (Onelge and Cınar, 2010). One report from Peru (IOCV website, 2017) has been retracted its author (Iwanami, 2010).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49641349" name="name553869af805c3e972" descr="SDV000_distribution_map.jpg"/>
+            <wp:docPr id="8353497" name="name905469ca8ad224ae2" descr="SDV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="SDV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId895669af805c3e96f" cstate="print"/>
+                    <a:blip r:embed="rId260069ca8ad224add" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3292,51 +3292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Çınar A &amp; Önelge N (2010) Virus and virus-like diseases in turkey citriculture. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proc. 20 th Conf. IOCV.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IOCV, Riverside (CA). pp. 233–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155469af805c3f4c5" w:history="1">
+      <w:hyperlink r:id="rId229069ca8ad2260d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/0bn1239x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3389,51 +3389,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-399.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dang T, Ramirez B, Osman F, Bodahi S &amp; Vidalakis G (2016) QuantiGene Plex: A non-PCR, high throughput, multiplex detection assay for citrus pathogens. Abstract of the 20th Conference of the International Organization of Citrus Virologists, Chongqing (CN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId407269af805c3f579" w:history="1">
+      <w:hyperlink r:id="rId253969ca8ad2261a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/uc/item/12c1x3hz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3468,51 +3468,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId661169af805c3f5fa" w:history="1">
+      <w:hyperlink r:id="rId992169ca8ad226263" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.201d7.5032</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3547,51 +3547,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737-755. Edited as an EPPO Standard in 1998. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId247869af805c3f678" w:history="1">
+      <w:hyperlink r:id="rId566269ca8ad2262e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386369af805c3f6ea" w:history="1">
+      <w:hyperlink r:id="rId560769ca8ad2263c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 March 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5240,51 +5240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sadwavirus citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848669af805c4014b" w:history="1">
+      <w:hyperlink r:id="rId182669ca8ad227578" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5359,63 +5359,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53417071" name="name209869af805c4025a" descr="eu_funding_250.png"/>
+            <wp:docPr id="71153549" name="name670769ca8ad2276f4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId836069af805c40259" cstate="print"/>
+                    <a:blip r:embed="rId754369ca8ad2276f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5513,137 +5513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88568963">
+  <w:abstractNum w:abstractNumId="28403242">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56937746">
+    <w:lvl w:ilvl="0" w:tplc="85467646">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56937746" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85467646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56937746" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85467646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56937746" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85467646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56937746" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85467646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56937746" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85467646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56937746" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85467646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56937746" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85467646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56937746" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85467646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88568962">
+  <w:abstractNum w:abstractNumId="28403241">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90326007">
+    <w:lvl w:ilvl="0" w:tplc="57827747">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6395,55 +6395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88568962">
-    <w:abstractNumId w:val="88568962"/>
+  <w:num w:numId="28403241">
+    <w:abstractNumId w:val="28403241"/>
   </w:num>
-  <w:num w:numId="88568963">
-    <w:abstractNumId w:val="88568963"/>
+  <w:num w:numId="28403242">
+    <w:abstractNumId w:val="28403242"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId636122835" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691136122" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId547369af805c3d15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId283669af805c3d1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId859269af805c3d3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId155469af805c3f4c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId407269af805c3f579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId661169af805c3f5fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId247869af805c3f678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId386369af805c3f6ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId848669af805c4014b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId417069af805c3d297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId417069af805c3d297.jpg"/><Relationship Id="rId895669af805c3e96f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId895669af805c3e96f.jpg"/><Relationship Id="rId836069af805c40259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId836069af805c40259.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId419939191" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId692207940" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId752369ca8ad222eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/" TargetMode="External"/><Relationship Id="rId830269ca8ad222f56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/categorization" TargetMode="External"/><Relationship Id="rId628769ca8ad22368f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/SDV000/photos" TargetMode="External"/><Relationship Id="rId229069ca8ad2260d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/0bn1239x" TargetMode="External"/><Relationship Id="rId253969ca8ad2261a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/uc/item/12c1x3hz" TargetMode="External"/><Relationship Id="rId992169ca8ad226263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.201d7.5032" TargetMode="External"/><Relationship Id="rId566269ca8ad2262e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/91/pm4-012-1-en.pdf" TargetMode="External"/><Relationship Id="rId560769ca8ad2263c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId182669ca8ad227578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId757669ca8ad223566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId757669ca8ad223566.jpg"/><Relationship Id="rId260069ca8ad224add" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId260069ca8ad224add.jpg"/><Relationship Id="rId754369ca8ad2276f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId754369ca8ad2276f2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>